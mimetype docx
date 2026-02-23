--- v2 (2026-01-07)
+++ v3 (2026-02-23)
@@ -15,51 +15,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="7DE7D5BF" w14:textId="77777777" w:rsidR="00A03829" w:rsidRPr="00276102" w:rsidRDefault="00A03829" w:rsidP="0094397A">
+    <w:p w14:paraId="7DE7D5BF" w14:textId="3D23D7CA" w:rsidR="00A03829" w:rsidRPr="00276102" w:rsidRDefault="00A03829" w:rsidP="0094397A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41FFEAA3" w14:textId="4A563EC5" w:rsidR="00347D39" w:rsidRPr="00276102" w:rsidRDefault="0028590A" w:rsidP="0094397A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00276102">
         <w:rPr>
@@ -99,474 +99,456 @@
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6242685" cy="1162050"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="707D357C" w14:textId="6A197068" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
+                          <w:p w14:paraId="707D357C" w14:textId="321EF0BF" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Dyddiad yr Adroddiad</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | Report Date</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
-                            <w:r w:rsidR="008F7FFA">
+                            <w:r w:rsidR="008B2F2A">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
-                              <w:t>Tachwedd</w:t>
-[...9 lines deleted...]
-                              <w:t xml:space="preserve"> 2025</w:t>
+                              <w:t>Ionawr 2026</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | </w:t>
                             </w:r>
-                            <w:r w:rsidR="008F7FFA">
+                            <w:r w:rsidR="008B2F2A">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
-                              <w:t>November</w:t>
-[...9 lines deleted...]
-                              <w:t xml:space="preserve"> 2025</w:t>
+                              <w:t>January 2026</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5DFBCCF7" w14:textId="34ADE14A" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="0033191E">
+                          <w:p w14:paraId="5DFBCCF7" w14:textId="02384908" w:rsidR="00A105E7" w:rsidRDefault="002768E9" w:rsidP="00A105E7">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="4320" w:hanging="4320"/>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Awdur</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> | Author</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
-                            <w:r w:rsidR="00B541B8">
+                            <w:r w:rsidR="008B2F2A">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t>Susan Evans</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002768E9">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – </w:t>
                             </w:r>
                             <w:r w:rsidR="00B541B8">
                               <w:rPr>
                                 <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="285D7F"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
-                            <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                            <w:r w:rsidR="00A105E7">
                               <w:rPr>
+                                <w:rStyle w:val="oypena"/>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:b/>
                                 <w:bCs/>
+                                <w:color w:val="285D7F"/>
+                              </w:rPr>
+                              <w:t>Rheolwr Gwybodaeth Busnes</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2D910F66" w14:textId="332F0717" w:rsidR="00A105E7" w:rsidRPr="0033191E" w:rsidRDefault="00A105E7" w:rsidP="00A105E7">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:ind w:left="4320" w:hanging="4320"/>
+                              <w:rPr>
                                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
-                              <w:t>Dadansoddwr a Datblygwr Data Gwasanaethau Ambiwlans Integredig</w:t>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rStyle w:val="oypena"/>
+                                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="285D7F"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t>Business Information Manager</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7971239B" w14:textId="45B01E71" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="0033191E" w:rsidP="002768E9">
+                          <w:p w14:paraId="7971239B" w14:textId="0C7EA46F" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="0033191E" w:rsidP="002768E9">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="4320"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0033191E">
-[...8 lines deleted...]
-                            </w:r>
                             <w:r w:rsidRPr="0033191E">
                               <w:rPr>
                                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                                 <w:lang w:eastAsia="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="74EA744D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:13.65pt;margin-top:393.2pt;width:491.55pt;height:91.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBRXh/IQIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N74oSbNWnNU221SV&#10;thdptx+AMY5RgaFAYqdf3wFns2n7VpUHxDAzh5kzh/XtqBU5CuclmJoWs5wSYTi00uxr+u1p92ZF&#10;iQ/MtEyBETU9CU9vN69frQdbiRJ6UK1wBEGMrwZb0z4EW2WZ573QzM/ACoPODpxmAU23z1rHBkTX&#10;KivzfJkN4FrrgAvv8fZ+ctJNwu86wcOXrvMiEFVTrC2k3aW9iXu2WbNq75jtJT+Xwf6hCs2kwUcv&#10;UPcsMHJw8i8oLbkDD12YcdAZdJ3kIvWA3RT5H9089syK1AuS4+2FJv//YPnn41dHZIuzW1JimMYZ&#10;PYkxkHcwkiLSM1hfYdSjxbgw4jWGpla9fQD+3RMD256ZvbhzDoZesBbLS5nZVeqE4yNIM3yCFp9h&#10;hwAJaOycjtwhGwTRcUyny2hiKRwvl+W8XK4WlHD0FcWyzBdpeBmrntOt8+GDAE3ioaYOZ5/g2fHB&#10;B2wEQ59D4mselGx3UqlkuH2zVY4cGepkl1bsHVN+C1OGDDW9WZSLhGwg5icJaRlQx0rqmq7yuCZl&#10;RTremzaFBCbVdEZYZRA98hMpmcgJYzNiYLxsoD0hUw4mveL/wkMP7iclA2q1pv7HgTlBifpokO2b&#10;Yj6P4k7GfPG2RMNde5prDzMcoWoaKJmO25A+ROTBwB1OpZOJr5dKzrWiBhMn5/8SRX5tp6iXX735&#10;BQAA//8DAFBLAwQUAAYACAAAACEA4jCzb98AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6D&#10;QBCG7ya+w2ZMvBi7tCIUytCoicZrax9gYKdAyu4Sdlvo27s96W0m8+Wf7y+2s+7FhUfXWYOwXEQg&#10;2NRWdaZBOPx8Pq9BOE9GUW8NI1zZwba8vysoV3YyO77sfSNCiHE5IbTeD7mUrm5Zk1vYgU24He2o&#10;yYd1bKQaaQrhuperKEqkps6EDy0N/NFyfdqfNcLxe3p6zabqyx/SXZy8U5dW9or4+DC/bUB4nv0f&#10;DDf9oA5lcKrs2SgneoRV+hJIhHSdxCBuQLSMwlQhZEkWgywL+b9D+QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDBRXh/IQIAAB0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDiMLNv3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="707D357C" w14:textId="6A197068" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
+                    <w:p w14:paraId="707D357C" w14:textId="321EF0BF" w:rsidR="00EE2809" w:rsidRDefault="002768E9" w:rsidP="00654024">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Dyddiad yr Adroddiad</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | Report Date</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
-                      <w:r w:rsidR="008F7FFA">
+                      <w:r w:rsidR="008B2F2A">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
-                        <w:t>Tachwedd</w:t>
-[...9 lines deleted...]
-                        <w:t xml:space="preserve"> 2025</w:t>
+                        <w:t>Ionawr 2026</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | </w:t>
                       </w:r>
-                      <w:r w:rsidR="008F7FFA">
+                      <w:r w:rsidR="008B2F2A">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
-                        <w:t>November</w:t>
-[...9 lines deleted...]
-                        <w:t xml:space="preserve"> 2025</w:t>
+                        <w:t>January 2026</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5DFBCCF7" w14:textId="34ADE14A" w:rsidR="002768E9" w:rsidRDefault="002768E9" w:rsidP="0033191E">
+                    <w:p w14:paraId="5DFBCCF7" w14:textId="02384908" w:rsidR="00A105E7" w:rsidRDefault="002768E9" w:rsidP="00A105E7">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="4320" w:hanging="4320"/>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Awdur</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> | Author</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
-                      <w:r w:rsidR="00B541B8">
+                      <w:r w:rsidR="008B2F2A">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t>Susan Evans</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002768E9">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – </w:t>
                       </w:r>
                       <w:r w:rsidR="00B541B8">
                         <w:rPr>
                           <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="285D7F"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
-                      <w:r w:rsidR="00B541B8" w:rsidRPr="0033191E">
+                      <w:r w:rsidR="00A105E7">
                         <w:rPr>
+                          <w:rStyle w:val="oypena"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:b/>
                           <w:bCs/>
+                          <w:color w:val="285D7F"/>
+                        </w:rPr>
+                        <w:t>Rheolwr Gwybodaeth Busnes</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2D910F66" w14:textId="332F0717" w:rsidR="00A105E7" w:rsidRPr="0033191E" w:rsidRDefault="00A105E7" w:rsidP="00A105E7">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:ind w:left="4320" w:hanging="4320"/>
+                        <w:rPr>
                           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
-                        <w:t>Dadansoddwr a Datblygwr Data Gwasanaethau Ambiwlans Integredig</w:t>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rStyle w:val="oypena"/>
+                          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="285D7F"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t>Business Information Manager</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7971239B" w14:textId="45B01E71" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="0033191E" w:rsidP="002768E9">
+                    <w:p w14:paraId="7971239B" w14:textId="0C7EA46F" w:rsidR="00EE2809" w:rsidRPr="00347D39" w:rsidRDefault="0033191E" w:rsidP="002768E9">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="4320"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0033191E">
-[...8 lines deleted...]
-                      </w:r>
                       <w:r w:rsidRPr="0033191E">
                         <w:rPr>
                           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                           <w:lang w:eastAsia="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="006C4BAF" w:rsidRPr="00276102">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -774,53 +756,53 @@
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
             <w:pict>
-              <v:line w14:anchorId="733A49C5" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="19.2pt,371.45pt" to="279.3pt,372.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBBYD2wQEAANcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813oYjgPBcg4x3EvR&#10;Bm3zATS1tIjyBZK17L/vkpLloC2KIsiFIrmzOzvD1ebhrBU5gQ/SmpZWi5ISMNx20hxb+vx9/+Ge&#10;khCZ6ZiyBlp6gUAftu/fbQbXQG17qzrwBIuY0AyupX2MrimKwHvQLCysA4NBYb1mEY/+WHSeDVhd&#10;q6Iuy7tisL5z3nIIAW93Y5Buc30hgMcvQgSIRLUUe4t59Xk9pLXYblhz9Mz1kk9tsFd0oZk0SDqX&#10;2rHIyE8v/yilJfc2WBEX3OrCCiE5ZA2opip/U/OtZw6yFjQnuNmm8HZl+efTo3nyaMPgQhPck08q&#10;zsLr9MX+yDmbdZnNgnMkHC+Xy3JZr9FTjrGqLu9Wyczilux8iB/BapI2LVXSJC2sYadPIY7QKyRd&#10;K0OGltb3q/Uqw4JVsttLpVIw+OPhUXlyYviOiNmt9xPbCxhyK4Mt3JTkXbwoGAm+giCyw96rkSEN&#10;Gcxlux/VVFMZRKYUgfRzUvnvpAmb0iAP3v8mzujMaE2cE7U01v+NNZ6vrYoRf1U9ak2yD7a75HfN&#10;duD05LeZJj2N58tzTr/9j9tfAAAA//8DAFBLAwQUAAYACAAAACEA3TP+WuAAAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiyldKMrTSdAYjeksYHE0Wu8ttA4VZJ15e3JTnC0&#10;/en395eryfRiJOc7ywpuZwkI4trqjhsF77uXmxyED8gae8uk4Ic8rKrLixILbU/8RuM2NCKGsC9Q&#10;QRvCUEjp65YM+pkdiOPtYJ3BEEfXSO3wFMNNL9MkWUiDHccPLQ703FL9vT0aBbg+brJXt/tMN0+1&#10;+xiX49daH5S6vpoeH0AEmsIfDGf9qA5VdNrbI2svegV3eRZJBfdZugQRgfk8X4DYnzdZDrIq5f8K&#10;1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQQWA9sEBAADXAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3TP+WuAAAAAKAQAADwAAAAAAAAAA&#10;AAAAAAAbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" strokecolor="#285d7f" strokeweight="2.25pt">
+              <v:line w14:anchorId="57550ABE" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="19.2pt,371.45pt" to="279.3pt,372.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8KwB13gEAAAcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJU3a6ipntoVS4I&#10;KhZ+gOvYjYW/NDZN+u8ZO2l2BQghxMWJPW/emzdjb58Go8lVQFDONnS5KCkRlrtW2UtDv345vnuk&#10;JERmW6adFQ29iUCfdm/fbHtfi8p1TrcCCJLYUPe+oV2Mvi6KwDthWFg4LywGpQPDIm7hUrTAemQ3&#10;uqjK8qHoHbQeHBch4OlhDNJd5pdS8PhJyiAi0Q3F2mJeIa/ntBa7LasvwHyn+FQG+4cqDFMWRWeq&#10;A4uMfAf1C5VRHFxwMi64M4WTUnGRPaCbZfmTm+eOeZG9YHOCn9sU/h8t/3g9AVEtzm5NiWUGZ/Qc&#10;galLF8neWYsddEBWqVG9DzXi9/YE0y74EyTXgwSTvuiHDLm5t7m5YoiE4+FqVa6qDc6AY2xZlQ/r&#10;xFm8JHsI8b1whqSfhmplk3dWs+uHEEfoHZKOtSV9Q6vH9WadYcFp1R6V1ikY4HLeayBXhnNHzGFz&#10;nNRewVBbWywh+Rqd5L9402IU+CwktgZrX44K6VKKmbb9tpw4tUVkSpEoPyeVf06asClN5Iv6t4kz&#10;Ois6G+dEo6yD36nG4V6qHPF316PXZPvs2luea24H3rY8m+llpOv8ep/TX97v7gcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQDdM/5a4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRu&#10;LKV0oytNJ0BiN6SxgcTRa7y20DhVknXl7clOcLT96ff3l6vJ9GIk5zvLCm5nCQji2uqOGwXvu5eb&#10;HIQPyBp7y6TghzysqsuLEgttT/xG4zY0IoawL1BBG8JQSOnrlgz6mR2I4+1gncEQR9dI7fAUw00v&#10;0yRZSIMdxw8tDvTcUv29PRoFuD5usle3+0w3T7X7GJfj11oflLq+mh4fQASawh8MZ/2oDlV02tsj&#10;ay96BXd5FkkF91m6BBGB+TxfgNifN1kOsirl/wrVLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQA8KwB13gEAAAcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDdM/5a4AAAAAoBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" strokecolor="#285d7f" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00347D39" w:rsidRPr="00276102">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D93893" w14:textId="4C948BA0" w:rsidR="005F003F" w:rsidRPr="002768E9" w:rsidRDefault="009D77F9" w:rsidP="00680635">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
@@ -994,51 +976,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79E5D052" w14:textId="7EE3EE6A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00FE2CFA">
+        <w:p w14:paraId="79E5D052" w14:textId="7EE3EE6A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="001835E7">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584450" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Model Ymateb Clinigol | Clinical Response Model</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
@@ -1073,51 +1055,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0075DB0B" w14:textId="5D8FE612" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00FE2CFA">
+        <w:p w14:paraId="0075DB0B" w14:textId="5D8FE612" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="001835E7">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584451" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Llwybr gofal ambiwlans pum cam | Five step ambulance care pathway</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
@@ -1152,51 +1134,51 @@
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4460F536" w14:textId="35B2A131" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00FE2CFA" w:rsidP="00C62BCD">
+        <w:p w14:paraId="4460F536" w14:textId="35B2A131" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="001835E7" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584452" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 1 - Helpwch Fi i Ddewis | Step 1 - Help Me Choose</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1213,51 +1195,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56ABE5A5" w14:textId="4716685F" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00FE2CFA" w:rsidP="00C62BCD">
+        <w:p w14:paraId="56ABE5A5" w14:textId="4716685F" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="001835E7" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584453" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 2 Atebwch Fy Alwad | Step 2 Answer My Call</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1274,51 +1256,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B95C5C2" w14:textId="193F8A2D" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00FE2CFA" w:rsidP="00C62BCD">
+        <w:p w14:paraId="1B95C5C2" w14:textId="193F8A2D" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="001835E7" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584454" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 3 Dewch i'm Gweld | Step 3 Come To See Me</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1335,51 +1317,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BD05CA5" w14:textId="1DA8F283" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00FE2CFA" w:rsidP="00C62BCD">
+        <w:p w14:paraId="5BD05CA5" w14:textId="1DA8F283" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="001835E7" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584455" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 4 Rhowch driniaeth i mi | Step 4 Give Me treatment</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1396,51 +1378,51 @@
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="637F167B" w14:textId="58810F1A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="00FE2CFA" w:rsidP="00C62BCD">
+        <w:p w14:paraId="637F167B" w14:textId="58810F1A" w:rsidR="00C62BCD" w:rsidRPr="00C62BCD" w:rsidRDefault="001835E7" w:rsidP="00C62BCD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc206584456" w:history="1">
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Cam 5 Ewch â Fi i'r Ysbyty | Step 5 Take Me To Hospital</w:t>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C62BCD" w:rsidRPr="00C62BCD">
               <w:rPr>
@@ -1681,123 +1663,123 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To monitor performance, the NWJCC and WASUNT developed Ambulance Service Indicators (ASI), published monthly and structured around the Five Step Ambulance Care Pathway. This model ensures resources are dispatched where lives are at risk, while less urgent cases are supported through telephone advice or referral to other NHS services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B485BC" w14:textId="68C97D69" w:rsidR="009D77F9" w:rsidRPr="00B7767B" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="407B7688" w14:textId="28E2EE04" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
+    <w:p w14:paraId="407B7688" w14:textId="23B13272" w:rsidR="009D77F9" w:rsidRPr="00A37763" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mae’r datganiad ASI ar gyfer </w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...8 lines deleted...]
-        <w:t>Tachwedd</w:t>
+      <w:r w:rsidR="008B2F2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ionawr 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 yn cwmpasu perfformiad ar draws y llwybr hwn</w:t>
+        <w:t xml:space="preserve"> yn cwmpasu perfformiad ar draws y llwybr hwn</w:t>
       </w:r>
       <w:r w:rsidR="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...7 lines deleted...]
-        <w:t>November</w:t>
+      <w:r w:rsidR="008B2F2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>January 2026</w:t>
       </w:r>
       <w:r w:rsidR="00B7767B" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 ASI release covers performance across this pathway.</w:t>
+        <w:t xml:space="preserve"> ASI release covers performance across this pathway.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB572D4" w14:textId="557C41F0" w:rsidR="009D77F9" w:rsidRPr="00B7767B" w:rsidRDefault="009D77F9" w:rsidP="00864ADB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1040A247" w14:textId="02C18025" w:rsidR="009F273E" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2515,356 +2497,1652 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0BEF7669" w14:textId="6B0AE65F" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="009F273E" w:rsidP="00B7767B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A37763">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A rapid clinical screening code that allows for clinically led reviews of incidents prior to dispatch.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00B8561A" w:rsidRPr="00B7767B" w14:paraId="42140D36" w14:textId="77777777" w:rsidTr="008A27EB">
+        <w:trPr>
+          <w:trHeight w:val="691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="665B0FDA" w14:textId="77777777" w:rsidR="00303E3B" w:rsidRDefault="00303E3B" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08E974C7" w14:textId="77777777" w:rsidR="00303E3B" w:rsidRDefault="00303E3B" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15231377" w14:textId="4E7C12C8" w:rsidR="00B8561A" w:rsidRDefault="0026165A" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>RCS1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="288F3BED" w14:textId="66DBB106" w:rsidR="0026165A" w:rsidRPr="00B7767B" w:rsidRDefault="0026165A" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9374" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2BA3AC" w14:textId="77777777" w:rsidR="00313064" w:rsidRPr="00CA2A58" w:rsidRDefault="00313064" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Tebygolrwydd Risg Uchel. Ystyrir bod galwadau yn y</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E32D693" w14:textId="77777777" w:rsidR="00313064" w:rsidRPr="00CA2A58" w:rsidRDefault="00313064" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>categori hwn yn debygol iawn o gynnwys pryderon iechyd difrifol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5E9E1F" w14:textId="77777777" w:rsidR="00313064" w:rsidRPr="00CA2A58" w:rsidRDefault="00313064" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>neu frys. Bydd y rhain yn cael eu hasesu yn gyntaf i sicrhau bod</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="510CFDCE" w14:textId="18A65427" w:rsidR="00B8561A" w:rsidRDefault="00313064" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cleifion yn derbyn asesiad amserol ac, os oes angen, gofal brys</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FF719C2" w14:textId="05A40D28" w:rsidR="00CA2A58" w:rsidRDefault="00CA2A58" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19FAB590" w14:textId="6834D0BA" w:rsidR="00313064" w:rsidRPr="00A51E81" w:rsidRDefault="00A51E81" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A51E81">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>High Risk Likelihood. Calls in this category are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51E81">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>considered highly likely to involve serious or urgent health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51E81">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>concerns. These will be assessed first to ensure patients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51E81">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>receive timely assessment and, if needed, emergency care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0026165A" w:rsidRPr="00B7767B" w14:paraId="0B65927B" w14:textId="77777777" w:rsidTr="0026165A">
+        <w:trPr>
+          <w:trHeight w:val="691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CA5636" w14:textId="46D9194F" w:rsidR="0026165A" w:rsidRDefault="0026165A" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>RCS2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9374" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBD90BD" w14:textId="77777777" w:rsidR="00313064" w:rsidRPr="00CA2A58" w:rsidRDefault="00313064" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tebygolrwydd Risg Cymedrol. Mae'r galwadau hyn yn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F669095" w14:textId="77777777" w:rsidR="00313064" w:rsidRPr="00CA2A58" w:rsidRDefault="00313064" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dangos rhai arwyddion a allai awgrymu risg i iechyd, ond nid i'r</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="341C0A7C" w14:textId="77777777" w:rsidR="0026165A" w:rsidRPr="00CA2A58" w:rsidRDefault="00313064" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>un graddau â RCS1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FE9CD74" w14:textId="4D385C97" w:rsidR="00313064" w:rsidRDefault="00313064" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="515A2C62" w14:textId="2BF72CE3" w:rsidR="00313064" w:rsidRPr="00B7767B" w:rsidRDefault="00503134" w:rsidP="00313064">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00503134">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Moderate Risk Likelihood. These calls show some signs that may suggest a health risk, but not to the same degree as RCS1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0026165A" w:rsidRPr="00B7767B" w14:paraId="28522671" w14:textId="77777777" w:rsidTr="0026165A">
+        <w:trPr>
+          <w:trHeight w:val="691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00FFDAC9" w14:textId="21FDD7AD" w:rsidR="0026165A" w:rsidRDefault="0026165A" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RCS3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9374" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F412D70" w14:textId="77777777" w:rsidR="00CA2A58" w:rsidRPr="00CA2A58" w:rsidRDefault="00CA2A58" w:rsidP="00CA2A58">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tebygolrwydd Risg Isel neu Ddim Tebygolrwydd Risg.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7278DCCE" w14:textId="77777777" w:rsidR="00CA2A58" w:rsidRPr="00CA2A58" w:rsidRDefault="00CA2A58" w:rsidP="00CA2A58">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mae galwadau yn y categori hwn yn dangos ychydig iawn o</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73182A1A" w14:textId="022B2499" w:rsidR="0026165A" w:rsidRDefault="00CA2A58" w:rsidP="00CA2A58">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>arwyddion neu ddim arwyddion o bryderon iechyd difrifol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="062FE8AF" w14:textId="77777777" w:rsidR="00B65B1D" w:rsidRDefault="00B65B1D" w:rsidP="00CA2A58">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="727908C3" w14:textId="2143CCAA" w:rsidR="00CA2A58" w:rsidRPr="00B7767B" w:rsidRDefault="00B65B1D" w:rsidP="00CA2A58">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B65B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Low or No Risk Likelihood. Calls in this category show few or no signs of serious health concerns</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="009F273E" w:rsidRPr="00B7767B" w14:paraId="44FA3468" w14:textId="77777777" w:rsidTr="009F273E">
         <w:trPr>
           <w:trHeight w:val="2362"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FA7AEE7" w14:textId="77777777" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="009F273E" w:rsidP="009F273E">
+          <w:p w14:paraId="2FA7AEE7" w14:textId="17BA5557" w:rsidR="009F273E" w:rsidRDefault="00DC100F" w:rsidP="009F273E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7767B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>AMBR</w:t>
+              <w:t>OREN</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E29148C" w14:textId="6534DF41" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="009F273E" w:rsidP="009F273E">
+          <w:p w14:paraId="2F142799" w14:textId="07F3C1B4" w:rsidR="008166BC" w:rsidRPr="00237139" w:rsidRDefault="00DC100F" w:rsidP="00237139">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A37763">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>AMBER</w:t>
+              <w:t>nawr</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E29148C" w14:textId="2AD5A616" w:rsidR="00237139" w:rsidRPr="00B7767B" w:rsidRDefault="00237139" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORANGE </w:t>
+            </w:r>
+            <w:r w:rsidR="00696347">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>now</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9374" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37C2826C" w14:textId="77777777" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="009F273E" w:rsidP="00B7767B">
+          <w:p w14:paraId="4A30DCB4" w14:textId="297BD26E" w:rsidR="009F273E" w:rsidRDefault="006E297A" w:rsidP="006E297A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7767B">
+            <w:r w:rsidRPr="006E297A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Difrifol ond nid yn fygythiad uniongyrchol i fywyd. Bydd y galwadau hyn yn cynnwys y rhan fwyaf o achosion meddygol a thrawma fel poen yn y frest a thorriadau. Bydd galwadau ambr yn derbyn ymateb brys. Crëwyd proffil ymateb i sicrhau bod yr adnodd clinigol mwyaf addas yn cael ei anfon at bob galwad ambr. Bydd hyn yn cynnwys rheolaeth trwy wasanaethau "clywed a thrin" dros y ffôn. Defnyddir data profiad cleifion a dangosyddion clinigol i werthuso effeithiolrwydd ymateb yr ambiwlans i alwadau ambr.</w:t>
+              <w:t>Yn cyfeirio at ddigwyddiadau lle mae'n</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E297A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>debygol y bydd angen diagnosis, triniaeth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E297A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a/neu gludiant amserol ar gleifion i'r </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ysbyty </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E297A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>neu ofal arbenigol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31C5CA57" w14:textId="3511117E" w:rsidR="006E297A" w:rsidRDefault="007A2270" w:rsidP="007A2270">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A37763">
+            <w:r w:rsidRPr="007A2270">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e.g. strôc neu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A2270">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>drawiad ar y</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A2270">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>galon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1704AD5F" w14:textId="77777777" w:rsidR="006E297A" w:rsidRDefault="006E297A" w:rsidP="006E297A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A49D6AD" w14:textId="1B41261F" w:rsidR="00715806" w:rsidRPr="00237139" w:rsidRDefault="00715806" w:rsidP="00B7767B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00237139">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Refers to incidents where patients are likely to need timely </w:t>
+            </w:r>
+            <w:r w:rsidR="008166BC" w:rsidRPr="00237139">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>diagnostics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00237139">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> trea</w:t>
+            </w:r>
+            <w:r w:rsidR="008166BC" w:rsidRPr="00237139">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tment and/or transport to hospital or specialist care, e.g. stroke or heart attack </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B03344C" w14:textId="34C6D046" w:rsidR="00715806" w:rsidRPr="00B7767B" w:rsidRDefault="00715806" w:rsidP="00B7767B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E0D94" w:rsidRPr="00B7767B" w14:paraId="74F0B1F2" w14:textId="77777777" w:rsidTr="002E0D94">
+        <w:trPr>
+          <w:trHeight w:val="3105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB01835" w14:textId="76BABA36" w:rsidR="00DD47CD" w:rsidRDefault="00DD47CD" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MELYN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="748695E3" w14:textId="7611F6A2" w:rsidR="00DC100F" w:rsidRDefault="00B6701B" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC100F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>n fuan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11A1AAA0" w14:textId="5F820BFE" w:rsidR="002E0D94" w:rsidRPr="00B7767B" w:rsidRDefault="002E0D94" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0D94">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YELLOW </w:t>
+            </w:r>
+            <w:r w:rsidR="00696347">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>soon</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9374" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A68665" w14:textId="558C6869" w:rsidR="0027508D" w:rsidRDefault="00DD47CD" w:rsidP="00F54B55">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD47CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Yn cyfeirio at ddigwyddiadau lle mae angen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD47CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asesiad clinigol pellach i gefnogi gwneud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD47CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>penderfyniadau clinigwyr (o bell neu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD47CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>wyneb yn wyneb) ar gyfer rhyddhau yn y</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD47CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>fan a'r lle a/neu lwybr amgen, a/neu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD47CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gludiant a gynlluniwyd i gyfleuster trin.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55" w:rsidRPr="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e.e. poen yn yr</w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55" w:rsidRPr="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>abdomen neu</w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55" w:rsidRPr="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dorasgwrn yn y</w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55" w:rsidRPr="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>goes isaf</w:t>
+            </w:r>
+            <w:r w:rsidR="00F54B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20AF5A95" w14:textId="77777777" w:rsidR="0027508D" w:rsidRDefault="0027508D" w:rsidP="0027508D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="021B8602" w14:textId="1EA7A69B" w:rsidR="002E0D94" w:rsidRPr="00B7767B" w:rsidRDefault="0027508D" w:rsidP="0027508D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A58">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Serious but not immediately life threatening. These calls will include most medical and trauma cases such as chest pain and fractures. Amber calls will receive an emergency response. A response profile has been created to ensure that the most suitable clinical resource is dispatched to each amber call. This will include management via “hear &amp; treat” services over the telephone. Patient experience and clinical indicator data will be used to evaluate the effectiveness of the ambulance response to amber calls.</w:t>
+              <w:t>Refers to incidents where further clinical assessment to support clinician decision making (remote or face to face) is required for discharge at scene and/or an alternative pathway, and/or planned transport to a treating facility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F273E" w:rsidRPr="00B7767B" w14:paraId="65B77FCC" w14:textId="77777777" w:rsidTr="009F273E">
         <w:trPr>
           <w:trHeight w:val="3105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7001DDAC" w14:textId="77777777" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="009F273E" w:rsidP="009F273E">
+          <w:p w14:paraId="7001DDAC" w14:textId="6E9F7E9B" w:rsidR="009F273E" w:rsidRDefault="009F273E" w:rsidP="009F273E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7767B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>GWYRDD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DB949BB" w14:textId="0B4CACF8" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="009F273E" w:rsidP="009F273E">
+          <w:p w14:paraId="77C8FBCA" w14:textId="5D1A5BBA" w:rsidR="00DC100F" w:rsidRDefault="00DC100F" w:rsidP="009F273E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A37763">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>GREEN</w:t>
+              <w:t>wedi’i</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DC523A3" w14:textId="494619E4" w:rsidR="00547B5A" w:rsidRPr="00547B5A" w:rsidRDefault="00DC100F" w:rsidP="00547B5A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gynllunio</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DB949BB" w14:textId="779994B4" w:rsidR="00547B5A" w:rsidRPr="00B7767B" w:rsidRDefault="00547B5A" w:rsidP="009F273E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GREEN </w:t>
+            </w:r>
+            <w:r w:rsidR="00696347">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>planned</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9374" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34BC1F00" w14:textId="77777777" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="009F273E" w:rsidP="00B7767B">
+          <w:p w14:paraId="68255357" w14:textId="6FBD3CD6" w:rsidR="00352EF7" w:rsidRPr="00352EF7" w:rsidRDefault="00352EF7" w:rsidP="00352EF7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B7767B">
+            <w:r w:rsidRPr="00352EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nid yw galwadau 999 a dderbynnir ac a gategoreiddir fel rhai gwyrdd yn ddifrifol nac yn fygythiad i fywyd. Mae cyflyrau fel poen clust neu anafiadau bach wedi'u codio fel galwadau gwyrdd. </w:t>
+              <w:t>Yn cyfeirio at ddigwyddiadau lle mae</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00352EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B7767B">
+              <w:t xml:space="preserve">potensial uchel i'r gwasanaeth </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Mae galwadau gwyrdd yn ddelfrydol ar gyfer rheoli trwy driage ffôn eilaidd. Yn aml, mae angen trosglwyddo claf ar frys o ofal acíwtedd isel i gyfleuster acíwtedd uwch ar Weithwyr Proffesiynol Gofal Iechyd (GIG) fel meddygon, bydwragedd neu ysbytai cymunedol. Mae'r trosglwyddiadau hyn wedi'u codio fel galwadau gwyrdd ac yn cael eu cynnal o fewn amserlen y cytunwyd arni gyda'r GIG sy'n gofyn.</w:t>
+              <w:t xml:space="preserve">Ambiwlans </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00352EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">999 calls received and categorised as green are neither serious </w:t>
+              <w:t>reoli'r bennod gofal yn ei chyfanrwydd neu</w:t>
             </w:r>
-            <w:r w:rsidR="002768E9" w:rsidRPr="00A37763">
-[...28 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="285D7F"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00352EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mewn cydweithrediad â gwasanaeth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00352EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cymunedol neu ddarparwr gofal a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B405339" w14:textId="1ACF032C" w:rsidR="000C1BE5" w:rsidRPr="00B7767B" w:rsidRDefault="00352EF7" w:rsidP="00352EF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A37763">
+            <w:r w:rsidRPr="00352EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gynlluniwyd</w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5" w:rsidRPr="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e.e. haint y frest,</w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5" w:rsidRPr="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gofal lliniarol neu</w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5" w:rsidRPr="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>haint y llwybr</w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5" w:rsidRPr="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>wrinol</w:t>
+            </w:r>
+            <w:r w:rsidR="000C1BE5" w:rsidRPr="000C1BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="285D7F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:cr/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5254FB76" w14:textId="077BE08E" w:rsidR="001351EC" w:rsidRPr="001351EC" w:rsidRDefault="001351EC" w:rsidP="001351EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Health Care Professionals (HCP) such as doctors, midwives or community hospitals often require an urgent transfer of a patient from low acuity care to a higher acuity facility. These transfers are coded as green calls and undertaken within a timeframe agreed with the requesting HCP.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="001351EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Refers to incidents where there is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001351EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>high potential for the ambulance</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2346BA23" w14:textId="19DF339E" w:rsidR="001351EC" w:rsidRPr="001351EC" w:rsidRDefault="001351EC" w:rsidP="001351EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001351EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>service to manage the care episode</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001351EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in its entirety or in collaboration</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D3BAF1" w14:textId="6F9B1CAA" w:rsidR="009F273E" w:rsidRPr="001351EC" w:rsidRDefault="001351EC" w:rsidP="001351EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001351EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>with a community</w:t>
+            </w:r>
+            <w:r w:rsidR="00547B5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001351EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>service or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001351EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>planned care provider</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="094B15D8" w14:textId="66E28846" w:rsidR="00B7767B" w:rsidRDefault="002C4858" w:rsidP="009F273E">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F273E">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidRPr="009F273E">
         <w:rPr>
           <w:sz w:val="14"/>
@@ -3701,61 +4979,61 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
             <w:pict>
-              <v:line w14:anchorId="597FB0CA" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251659266;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-.15pt,7.05pt" to="532.65pt,7.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AInyqDXeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Myhd50o22lpNmICKVW&#10;KFIt2OOanSax2dmwu5r47zvSQz3O9x5v3stmvW3ECX2oHSkYjxIQSIUzNZUKPrcvwycQIWoyunGE&#10;Cs4YYJYPbjKdGtfRB542sRQcQiHVCqoY21TKUFRodRi5Fom1b+etjnz6UhqvOw63jZwkyVRaXRN/&#10;qHSLiwqLn83RKnj3y+VivjofaP1lu91ktVu/9a9K3d3282cQEfv4b4ZLfa4OOXfauyOZIBoFw3s2&#10;Mn4Yg7jIyfSRyf6PyDyT1wPyXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNSSOjmwEA&#10;AJQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ8qg1&#10;3gAAAAgBAAAPAAAAAAAAAAAAAAAAAPUDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
+              <v:line w14:anchorId="1A94AE7F" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251659266;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-.15pt,7.05pt" to="532.65pt,7.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsSQyzvwEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadLAZiFquoeu4IKg&#10;Ypcf4HXGjSV/aWya9N8zdtssAiQE4jLx2PNm5r2ZbO5ma9gRMGrver5e1ZyBk37Q7tDzr4/vX73l&#10;LCbhBmG8g56fIPK77csXmyl00PjRmwGQURIXuyn0fEwpdFUV5QhWxJUP4OhRebQikYuHakAxUXZr&#10;qqau22ryOAT0EmKk2/vzI9+W/EqBTJ+VipCY6Tn1lorFYp+yrbYb0R1QhFHLSxviH7qwQjsquqS6&#10;F0mwb6h/SWW1RB+9SivpbeWV0hIKB2Kzrn9i8zCKAIULiRPDIlP8f2nlp+MemR5odjevmzfNu+aW&#10;JuaEpVk9JBT6MCa2886Rkh5ZmwWbQuwIt3N7vHgx7DGznxXa/CVebC4inxaRYU5M0mV727Y3Lc1C&#10;Xt+qZ2DAmD6Atywfem60y/xFJ44fY6JiFHoNISc3ci5dTulkIAcb9wUUcaJi64Iu2wQ7g+woaA+E&#10;lODSOlOhfCU6w5Q2ZgHWfwZe4jMUyqb9DXhBlMrepQVstfP4u+ppvraszvFXBc68swRPfjiVoRRp&#10;aGUKw8t655380S/w559w+x0AAP//AwBQSwMEFAAGAAgAAAAhAInyqDXeAAAACAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FrwkAQhe8F/8Myhd50o22lpNmICKVWKFIt2OOanSax2dmwu5r47zvSQz3O&#10;9x5v3stmvW3ECX2oHSkYjxIQSIUzNZUKPrcvwycQIWoyunGECs4YYJYPbjKdGtfRB542sRQcQiHV&#10;CqoY21TKUFRodRi5Fom1b+etjnz6UhqvOw63jZwkyVRaXRN/qHSLiwqLn83RKnj3y+VivjofaP1l&#10;u91ktVu/9a9K3d3282cQEfv4b4ZLfa4OOXfauyOZIBoFw3s2Mn4Yg7jIyfSRyf6PyDyT1wPyXwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAsSQyzvwEAAMwDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJ8qg13gAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;ABkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2283250B" w14:textId="1DA58772" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
+    <w:p w14:paraId="2283250B" w14:textId="3EB03905" w:rsidR="00864ADB" w:rsidRPr="00A37763" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672578" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69D9EAF4" wp14:editId="475E18A2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1265555</wp:posOffset>
@@ -3800,392 +5078,416 @@
                       <a:ext cx="9021445" cy="3172460"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ym mis Gorffennaf 2025 bu </w:t>
-[...21 lines deleted...]
-        <w:t>06</w:t>
+        <w:t xml:space="preserve">Ym mis </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rhagfyr</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 bu </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>447</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...8 lines deleted...]
-        <w:t>030</w:t>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>686</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o ymweliadau â gwefan GIG 111 Cymru, sy’n darparu gwybodaeth ac arweiniad iechyd. Yn yr un mis, cynhyrchodd </w:t>
       </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwyr aml </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>093</w:t>
+      </w:r>
       <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>28</w:t>
-[...10 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwyr aml </w:t>
+        <w:t xml:space="preserve">o ddigwyddiadau, sef </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002768E9" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gyfanswm y digwyddiadau | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 there were </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>447</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>686</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visits to the NHS 111 Wales website, which provides health information and advice. During the same month, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> frequent callers generated </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>093</w:t>
+      </w:r>
+      <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incidents, </w:t>
       </w:r>
       <w:r w:rsidR="009C5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...93 lines deleted...]
-        <w:t>I</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">n July 2025 there were </w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ccounting for </w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...7 lines deleted...]
-        <w:t>7.7</w:t>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.4</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="00864ADB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of all incidents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C790DB4" w14:textId="0B6488B8" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="004A709D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
@@ -4453,577 +5755,631 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
             <w:pict>
-              <v:line w14:anchorId="57782746" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251661314;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,10.7pt" to="532.8pt,10.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAtpwF/dAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdNGiQmEkpBbEW&#10;pFiFetxmxySanQ272yb9993ioR7nvcd73xSz0XTiQM63lhGmkwQEcWV1yzXC58fz3SMIHxRr1Vkm&#10;hCN5mJXXV4XKtR34nQ6bUItYwj5XCE0IfS6lrxoyyk9sTxy9b+uMCvF0tdRODbHcdDJNkkwa1XJc&#10;aFRPi4aq383eILy55XIxXx1/eP1lhm262q5fxxfE25tx/gQi0BguYTjjR3QoI9PO7ll70SHERwJC&#10;Or0HcXaT7CEDsftTZFnI//zlCQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAtpwF/d&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
+              <v:line w14:anchorId="43E38B44" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251661314;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,10.7pt" to="532.8pt,10.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCGB2pAvwEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2y3qzcYcXpI0V2G&#10;Lli3H6DKVCxAX6C02Pn3pZTEHboBw4ZdaFHiI/ke6fXtbA07AEbtXc+bVc0ZOOkH7fY9//7t/t1H&#10;zmISbhDGO+j5ESK/3bx9s55CB1d+9GYAZJTExW4KPR9TCl1VRTmCFXHlAzh6VB6tSOTivhpQTJTd&#10;muqqrttq8jgE9BJipNu70yPflPxKgUxflIqQmOk59ZaKxWKfsq02a9HtUYRRy3Mb4h+6sEI7Krqk&#10;uhNJsB+of0lltUQfvUor6W3lldISCgdi09Sv2DyOIkDhQuLEsMgU/19a+XDYIdMDza55f3N93VIb&#10;nDlhaVaPCYXej4ltvXOkpEfWZsGmEDvCbd0Oz14MO8zsZ4U2f4kXm4vIx0VkmBOTdNl+aNublmYh&#10;L2/VCzBgTJ/AW5YPPTfaZf6iE4fPMVExCr2EkJMbOZUup3Q0kION+wqKOFGxpqDLNsHWIDsI2gMh&#10;JbjUZCqUr0RnmNLGLMD6z8BzfIZC2bS/AS+IUtm7tICtdh5/Vz3Nl5bVKf6iwIl3luDJD8cylCIN&#10;rUxheF7vvJM/+wX+8hNungEAAP//AwBQSwMEFAAGAAgAAAAhAAtpwF/dAAAABwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdNGiQmEkpBbEWpFiFetxmxySanQ272yb9993ioR7n&#10;vcd73xSz0XTiQM63lhGmkwQEcWV1yzXC58fz3SMIHxRr1VkmhCN5mJXXV4XKtR34nQ6bUItYwj5X&#10;CE0IfS6lrxoyyk9sTxy9b+uMCvF0tdRODbHcdDJNkkwa1XJcaFRPi4aq383eILy55XIxXx1/eP1l&#10;hm262q5fxxfE25tx/gQi0BguYTjjR3QoI9PO7ll70SHERwJCOr0HcXaT7CEDsftTZFnI//zlCQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIYHakC/AQAAzAMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAtpwF/dAAAABwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="203A4E69" w14:textId="2528F2C5" w:rsidR="005967CF" w:rsidRPr="005967CF" w:rsidRDefault="005967CF" w:rsidP="005967CF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14C810D8" w14:textId="56092E2F" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
+    <w:p w14:paraId="14C810D8" w14:textId="2754B046" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Galwadau 999: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Atebwyd </w:t>
       </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>526</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwadau i 999, gyda </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>896</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wedi’u trïo drwy’r System Blaenoriaethu Galwadau Meddygol (MPDS), sy’n helpu i asesu brys pob galwad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>999 Calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...24 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>526</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls to 999 were answered, with </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>896</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...18 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...86 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>triaged through the Medical Priority Dispatch System (MPDS), which helps assess the urgency of each call.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218780BE" w14:textId="15EF60BB" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
+    <w:p w14:paraId="218780BE" w14:textId="3221FB93" w:rsidR="00604718" w:rsidRPr="00604718" w:rsidRDefault="00604718" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Galwadau Gweithwyr Gofal Iechyd Proffesiynol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Daeth</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F7FFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4,162</w:t>
+        <w:t>4,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>687</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o alwadau gan weithwyr gofal iechyd proffesiynol yn gofyn am dderbyniad brys. Mae olrhain y galwadau hyn yn helpu WAST i gynllunio gwasanaethau ar gyfer cleifion a gyfeirir gan feddygon teulu, nyrsys, parafeddygon ac eraill</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Health Care Professional Calls</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008F7FFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4,162</w:t>
+        <w:t>4,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>687</w:t>
       </w:r>
       <w:r w:rsidRPr="00604718">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> calls came from healthcare professionals requesting an urgent admission. Tracking these calls helps WAST plan services for patients referred by GPs, nurses, paramedics and others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7371F14E" w14:textId="53A2874A" w:rsidR="000A1C12" w:rsidRPr="00A37763" w:rsidRDefault="00604718" w:rsidP="00604718">
+    <w:p w14:paraId="7371F14E" w14:textId="4B4D4CBF" w:rsidR="000A1C12" w:rsidRPr="00A37763" w:rsidRDefault="00604718" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ymgynghori a Chau: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Derbyniodd </w:t>
       </w:r>
-      <w:r w:rsidR="009C5BCC">
-[...8 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="001835E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="001835E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>668</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwyr gyngor clinigol dros y ffôn yn lle ambiwlans ar unwaith. Mae’r gwasanaeth hwn yn rhoi cyngor diogel ar gyfer cyflyrau nad ydynt yn bygwth bywyd ac yn gallu arwain cleifion at hunanofal, meddyg teulu, fferyllfa neu gludiant amgen. | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consult and Close: </w:t>
+      </w:r>
+      <w:r w:rsidR="001835E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> o alwyr gyngor clinigol dros y ffôn yn lle ambiwlans ar unwaith. Mae’r gwasanaeth hwn yn rhoi cyngor diogel ar gyfer cyflyrau nad ydynt yn bygwth bywyd ac yn gallu arwain cleifion at hunanofal, meddyg teulu, fferyllfa neu gludiant amgen. | </w:t>
+      <w:r w:rsidR="001835E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>668</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604718">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> callers received telephone advice instead of an immediate ambulance. This service gives safe clinical advice for non-life-threatening conditions and may guide patients to self-care, a GP, pharmacy, or alternative transport.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A247952" w14:textId="77777777" w:rsidR="000A1C12" w:rsidRDefault="000A1C12">
+    <w:p w14:paraId="2F68EB35" w14:textId="1F66047E" w:rsidR="00604718" w:rsidRPr="0087171A" w:rsidRDefault="000A1C12" w:rsidP="00604718">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A51B15">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668482" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="048781B2" wp14:editId="1A69A644">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>995154</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="11366390" cy="7577593"/>
             <wp:effectExtent l="0" t="0" r="6985" b="4445"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21558"/>
                 <wp:lineTo x="21577" y="21558"/>
                 <wp:lineTo x="21577" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1878816615" name="Picture 11" descr="Triniwr galwadau'r Gwasanaeth Ambiwlans yn gwisgo clustffon ac yn edrych ar sgrin gyfrifiadur | Ambulance Service call handler wearing a headset and looking at a computer screen&#10;&#10;"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5044,267 +6400,110 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="11366390" cy="7577593"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00604718" w:rsidRPr="00B7767B">
-[...156 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="1A9E4B10" w14:textId="127DA467" w:rsidR="002D0FC9" w:rsidRPr="00A37763" w:rsidRDefault="002D0FC9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc206584454"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc206584454"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cam 3 Dewch i'm Gweld | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Step 3 Come To See Me</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="45B27642" w14:textId="77777777" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="00FF5D0F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E72089F" w14:textId="77777777" w:rsidR="00D505A8" w:rsidRDefault="00D505A8" w:rsidP="00B7767B">
+    <w:p w14:paraId="5E72089F" w14:textId="14B0C3C9" w:rsidR="00D505A8" w:rsidRPr="00A51B15" w:rsidRDefault="00D505A8" w:rsidP="00A51B15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mae’r adran hon yn egluro sut mae’r gwasanaeth ambiwlans yn ymateb pan fo angen gweld claf. O dan y model ymateb clinigol newydd, caiff galwadau eu dosbarthu fel </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
         </w:rPr>
         <w:t>ARREST</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
@@ -5327,113 +6526,297 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
         </w:rPr>
         <w:t>RCS0</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+        </w:rPr>
+        <w:t>RCS1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
         </w:rPr>
-        <w:t>AMBR</w:t>
+        <w:t>OREN</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+        </w:rPr>
+        <w:t>nawr</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t>MELYN</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t>yn fuan</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">neu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
         </w:rPr>
         <w:t>GWYRDD</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+        </w:rPr>
+        <w:t>wedi’</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+        </w:rPr>
+        <w:t>gynllunio</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, gan sicrhau bod yr ymateb cywir yn cyd-fynd ag angen clinigol y claf. Mae hefyd yn dangos faint o adnoddau sy’n cael eu hanfon i ddigwyddiadau ac yn tynnu sylw at rôl hollbwysig ymatebwyr cymunedol cyntaf.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E04AC1D" w14:textId="77777777" w:rsidR="00B7767B" w:rsidRPr="00B7767B" w:rsidRDefault="00B7767B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67D26B56" w14:textId="5CA5C48C" w:rsidR="00D505A8" w:rsidRPr="00D505A8" w:rsidRDefault="00D505A8" w:rsidP="00B7767B">
+    <w:p w14:paraId="67D26B56" w14:textId="32A54566" w:rsidR="00D505A8" w:rsidRPr="00D505A8" w:rsidRDefault="00D505A8" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This section explains how the ambulance service responds when a patient needs to be seen. Under the new clinical response model, calls are categorised as</w:t>
       </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5472,88 +6855,220 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
         </w:rPr>
         <w:t>RCS0</w:t>
       </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+        </w:rPr>
+        <w:t>RCS1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
         </w:rPr>
-        <w:t>AMBER</w:t>
+        <w:t>ORANGE</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> now</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00A51B15" w:rsidRPr="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t>MELYN</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soon</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
         </w:rPr>
         <w:t>GREEN</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> planned</w:t>
       </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D505A8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ensuring the right response matches the patient’s clinical need. It also shows how many resources are sent to incidents and highlights the vital role of community first responders.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E99E791" w14:textId="77777777" w:rsidR="00A76CDB" w:rsidRPr="00B7767B" w:rsidRDefault="00A76CDB" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -5600,53 +7115,53 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
             <w:pict>
-              <v:line w14:anchorId="75E582E0" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251663362;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,5.55pt" to="532.8pt,5.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AAk7bCfdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGCQmE0pBbEW&#10;pFiF9rjNTpNodjbsbpv03zvFQz2+94b3vilmo+3ECX1oHSlIJwkIpMqZlmoFX58vD08gQtRkdOcI&#10;FZwxwKy8vSl0btxAH3jaxFpwCYVcK2hi7HMpQ9Wg1WHieiTODs5bHVn6WhqvBy63nZwmSSatbokX&#10;Gt3josHqZ3O0Ct79crmYr87ftN7ZYTtdbddv46tS93fj/BlExDFej+GCz+hQMtPeHckE0SngRyK7&#10;aQrikibZYwZi/+fIspD/+ctfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAk7bCfd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
+              <v:line w14:anchorId="7FE25955" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251663362;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,5.55pt" to="532.8pt,5.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZEROSvgEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC8x5KNWi0Eyzk4SC9F&#10;YyTtBzDU0iLAF5asJf99l7StFGmBokV0oLjkzuzOaLW5naxhR8Covev4clFzBk76XrtDx79/u7/5&#10;xFlMwvXCeAcdP0Hkt9v37zZjaGHlB296QEYkLrZj6PiQUmirKsoBrIgLH8DRpfJoRaIQD1WPYiR2&#10;a6pVXTfV6LEP6CXESKd350u+LfxKgUwPSkVIzHScektlxbI+57XabkR7QBEGLS9tiP/owgrtqOhM&#10;dSeSYD9Q/0ZltUQfvUoL6W3lldISigZSs6xfqXkaRICihcyJYbYpvh2t/HrcI9N9x9fr+gM9K3LJ&#10;CUuf6imh0IchsZ13joz0yJrs1xhiS7Cd2+MlimGPWfyk0OY3yWJT8fg0ewxTYpIOm49Ns26oiLze&#10;VS/AgDF9Bm9Z3nTcaJfli1Ycv8RExSj1mkJBbuRcuuzSyUBONu4RFEmiYsuCLsMEO4PsKGgMhJTg&#10;0jJLIb6SnWFKGzMD678DL/kZCmXQ/gU8I0pl79IMttp5/FP1NF1bVuf8qwNn3dmCZ9+fykcp1tDE&#10;FIWX6c4j+Wtc4C//4PYnAAAA//8DAFBLAwQUAAYACAAAACEACTtsJ90AAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92kYJCYTSkFsRakWIX2uM1Ok2h2Nuxum/TfO8VDPb73&#10;hve+KWaj7cQJfWgdKUgnCQikypmWagVfny8PTyBC1GR05wgVnDHArLy9KXRu3EAfeNrEWnAJhVwr&#10;aGLscylD1aDVYeJ6JM4OzlsdWfpaGq8HLrednCZJJq1uiRca3eOiwepnc7QK3v1yuZivzt+03tlh&#10;O11t12/jq1L3d+P8GUTEMV6P4YLP6FAy094dyQTRKeBHIrtpCuKSJtljBmL/58iykP/5y18AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmRETkr4BAADLAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACTtsJ90AAAAHAQAADwAAAAAAAAAAAAAAAAAY&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACIFAAAAAA==&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DB749B4" w14:textId="4977E9FC" w:rsidR="00A76CDB" w:rsidRPr="00A76CDB" w:rsidRDefault="00A76CDB" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -5704,544 +7219,586 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
       <w:r w:rsidR="00F24512" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B935ADA" w14:textId="0451A101" w:rsidR="00A76CDB" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="5B935ADA" w14:textId="004A8955" w:rsidR="00A76CDB" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Galwadau ARREST: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Roedd</w:t>
       </w:r>
       <w:r w:rsidR="00CC608A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008F7FFA">
-[...8 lines deleted...]
-        <w:t>828</w:t>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>41</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o alwadau a oedd yn peri bygythiad uniongyrchol i fywyd, gyda’r amser ymateb canolrifol cenedlaethol yn </w:t>
       </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:07:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a’r 90fed canradd yn </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Yr amser a gymerwyd i ddiffibriliwr mynediad cyhoeddus gyrraedd oedd: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ARREST</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">there were </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>41</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>immediately life threatening</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">national median response time </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:07:</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...35 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> percentile </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:1</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The time taken for a public access defibrillator to arrive was: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B7767B">
-[...4 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...272 lines deleted...]
-      <w:r w:rsidR="007C35EA">
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
-      </w:r>
-[...76 lines deleted...]
-        <w:t>57</w:t>
       </w:r>
       <w:r w:rsidR="00A76CDB" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BBAB4C" w14:textId="77777777" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="482532B7" w14:textId="0A0052DF" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EE0000"/>
@@ -6304,382 +7861,319 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079F4A70" w14:textId="3D19D10F" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="079F4A70" w14:textId="7488A13B" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Galwadau EMERG: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Galwadau sy’n peri bygythiad uniongyrchol i fywyd, megis pan fydd claf yn anymwybodol neu heb anadlu’n effeithiol ac mewn perygl uchel o ataliad y galon neu’r ysgyfaint. Cofnodwyd </w:t>
       </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>228</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...16 lines deleted...]
-        <w:t>732</w:t>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwadau wedi’u codio gyda’r amser ymateb canolrifol cenedlaethol yn </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:09:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o alwadau wedi’u codio gyda’r amser ymateb canolrifol cenedlaethol yn </w:t>
+        <w:t xml:space="preserve">a’r 90fed canradd yn </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:22:4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...12 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EMERG calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Immediately life threatening calls such as where a patient is unconscious or has ineffective breathing and at high risk of cardiac or respiratory arrest. There were </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>228</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">coded calls with a national median response time of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:09:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and 90th percentile as </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:22:4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD65FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
-      </w:r>
-[...247 lines deleted...]
-        <w:t>43</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A4C4A2A" w14:textId="77777777" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F7CA146" w14:textId="6A101F61" w:rsidR="008500EE" w:rsidRPr="00A37763" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C00000"/>
@@ -6746,463 +8240,1622 @@
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B43CFA0" w14:textId="6FE904B3" w:rsidR="008500EE" w:rsidRPr="00F24512" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
+    <w:p w14:paraId="2B43CFA0" w14:textId="2FBCB145" w:rsidR="008500EE" w:rsidRPr="00F24512" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Galwadau RCS0: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Roedd </w:t>
       </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1,</w:t>
-[...10 lines deleted...]
-        <w:t>908</w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>418</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">o alwadau RCS0 dros y cyfnod adrodd. Mae galwadau RCS0 yn destun adolygiad clinigol cyflym cyn i ymateb gael ei anfon. Roedd yr amser canolrifol cenedlaethol ar gyfer yr adolygiad clinigol yn </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00:00:</w:t>
       </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ac roedd yr amser canolrifol i glinigydd ymgysylltu â’r digwyddiad yn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
+      </w:r>
       <w:r w:rsidR="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>56</w:t>
+      </w:r>
+      <w:r w:rsidR="008870F4" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008870F4" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> |</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>418</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RCS0 calls over the reporting period. RCS0 calls are subject to a rapid clinical review before a response is dispatched. The national median time for clinical review was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:00:</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the median time for a clinician to engage with the incident was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00:0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>56</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138CBFB0" w14:textId="77777777" w:rsidR="00EA2373" w:rsidRDefault="00EA2373">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A2785D" w14:textId="1C39CCF4" w:rsidR="00EA2373" w:rsidRPr="00A37763" w:rsidRDefault="00EA2373" w:rsidP="00EA2373">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Categori Ymateb RCS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esponse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ategory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F04ED2" w14:textId="2FB213D7" w:rsidR="00EA2373" w:rsidRPr="00F24512" w:rsidRDefault="00EA2373" w:rsidP="00EA2373">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, ac roedd yr amser canolrifol i glinigydd ymgysylltu â’r digwyddiad yn </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Galwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>00:0</w:t>
-[...10 lines deleted...]
-        <w:t>3</w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roedd </w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>987</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o alwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dros y cyfnod adrodd. Mae galwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn destun adolygiad clinigol cyflym cyn i ymateb gael ei anfon. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>987</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls over the reporting period. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls are subject to a rapid clinical review before a response is dispatched.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74EE5661" w14:textId="25110908" w:rsidR="00EA2373" w:rsidRPr="00A37763" w:rsidRDefault="00EA2373" w:rsidP="00EA2373">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Categori Ymateb </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esponse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ategory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7674AFAF" w14:textId="7C78239F" w:rsidR="00EA2373" w:rsidRPr="00F24512" w:rsidRDefault="00EA2373" w:rsidP="00EA2373">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Galwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roedd </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3,</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>120</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o alwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dros y cyfnod adrodd. Mae galwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn destun adolygiad clinigol cyn i ymateb gael ei anfon. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>RCS0</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3,</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>120</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls over the reporting period. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls are subject to a clinical review before a response is dispatched.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FA80F2" w14:textId="7584D4DE" w:rsidR="00EA2373" w:rsidRDefault="00EA2373">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5778CC42" w14:textId="30791356" w:rsidR="00EA2373" w:rsidRPr="00A37763" w:rsidRDefault="00EA2373" w:rsidP="00EA2373">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Categori Ymateb </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esponse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ategory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1866EC1C" w14:textId="09358EC9" w:rsidR="00B7767B" w:rsidRDefault="00EA2373" w:rsidP="00EA2373">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Galwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roedd </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o alwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dros y cyfnod adrodd. Mae galwadau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn destun adolygiad clinigol cyn i ymateb gael ei anfon. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> calls</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">There were </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>64</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t>908</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> RCS0 calls over the reporting period. RCS0 calls are subject to a rapid clinical review before a response is dispatched. The national median time for clinical review was </w:t>
+        <w:t xml:space="preserve"> calls over the reporting period. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RCS3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...80 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls are subject to a clinical review before a response is dispatched.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1866EC1C" w14:textId="102C60BD" w:rsidR="00B7767B" w:rsidRDefault="00B7767B">
+    <w:p w14:paraId="1889729D" w14:textId="77777777" w:rsidR="00EA2373" w:rsidRDefault="00EA2373">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="561D670C" w14:textId="513CFF5E" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="561D670C" w14:textId="0E0E3F48" w:rsidR="00F24512" w:rsidRPr="00B7767B" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Categori Ymateb </w:t>
       </w:r>
-      <w:r w:rsidR="008500EE" w:rsidRPr="00B7767B">
+      <w:r w:rsidR="00AC12A0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>AMBR</w:t>
+        <w:t>OREN Nawr</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> | </w:t>
-[...9 lines deleted...]
-        <w:t>AMBER</w:t>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ORANGE Now</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
@@ -7211,601 +9864,1431 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D92D73" w14:textId="7C3A78EF" w:rsidR="00F24512" w:rsidRPr="00A37763" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
+    <w:p w14:paraId="45D92D73" w14:textId="684C2DAD" w:rsidR="00F24512" w:rsidRDefault="00F24512" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Galwadau AMBR: </w:t>
+        <w:t xml:space="preserve">Galwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OREN nawr</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Roedd </w:t>
       </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>139</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OREN nawr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dros y cyfnod adrodd. Mae galwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OREN nawr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. Roedd yr amser ymateb canolrifol yn </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>52</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyda’r 9</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ain canradd</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ORANGE now</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Calls: </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here were </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A38">
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4,139</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ORANGE now</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls over the reporting period. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ORANGE now</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calls are serious, but not immediately life threatening and are measured by the standard of care provided by WAST. The median response was </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>52</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with the 9</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th percentile as </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC12A0" w:rsidRPr="00AC12A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="008500EE" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4460F169" w14:textId="561A2F7F" w:rsidR="00AC12A0" w:rsidRDefault="00AC12A0" w:rsidP="00B7767B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3221247A" w14:textId="0897DDC1" w:rsidR="00AC12A0" w:rsidRPr="00B7767B" w:rsidRDefault="00AC12A0" w:rsidP="00AC12A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Categori Ymateb MELYN </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uan | </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>YELLOW Soon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esponse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A76CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ategory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C811C62" w14:textId="3C1C3DAC" w:rsidR="00AC12A0" w:rsidRPr="00A37763" w:rsidRDefault="00AC12A0" w:rsidP="00AC12A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Galwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MELYN Yn Fuan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roedd </w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>938</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MELYN Yn Fuan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dros y cyfnod adrodd. Mae galwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MELYN Yn Fuan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. Roedd yr amser ymateb canolrifol yn </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyda’r 9</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ain canradd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>YELLOW Soon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Calls: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...46 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>938</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>YELLOW Soon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls over the reporting period. </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>YELLOW Soon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls are serious, but not immediately life threatening and are measured by the standard of care provided by WAST. The median response was </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...46 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...24 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with the 9</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th percentile as </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...258 lines deleted...]
-        <w:t xml:space="preserve"> respectively.</w:t>
+      <w:r w:rsidR="006C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F57961" w14:textId="77777777" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2846351B" w14:textId="494107C4" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
+    <w:p w14:paraId="2846351B" w14:textId="28C46B93" w:rsidR="008500EE" w:rsidRPr="00B7767B" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Categori Ymateb GREEN | </w:t>
+        <w:t xml:space="preserve">Categori Ymateb </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A" w:rsidRPr="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GWYRDD wedi’i gynllunio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GREEN</w:t>
       </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Planned</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
@@ -7813,592 +11296,571 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esponse </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A76CDB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31ECE41F" w14:textId="3CA618E9" w:rsidR="008500EE" w:rsidRPr="00A37763" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
+    <w:p w14:paraId="31ECE41F" w14:textId="5F0B0DF9" w:rsidR="008500EE" w:rsidRPr="00A37763" w:rsidRDefault="008500EE" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Galwadau GWYRDD:</w:t>
+        <w:t xml:space="preserve">Galwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GWYRDD wedi’i gynllunio</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Roedd </w:t>
       </w:r>
-      <w:r w:rsidR="001F1540">
-[...8 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>893</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o alwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GWYRDD wedi’i gynllunio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dros y cyfnod adrodd. Mae galwadau </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GWYRDD wedi’i gynllunio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yn ddifrifol, ond nid ydynt yn peri bygythiad uniongyrchol i fywyd ac fe’u mesurir yn ôl y safon gofal a ddarperir gan WAST. Roedd yr amser ymateb canolrifol yn </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01:</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2:</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gyda’r 95ain canradd yn </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GREEN Planned</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Calls: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There were </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>893</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GREEN Planned</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls over the reporting period. </w:t>
+      </w:r>
+      <w:r w:rsidR="0087171A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GREEN Planned</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calls are serious, but not immediately life threatening and are measured by the standard of care provided by WAST. The median response was </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01:</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2:</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the 95th </w:t>
       </w:r>
       <w:r w:rsidR="007C35EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...43 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rcentile as </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="007C35EA">
-[...46 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2373" w:rsidRPr="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...125 lines deleted...]
-        <w:t xml:space="preserve"> | </w:t>
+      <w:r w:rsidR="00505C76">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...240 lines deleted...]
-        <w:t xml:space="preserve"> respectively.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2870242D" w14:textId="4C9942A3" w:rsidR="008500EE" w:rsidRDefault="000A1C12" w:rsidP="008500EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669506" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="788801B7" wp14:editId="2D7FAF03">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>179428</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="16429880" cy="4874149"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21530"/>
                 <wp:lineTo x="21564" y="21530"/>
                 <wp:lineTo x="21564" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="58279260" name="Picture 12" descr="Llun agos o ambiwlans melyn a gwyrdd gyda chriw yn ein cludo ar stretsier | A close-up of a yellow and green ambulance with crew taking our a stretcher"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -8432,75 +11894,74 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4204ACB6" w14:textId="4094D777" w:rsidR="002D0FC9" w:rsidRPr="002768E9" w:rsidRDefault="002D0FC9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc206584455"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc206584455"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cam 4 Rhowch driniaeth i mi | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Step 4 Give Me treatment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="4862942A" w14:textId="77777777" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="00FF5D0F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48277849" w14:textId="77777777" w:rsidR="00FF5D0F" w:rsidRDefault="00FF5D0F" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
@@ -8591,1056 +12052,1147 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
             <w:pict>
-              <v:line w14:anchorId="18F0F00C" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251665410;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,7.85pt" to="532.8pt,7.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AMhYLxvdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8MyBW9200KjxGxKKYi1&#10;IMUq1OM0Oyap2dmwu23Sf+8WD3p87w3vfZMvBtOKMznfWFYwnSQgiEurG64UfLw/3T2A8AFZY2uZ&#10;FFzIw6IY3eSYadvzG513oRKxhH2GCuoQukxKX9Zk0E9sRxyzL+sMhihdJbXDPpabVs6SJJUGG44L&#10;NXa0qqn83p2Mgle3Xq+Wm8uRt5+m3882++3L8KzU7XhYPoIINIS/Y7jiR3QoItPBnlh70SqIj4To&#10;zu9BXNMknacgDr+OLHL5n7/4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMhYLxvd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
+              <v:line w14:anchorId="17111E10" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251665410;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,7.85pt" to="532.8pt,7.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZOwMrvgEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZIKUhQ13UNXywVB&#10;xcIP8DrjxpK/NDZN+u8Zu20WARIC7cXx2PPezHuebO9ma9gJMGrvet6sas7AST9od+z5t68Pb95z&#10;FpNwgzDeQc/PEPnd7vWr7RQ6WPvRmwGQEYmL3RR6PqYUuqqKcgQr4soHcHSpPFqRKMRjNaCYiN2a&#10;al3XbTV5HAJ6CTHS6f3lku8Kv1Ig02elIiRmek69pbJiWZ/yWu22ojuiCKOW1zbEf3RhhXZUdKG6&#10;F0mw76h/o7Jaoo9epZX0tvJKaQlFA6lp6l/UPI4iQNFC5sSw2BRfjlZ+Oh2Q6aHnm3b9dtPUbcOZ&#10;E5ae6jGh0Mcxsb13joz0yNrs1xRiR7C9O+A1iuGAWfys0OYvyWJz8fi8eAxzYpIO203bvmvpKeTt&#10;rnoGBozpA3jL8qbnRrssX3Ti9DEmKkaptxQKciOX0mWXzgZysnFfQJEkKtYUdBkm2BtkJ0FjIKQE&#10;l5oshfhKdoYpbcwCrP8OvOZnKJRB+xfwgiiVvUsL2Grn8U/V03xrWV3ybw5cdGcLnvxwLo9SrKGJ&#10;KQqv051H8ue4wJ//wd0PAAAA//8DAFBLAwQUAAYACAAAACEAyFgvG90AAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF70L/wzIFb3bTQqPEbEopiLUgxSrU4zQ7JqnZ2bC7bdJ/7xYPenzv&#10;De99ky8G04ozOd9YVjCdJCCIS6sbrhR8vD/dPYDwAVlja5kUXMjDohjd5Jhp2/MbnXehErGEfYYK&#10;6hC6TEpf1mTQT2xHHLMv6wyGKF0ltcM+lptWzpIklQYbjgs1drSqqfzenYyCV7der5aby5G3n6bf&#10;zzb77cvwrNTteFg+ggg0hL9juOJHdCgi08GeWHvRKoiPhOjO70Fc0ySdpyAOv44scvmfv/gBAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWTsDK74BAADLAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyFgvG90AAAAHAQAADwAAAAAAAAAAAAAAAAAY&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACIFAAAAAA==&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EECD56" w14:textId="3C13E0F8" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="02EECD56" w14:textId="1BB46B72" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ROSC:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mae dychweliad cylchrediad digymell yn cyfeirio at ailddechrau gweithgarwch cardiaidd cynhaliol gyda ymdrech resbiradol sylweddol ar ôl ataliad y galon. O’r </w:t>
       </w:r>
       <w:r w:rsidRPr="00100919">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...8 lines deleted...]
-        <w:t>21</w:t>
+      <w:r w:rsidR="00EA2373">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o gleifion y ceisiwyd atgyfodi ar ôl ataliad y galon, cofnodwyd bod </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...8 lines deleted...]
-        <w:t>19.5</w:t>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o gleifion wedi cael ROSC wrth ddrws yr ysbyty </w:t>
+        <w:t xml:space="preserve"> o gleifion wedi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">cael ROSC wrth ddrws yr ysbyty </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ROSC:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> return of spontaneous circulation is the resumption of sustained perfusing cardiac activity associated with significant respiratory effort after cardiac arrest. Of the </w:t>
       </w:r>
       <w:r w:rsidRPr="001F1540">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
+      <w:r w:rsidR="00EA2373">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>21</w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> patients who had resuscitation attempted following a cardiac arrest, </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
+      <w:r w:rsidR="00442430">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>19.5</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of patients were documented as ROSC at the hospital door.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69E4A084" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C2E476D" w14:textId="42E56410" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="4C2E476D" w14:textId="01F7AEFD" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Strôc:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mae strôc yn digwydd pan fydd cyflenwad gwaed i’r ymennydd yn cael ei dorri’n sydyn. Mae’r dangosydd hwn yn mesur nifer a chanran y cleifion a amheuir o gael strôc a gafodd eu hasesu wyneb yn wyneb ac a dderbyniodd holl elfennau pecyn gofal strôc. Mae’r mesurau’n cynnwys asesiad F.A.S.T (Face Arm Speech Test), cofnodi lefelau glwcos gwaed a phwysedd gwaed. Cofnodwyd bod </w:t>
       </w:r>
-      <w:r w:rsidR="00100919">
-[...19 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>89.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o gleifion wedi cael y pecyn gofal strôc priodol </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stroke:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a stroke happens when the supply of blood to the brain is suddenly interrupted. This indicator measures the number and percentage of suspected stroke patients assessed face to face who received all the elements of the stroke care bundle. The measures include a F.A.S.T (Face Arm Speech Test) assessment, the recording of blood glucose and blood pressure readings. </w:t>
       </w:r>
-      <w:r w:rsidR="00100919">
+      <w:r w:rsidR="00944085">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>88.</w:t>
-[...10 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>89.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of patients were documented as receiving the appropriate stroke care bundle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4D398D" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D5F3C67" w14:textId="20CA3022" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="2D5F3C67" w14:textId="4D2BE906" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Clun wedi torri (a elwir hefyd yn anaf gwddf ffemwr):</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mae cluniau wedi torri yn achosi poen sylweddol, a all gwaethygu gyda symudiad. Mae rheoli poen ar gyfer cleifion â chlaf clun wedi torri yn syth ar ôl trawma yn hollbwysig i hybu adferiad a phrofiad y claf. Mae hyn yn lleihau dioddefaint ac effeithiau niweidiol poen heb ei reoli. Cofnodwyd bod </w:t>
       </w:r>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.3</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D06A38">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wedi cael y pecyn gofal priodol (gan gynnwys analgesia)</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fractured hip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (known as neck of femur injuries): fractured hips cause significant pain, which can be exacerbated by movement. Pain control for patients with a fractured neck of femur in the immediate post-trauma period is paramount to promoting recovery and patient experience. This reduces suffering and the detrimental effects uncontrolled pain may have, </w:t>
+      </w:r>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00A37763">
+      <w:r w:rsidR="00944085">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fractured hip</w:t>
-[...30 lines deleted...]
-        <w:t>1.8</w:t>
+        <w:t>1.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>were documented as receiving the appropriate care bundle (including analgesia).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F22AC2" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00A1539B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BA4747A" w14:textId="4DFBD20A" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
+    <w:p w14:paraId="7BA4747A" w14:textId="5C5501CA" w:rsidR="00A1539B" w:rsidRPr="00A37763" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Cleifion STEMI:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> roedd </w:t>
       </w:r>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
       <w:r w:rsidR="00FE2CFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">91 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">o gleifion STEMI, a derbyniodd </w:t>
       </w:r>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1539B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ohonynt (</w:t>
+      </w:r>
       <w:r w:rsidR="00FE2CFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>68</w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ohonynt (</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">%) y pecyn gofal priodol </w:t>
       </w:r>
-      <w:r w:rsidR="00864ADB" w:rsidRPr="00B7767B">
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A1539B">
-[...16 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>STEMI patients:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> there were </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
+      <w:r w:rsidR="00442430">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>91</w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> STEMI patients, of these </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
+      <w:r w:rsidR="00442430">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>68</w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FE2CFA" w:rsidRPr="00FE2CFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>74.7</w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) received the appropriate care bundle. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F69DF32" w14:textId="77777777" w:rsidR="00A1539B" w:rsidRPr="00B7767B" w:rsidRDefault="00A1539B" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20E8DEF2" w14:textId="5A239005" w:rsidR="004A709D" w:rsidRPr="00A37763" w:rsidRDefault="008E3EA2" w:rsidP="00B7767B">
+    <w:p w14:paraId="20E8DEF2" w14:textId="09CBC756" w:rsidR="004A709D" w:rsidRPr="00A37763" w:rsidRDefault="008E3EA2" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cleifion hypoglycemig:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> roedd 2</w:t>
+        <w:t xml:space="preserve"> roedd </w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>308</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o gleifion hypoglycemig, a derbyniodd </w:t>
       </w:r>
       <w:r w:rsidR="00FE2CFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>99</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o gleifion hypoglycemig, a derbyniodd </w:t>
+        <w:t xml:space="preserve"> ohonynt (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%) y pecyn gofal priodol | </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hypoglycaemic</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patients:</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there were </w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>308</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hypoglycaemic</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patients, of these </w:t>
       </w:r>
       <w:r w:rsidR="00FE2CFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...17 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27 </w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90BCC" w:rsidRPr="00A90BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...17 lines deleted...]
-      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+      <w:r w:rsidR="00944085">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Hypoglycaemic</w:t>
+        <w:t>3.7</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> patients:</w:t>
+        <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> there were </w:t>
-[...109 lines deleted...]
-        </w:rPr>
         <w:t>) received the appropriate care bundle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20BDA496" w14:textId="77777777" w:rsidR="004A709D" w:rsidRPr="00B7767B" w:rsidRDefault="004A709D" w:rsidP="00B7767B">
+    <w:p w14:paraId="79E01A4B" w14:textId="2E185FEB" w:rsidR="00864ADB" w:rsidRDefault="000A1C12" w:rsidP="00B7767B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="285D7F"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670530" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="289D9B1F" wp14:editId="75B0E56C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1292253</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="8433924" cy="5621572"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21522"/>
                 <wp:lineTo x="21566" y="21522"/>
                 <wp:lineTo x="21566" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1162820348" name="Picture 13" descr="Criw ambiwlans awyr yn llwytho claf ar stretsier i gefn yr hofrennydd. | Air ambulance crew loading a patient on a stretcher into the rear of the helicopter."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -9670,332 +13222,249 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dros y cyfnod adrodd, ni arweiniodd </w:t>
       </w:r>
-      <w:r w:rsidR="008E3EA2" w:rsidRPr="00100919">
-[...19 lines deleted...]
-        <w:t>886</w:t>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7,</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>111</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A1539B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o ddigwyddiadau at gludo i ysbyty neu leoliad arall. Y rheswm dros beidio â chludo oedd bod 2,5</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> at ddarparwr amgen </w:t>
+        <w:t xml:space="preserve"> o ddigwyddiadau at gludo i ysbyty neu leoliad arall. </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Over the reporting period, </w:t>
       </w:r>
-      <w:r w:rsidR="00A1539B" w:rsidRPr="00A37763">
+      <w:r w:rsidR="00442430">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FE2CFA">
+        <w:t>7,</w:t>
+      </w:r>
+      <w:r w:rsidR="00944085">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>886</w:t>
+        <w:t>111</w:t>
       </w:r>
       <w:r w:rsidR="004A709D" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> incidents did not result in a conveyance to a hospital or another destination. The reason for non-conveyance is that </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> incidents did not result in a conveyance to a hospital or another destination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70815D60" w14:textId="2DE81048" w:rsidR="00442430" w:rsidRDefault="00442430" w:rsidP="00B7767B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2,5</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AC55CEB" w14:textId="77777777" w:rsidR="00442430" w:rsidRPr="00A37763" w:rsidRDefault="00442430" w:rsidP="00B7767B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>32</w:t>
-[...49 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="255DB658" w14:textId="23C42273" w:rsidR="002D0FC9" w:rsidRPr="002768E9" w:rsidRDefault="002D0FC9" w:rsidP="002D0FC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc206584456"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc206584456"/>
       <w:r w:rsidRPr="002768E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cam 5 Ewch â Fi i'r Ysbyty | </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Step 5 Take Me To Hospital</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="172914A1" w14:textId="77777777" w:rsidR="002D0FC9" w:rsidRDefault="002D0FC9" w:rsidP="00FF5D0F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04C34CA7" w14:textId="58534B86" w:rsidR="009F273E" w:rsidRPr="00B7767B" w:rsidRDefault="00FF5D0F" w:rsidP="009D77F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mae’r adran hon yn edrych ar beth sy’n digwydd pan gaiff cleifion eu cludo i’r ysbyty neu ofal arall. Mae’n cynnwys pa mor gyflym y trosglwyddir gofal i staff yr ysbyty, effaith oedi ar argaeledd ambiwlansys, a pha mor fuan y mae ambiwlansys yn barod i ymateb i’r alwad frys nesaf.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28638B1B" w14:textId="4E7C8BD0" w:rsidR="00FF5D0F" w:rsidRPr="00A37763" w:rsidRDefault="00FF5D0F" w:rsidP="009D77F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This section looks at what happens when patients are taken to hospital or another care setting. It includes how quickly care is handed over to hospital staff, the effect of delays on ambulance availability, and how soon ambulances are ready to respond to the next emergency.</w:t>
+        <w:t xml:space="preserve">This section looks at what happens when patients are taken to hospital or another care setting. It includes how quickly care is handed over to hospital staff, the effect of delays </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>on ambulance availability, and how soon ambulances are ready to respond to the next emergency.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F7D714" w14:textId="1B0C9051" w:rsidR="004A709D" w:rsidRPr="00B7767B" w:rsidRDefault="004A709D" w:rsidP="009D77F9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667458" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CC1A24B" wp14:editId="76398C7F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -10021,276 +13490,320 @@
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
             <w:pict>
-              <v:line w14:anchorId="4AA672A8" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251667458;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,5.7pt" to="532.8pt,5.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSSOjmwEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815IDVC0Eyz4kSC9B&#10;GrTJBzDU0iLAF5aMJf99l7QtB0mAoEUuFB87szuzq9VmsobtAKP2ruPLRc0ZOOl77bYdf3y4+fqD&#10;s5iE64XxDjq+h8g36y8XqzG0cOkHb3pARiQutmPo+JBSaKsqygGsiAsfwNGj8mhFoiNuqx7FSOzW&#10;VJd13VSjxz6glxAj3V4fHvm68CsFMv1SKkJipuNUWyorlvUpr9V6JdotijBoeSxD/EcVVmhHSWeq&#10;a5EEe0b9hspqiT56lRbS28orpSUUDaRmWb9S82cQAYoWMieG2ab4ebTybnfl7pFsGENsY7jHrGJS&#10;aPOX6mNTMWs/mwVTYpIum+9N860hT+XprToDA8b0E7xledNxo13WIVqxu42JklHoKYQO59Rll/YG&#10;crBxv0Ex3VOyZUGXqYArg2wnqJ9CSnBpmXtIfCU6w5Q2ZgbWHwOP8RkKZWL+BTwjSmbv0gy22nl8&#10;L3uaTiWrQ/zJgYPubMGT7/elKcUaan1ReBzTPFsvzwV+/pnWfwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABP3RffdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2GZgje7adFQYjalFMRa&#10;kGIr1OM0Oyap2dmwu23Sf+8WD3p87w3vfZPPB9OKMznfWFYwGScgiEurG64UfOye72cgfEDW2Fom&#10;BRfyMC9ub3LMtO35nc7bUIlYwj5DBXUIXSalL2sy6Me2I47Zl3UGQ5SuktphH8tNK6dJkkqDDceF&#10;Gjta1lR+b09GwZtbrZaL9eXIm0/T76fr/eZ1eFHqbjQsnkAEGsLfMVzxIzoUkelgT6y9aBXER0J0&#10;Jw8grmmSPqYgDr+OLHL5n7/4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1JI6ObAQAA&#10;lAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABP3Rffd&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA9QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
+              <v:line w14:anchorId="01183FBA" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251667458;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="0,5.7pt" to="532.8pt,5.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2YID+vwEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZqqG9io6R66gguC&#10;il1+gNcZN5b8pbFp0n/P2G2zCJAQq704Hnvem3nPk83dZA07AkbtXcfrxZIzcNL32h06/v3x47sP&#10;nMUkXC+Md9DxE0R+t337ZjOGFlZ+8KYHZETiYjuGjg8phbaqohzAirjwARxdKo9WJArxUPUoRmK3&#10;plotl001euwDegkx0un9+ZJvC79SINNXpSIkZjpOvaWyYlmf8lptN6I9oAiDlpc2xAu6sEI7KjpT&#10;3Ysk2A/Uf1BZLdFHr9JCelt5pbSEooHU1Mvf1DwMIkDRQubEMNsUX49Wfjnukem+47c369v1ql43&#10;nDlh6akeEgp9GBLbeefISI+syX6NIbYE27k9XqIY9pjFTwpt/pIsNhWPT7PHMCUm6bB53zQ3DT2F&#10;vN5Vz8CAMX0Cb1nedNxol+WLVhw/x0TFKPWaQkFu5Fy67NLJQE427hsokkTF6oIuwwQ7g+woaAyE&#10;lOBSnaUQX8nOMKWNmYHLfwMv+RkKZdD+BzwjSmXv0gy22nn8W/U0XVtW5/yrA2fd2YIn35/KoxRr&#10;aGKKwst055H8NS7w539w+xMAAP//AwBQSwMEFAAGAAgAAAAhABP3RffdAAAABwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AQhe+C/2GZgje7adFQYjalFMRakGIr1OM0Oyap2dmwu23Sf+8WD3p8&#10;7w3vfZPPB9OKMznfWFYwGScgiEurG64UfOye72cgfEDW2FomBRfyMC9ub3LMtO35nc7bUIlYwj5D&#10;BXUIXSalL2sy6Me2I47Zl3UGQ5SuktphH8tNK6dJkkqDDceFGjta1lR+b09GwZtbrZaL9eXIm0/T&#10;76fr/eZ1eFHqbjQsnkAEGsLfMVzxIzoUkelgT6y9aBXER0J0Jw8grmmSPqYgDr+OLHL5n7/4AQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALZggP6/AQAAywMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABP3RffdAAAABwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1575E25E" w14:textId="3515E66A" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="1575E25E" w14:textId="13D1457B" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="00442430" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A709D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00A90BCC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="004A709D">
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="004A709D">
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidR="001835E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="004A709D" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o gleifion a ffoniodd 999 a gafodd eu cludo i ysbyty neu leoliad arall dros y cyfnod adrodd </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidR="001835E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> patients who called 999 were conveyed to a hospital or another destination over the reporting period.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42390465" w14:textId="558E88ED" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="42390465" w14:textId="51ED50D3" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Mae canllawiau GIG Cymru yn nodi y dylai trosglwyddo gofal cleifion o griw ambiwlans i staff ysbyty ddigwydd o fewn 15 munud. Ar draws Cymru, digwyddodd hyn mewn </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...8 lines deleted...]
-        <w:t>29.9</w:t>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o achosion</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">NHS Wales guidance is that the handover of care of patients from an ambulance crew to hospital staff should be within 15 minutes. Across Wales, this occurred in </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
+      <w:r w:rsidR="00442430">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>29.9</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of cases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E617DF" w14:textId="206A697D" w:rsidR="004A709D" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -10378,216 +13891,216 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>patient remains in the ambulance, which means the ambulance is not available to</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>respond to other calls in the community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6805B270" w14:textId="69CE6720" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="6805B270" w14:textId="25CD681D" w:rsidR="008E3EA2" w:rsidRPr="00A37763" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Dros y cyfnod adrodd, collwyd </w:t>
       </w:r>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>243</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="285D7F"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> awr oherwydd oedi wrth drosglwyddo gofal </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Over the reporting period, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C73D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...15 lines deleted...]
-          <w:color w:val="285D7F"/>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="001C73D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">| </w:t>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>243</w:t>
+      </w:r>
+      <w:r w:rsidR="001C73D9" w:rsidRPr="00A37763">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C73D9" w:rsidRPr="004A709D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hours</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Over the reporting period, </w:t>
-[...74 lines deleted...]
-        <w:t>hours were lost to delayed handovers of care.</w:t>
+        <w:t xml:space="preserve"> were lost to delayed handovers of care.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761EA371" w14:textId="77777777" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="008E3EA2" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07CE7FE7" w14:textId="77777777" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -10637,302 +14150,322 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Once an ambulance crew has handed over the care of a patient to a hospital or</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>other destination NHS Wales guidance is that ambulances clear and be ready for the next call within 15 minutes or less.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE1B047" w14:textId="291C2C1A" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
+    <w:p w14:paraId="5CE1B047" w14:textId="68FC368E" w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidRDefault="004A709D" w:rsidP="008E3EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Dros y cyfnod adrodd, cliriodd </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
-[...8 lines deleted...]
-        <w:t>80.0</w:t>
+      <w:r w:rsidR="00442430">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o ambiwlansys o fewn 15 munud neu lai </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Over the reporting period, </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2CFA">
+      <w:r w:rsidR="00442430">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>80.0</w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.0</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of ambulances cleared within 15 minutes or less</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="00B7767B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mae'r trosglwyddo i glirio yn fesur effeithlonrwydd pwysig, mae data'r chwarter hwn yn dangos bod </w:t>
       </w:r>
-      <w:r w:rsidR="008D4F9F">
-[...22 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="009D1036">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="285D7F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
       <w:r w:rsidR="00A37763" w:rsidRPr="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> awr wedi'u colli oherwydd oedi wrth drosglwyddo i glirio</w:t>
       </w:r>
       <w:r w:rsidR="00A37763">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="285D7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The handover to clear is an important efficiency measure, this quarter's data shows </w:t>
       </w:r>
-      <w:r w:rsidR="008D4F9F">
+      <w:r w:rsidR="009D1036">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FE2CFA">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00696B59">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>63</w:t>
+        <w:t>27</w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E3EA2" w:rsidRPr="004A709D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hours were lost to delayed handovers to clear.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008E3EA2" w:rsidRPr="004A709D" w:rsidSect="009F273E">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1440" w:left="567" w:header="709" w:footer="437" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="308F728D" w14:textId="77777777" w:rsidR="00BD6596" w:rsidRDefault="00BD6596" w:rsidP="00FC3D1F">
+    <w:p w14:paraId="274F2AAA" w14:textId="77777777" w:rsidR="0058314E" w:rsidRDefault="0058314E" w:rsidP="00FC3D1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17ECA30E" w14:textId="77777777" w:rsidR="00BD6596" w:rsidRDefault="00BD6596" w:rsidP="00FC3D1F">
+    <w:p w14:paraId="48533C64" w14:textId="77777777" w:rsidR="0058314E" w:rsidRDefault="0058314E" w:rsidP="00FC3D1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3EAADD6E" w14:textId="77777777" w:rsidR="00BD6596" w:rsidRDefault="00BD6596">
+    <w:p w14:paraId="1641014E" w14:textId="77777777" w:rsidR="0058314E" w:rsidRDefault="0058314E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -11291,89 +14824,89 @@
                           <a:alphaModFix amt="5000"/>
                           <a:extLst>
                             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </a:blipFill>
                     </wps:spPr>
                     <wps:bodyPr vertOverflow="clip" horzOverflow="clip"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
           <w:pict>
-            <v:shape w14:anchorId="66373B3F" id="Freeform: Shape 29" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-152.25pt;margin-top:-48.85pt;width:141.45pt;height:91.2pt;flip:x;z-index:-251652094;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" coordsize="3905735,3632333" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQBA5S+bNwIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO&#10;2yAQvVfqPyDuje04ye5acfYSpa3Udlfd7QcQDDESGAQkdvr1HSBOrO2hatULHsP48ea9Ga8fByXR&#10;iVkndFfjYpZjxDqqG9EdavzjdffhHiPnSdcQqTtW4zNz+HHz/t26NxWb61bLhlkEIJ2relPj1ntT&#10;ZZmjLVPEzbRhHRxybRXx8GoPWWNJD+hKZvM8X2W9to2xmjLnYHebDvEm4nPOqH/i3DGPZI2Bm4+r&#10;jes+rNlmTaqDJaYV9EKD/AMLRUQHl16htsQTdLTiNyglqNVOcz+jWmWac0FZrAGqKfI31by0xLBY&#10;C4jjzFUm9/9g6bfTi3m2IENvXOUgDFUM3CrEpTCfwNNYFzBFQ5TtfJWNDR5R2CzuHlaLYokRhbOi&#10;WN7PF1HYLAEFQHp0/iPTKsTk9MX5pHszRqQdIzp0Y2jBveCbjL55jMA3ixH4tk++GeLDdwE0hKiv&#10;cfmQL+9K4NJCvCrnZVlG/kqf2KuOmT4UkvIWGI3lANlbjuymudA3k6zxbHyaiJdy0o2LwA7wxozx&#10;mTKnN/9t/ijriEildixdFgSIt15FAQZT2fdg505IGTQI8aWbQNM/z1zq062mR8U6nwbPMkk8TL1r&#10;hXHgTcXUnjXg0OcmtQyRpiVfdbMTAyIKJm+Z52MBgUAg4rxlngJxUnHg9h0cT+VcD6CKG/Ps1qQh&#10;2uvm/GzD78c/wcKlhg6gAA32a/vzzV4ADl/BJEWhLlMfRnX6HrNu/6bNLwAAAP//AwBQSwMECgAA&#10;AAAAAAAhAGQ5NMR8PAIAfDwCABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlI&#10;RFIAAAnEAAAJEwgGAAAAIUjZqgAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMA&#10;ABhMAAAYTAGIN/zbAAD/pUlEQVR4Xuz9C5ykd0Hn+0c3CuwGuWSqJyAa1KAYMlWT5TbVMzB4heNx&#10;FUlXTTLVk0HwsKurK666i/vHfxBU5GZEbumqCVFUlOQomHT1JAZ20KDsHllZNTJkqoYoXlgXjygJ&#10;01UzOn2quh8RJgVMap7fb57n+b3fr9f3NawK6f79+vLwqs/WXAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAJCo1pGNi/YdXn9857b1Zy2vja9e7q9/f2dt/IrO2smblg+PX9lZG724&#10;s3piefN/f/v6ZQffufHI7N8KAAAAAAAAAAAA589112188f7+yd2d1dGPLvfHv7HcH/2v5bXxxtmu&#10;0x99otMf95dXRy/t3Lr+TUu/d/ph2X80AAAAAAAAAAAAhLd/dbyzszZ+Q6c/HswK3eZef/zny2sn&#10;e9N3kMv+UQAAAAAAAAAAAJC/ztr6t3bWRm9dXhudmBm05bn+6B2d20bflf2jAQAAAAAAAAAA4Nwd&#10;WDuxp7M2fuNkfzMzXgu0yT9vvbM2uunA4fVnZx8KAAAAAAAAAAAAPHh7j2xc2Dk8fk2nP1qfFaxF&#10;W390qrN28qbWkY2Lsg8NAAAAAAAAAAAAzs6B/smndPqjX50ZqJ2ndfrj/nL/1DdmHyIAAAAAAAAA&#10;AAB8fstrp/5Npz9+76wo7Xyv0x/9weTPTvahAgAAAAAAAAAAwGyd1fV/2+mvHzszRCvSOmvjj3VW&#10;Rz963XUbX5x92AAAAAAAAAAAAPDPOv31l80K0Aq7/vj67EMHAAAAAAAAAACALZ3+uFwxXLbO6ugl&#10;2acAAAAAAAAAAABA6soaw22uP/p4Z+3EwexTAQAAAAAAAAAAIFWljuE+vdEfLd9+6luyTwkAAAAA&#10;AAAAAIDUVCOG+/RuX75jfEX2qQEAAAAAAAAAAJCK5f74+hlRWbnXH9+SfXoAAAAAAAAAAACkoGLv&#10;DPeZO9E5PPqO7NMEAAAAAAAAAACgyiocw2Ub/Ur2qQIAAAAAAAAAAFBV1Y/hphv9Q2dttJR9ygAA&#10;AAAAAAAAAFRNGjFctv74ltbNG/8i+9QBAAAAAAAAAACoiuX++PqZ4ViF17lt/VnZpw8AAAAAAAAA&#10;AED5bXxRUu8M91k72c0OAQAAAAAAAAAAgHJLOYYbb3T6o7s7a6e/LDsMAAAAAAAAAAAASmlj44s6&#10;h9ON4T691fXnZCcCAAAAAAAAAABA6Yjh/nn98U9kpwIAAAAAAAAAAECpiOE+a5218W9lJwMAAAAA&#10;AAAAAECZLPfH188Kw1LeNbd+clt2PAAAAAAAAAAAABTexsYX7e+Pf2JWEJb69q+efGZ2SgAAAAAA&#10;AAAAABSaGO7zrnN43M5OCgAAAAAAAAAAgMISw33BdfqjH8xOCwAAAAAAAAAAgEISw53d+uNXZicG&#10;AAAAAAAAAABA0WxsbHzRshjurNZZO3lTdmwAAAAAAAAAAAAUzXJ/fP2s+MtmrD8+kh0bAAAAAAAA&#10;AAAAReGd4ebZybdlxwcAAAAAAAAAAEARiOHm3quzIwQAAAAAAAAAAOB8E8PNv05/9B+zYwQAAAAA&#10;AAAAAOB8EsOd2zqHx9dkRwkAAAAAAAAAAMD5IoY79+1fPfUN2XECAAAAAAAAAABwviz3x9fPirzs&#10;7Hdw9f5LsuMEAAAAAAAAAAAgtuuu2/hi7wyXw/qj38mOFAAAAAAAAAAAgNjEcPmt0x//THasAAAA&#10;AAAAAAAAxCSGy3f7V0ffmR0tAAAAAAAAAAAAsYjh8l2nPx4s//p9C9nxAgAAAAAAAAAAEIMYLv91&#10;+qO3ZccLAAAAAAAAAABALMv98fWzoi47h/VHz82OFwAAAAAAAAAAgNA23xludf3lM4MuO4etr3XW&#10;/ubLsmMGAAAAAAAAAAAgpOs2Nr54eW0shguwztr4YHbMAAAAAAAAAAAAhCSGC7p3HTyy8dDsqAEA&#10;AAAAAAAAAAhFDBd2ncPja7KjBgAAAAAAAAAAIKTl/vj6WSGX5bD++Eh2zAAAAAAAAAAAAITineEC&#10;rz96//7+id3ZcQMAAAAAAAAAABCCGC74/rSzNlrKjhsAAAAAAAAAAIAQxHChNxp31tZ/IDtuAAAA&#10;AAAAAAAAQhDDhV9nbfzT2XEDXPDUm+69ZPfK8T2LvWPLi73BK5q9wU3TLfaGtzS7wyPTbf7rT//P&#10;B6+Y7Hum/56ndY89LvuPAQAAAAAAAADgTMv98fWzIi7Laf3xLXuPbFyYHTeQmMVDRx++a+XY3sXe&#10;8R9q9ga/vNgdfmixN9w4lzV7w+HkP+fmZu/YS3b3jn/LU9/woYuzfxwAAAAAAAAAQJpaN9/8L5a9&#10;M1zQddZO3rTv8PrjsyMHErH3pnsfutgbftti99hrF7uDPzgzaMt93cGHFnvH3ri7d8/z9t70wUdm&#10;HwYAAAAAAAAAQBpaN2+I4QJPDAfp2XvTvY9sdocvXewOBzPDtTj788leM/1rWbMPCwAAAAAAAACg&#10;usRw4ddZG4nhICG7evc8bbE7fGWzN/zwGXHaedvkY/noYnfw+t29wbOyDxMAAAAAAAAAoFrEcOEn&#10;hoN0TN8RbrF3/Ppmd7A+K0orwpq94almb3CTd4wDAAAAAAAAACpFDBd+YjhIw1N/8S8uXlw59kOL&#10;3eEfzIrQirhmb3hP89Dwpc1DH7k0+zQAAAAAAAAAAMpJDBd+YjhIQ/PQ8Ipmb/jBWdFZOTa4d/fK&#10;8T3ZpwMAAAAAAAAAUC5iuPDr9Ec37V897V2XoOKaK8e+r9kbfnh2aFaeTT6Hv2r2jr1k1zs++rDs&#10;UwMAAAAAAABI11NvuveSxe49z1/sDV/T7A5/abIjk399tNkdfOLTL7Z2Bx/L3j3lzmZvcNNib/CK&#10;ZvfYt+99490XZf8xQARiuPATw0H17b3p3oc2e8ff8unnnOrsnZ7NAAAAAAAAgOQsHjr68GZ38Oxm&#10;b/CyZm94x+Rf3zfjBdWz3V8s9ga3LHYH/3F399iu7B8BBCCGCz8xHFTfnt7x+uTZ5e0znmkqsWZ3&#10;0F/sHn9G9ukCAAAAAAAAVNfmu6GsbEZwH5/1AmpOO7rYO7ac/SOBnExjuE5//RVnBlyW38RwUH3N&#10;G+55ZrN7vD/j+aVa6w7eN/k8vz37tAEAAAAAAACqZddb7vnyZm/ww5P9/swXTQOs2R30myuDA09e&#10;+cCXZB8GMKetGG4shgs4MRxUX/PQ8IrpXwE/67mlimv2hvftXjm+J/v0AQAAAAAAAMpvz5v/7FGL&#10;veH3NnuD3znzRdJYa3YH//fioeNXZR8S8CCJ4cJvK4Y7IYaDCmuuDJ7b7A0/OOtZpdLrDgfN7vGl&#10;7BgAAAAAAAAAymvx0PApi73Br858cTT+/nF3b/Dqp77x7kuyDw84C2K48BPDQfUlG8Nlm3zuH9jd&#10;O/Yt2XEAAAAAAAAAlM/u3vF/s9gbvvfMF0TP95org19uHjp2ZfZhAp+HGC78xHBQfanHcP+8wXua&#10;bz3+1OxYAAAAAAAAAMpj18rw3za7g2OzXwwtwgbvmfz5bdmHC8wghgu/ztrJt4rhoNp2rxzf0+wN&#10;73vgs0iam5zF+/ded+TC7HgAAAAAAAAAim3x0NGHN3uDlzW7g+K/8Nsdfmh399gLsw8d+AxiuPAT&#10;w0H1NQ95Z7hZa3YHr8qOCAAAAAAAAKC49t507yMXe8evn/XCZ1HX7A4+IYqDzyaGCz8xHFSfGO5z&#10;r9kdrE/fTTg7KgAAAAAAAIDiKWMM9+l1hx+a/OmvT4WJvUeOXNhZE8OFnBgOqs9fk/qFNz2fp7/l&#10;6OOzIwMAAAAAAAAojlLHcJ/e4D3NQ8euzD4lSNLeIxtiuMATw0H1bb4zXHfwP2c/b9hnrXv8rdmx&#10;AQAAAAAAABRDNWK4rTVXBr/89N7x7dmnBkkRw4VfZ20khoOKE8M9uE3O6h929Y7tz44PAAAAAAAA&#10;4Pzae92RCxd7w1vOfHGz1Ds0fEP26UEyxHDhJ4aD6hPDzbnu8PCeG4/VsmMEAAAAAAAAOD823xmu&#10;O/i5mS9slnsnFw8dvyr7NKHyxHDhJ4aD6tu9cnxPsze8b8ZzhZ3Nuvc8PztKAAAAAAAAgPgqHMP9&#10;02558soHviT7dKGyxHDhJ4aD6vPOcDmsOzyyq3f3o7MjBQAAAAAAAIgngRhuc81DgwPZpwyVJIYL&#10;v2kMd+DOja/MjhyoIDFcftvdPfbC7FgBAAAAAAAA4kglhpuu2R30n/ZLx74s+9ShUsRw4SeGg+oT&#10;w+W9weplrz/2kOx4AQAAAAAAAMJKKYb7pzV7wxdlnz5UxjSG299f/8kzAy7Lb2I4qL7dK8f3TJ4T&#10;7pv1/GDzb3qu2REDAAAAAAAAhLP3uiMXLvaGt5z5omUCO5odAVSCGC78xHBQfd4ZLuQG12fHDAAA&#10;AAAAABDG5jvD9dJ6Z7hPrzs4vbt7bFd2FFBqWzHcWAwXcGI4qD4xXOB1h3+4d+XD27LjBgAAAAAA&#10;AMjXnjf/0aOSjeE+veM/lB0HlNZ1RzYuXBbDBd1WDHdCDAcVtqs7/K5mdyiGC7zd3UE7O3IAAAAA&#10;AACA/Ijh/mmDW7IjgVISw4VfZ3X01gO3iuGgynavHN/T7A3vm/2sYHmu2Tv+luzYAQAAAAAAAPIh&#10;hvus/UXz0J9cmh0NlIoYLvzEcFB9m+8M1/POcNHWHbwvO3oAAAAAAACAc7fnzX/2qMXecTHcZ6y5&#10;Mrw6Ox4oDTFchPVP3iiGg2oTw8VfsztY33PjscuzKwAAAAAAAACY397rjly42BvecuYLkzZ4RXZE&#10;UApiuAgTw0HlieHO35orgwPZNQAAAAAAAADMxzvDfd4dyo4JCu9FKx/4EjFc4InhoPJ2rxzf0+wN&#10;75vxTGBx9prsKgAAAAAAAAAePDHcF1h3eGt2VFBoYrgIE8NB5XlnuPO/Znf4a9l1AAAAAAAAADw4&#10;Yriz2n/LjgsK60UrG2K40BPDQeWJ4YqxyR28P7sSAAAAAAAAgLMnhjvrfSQ7MigkMVyE9UdiOKg4&#10;MVxxNrmHv7r85ru/NLsaAAAAAAAAgC9MDPegdv/eN959UXZ0UChiuAgTw0Hl7V45vqfZG9434xnA&#10;ztOeetO9l2TXAwAAAAAAAPD57b3uyIWLveEtZ77waJ972dFBoYjhIkwMB5XnneGKuebKvU/MrggA&#10;AAAAAADgc/POcHPtL7Ljg8IQw0VYf3Tj828//RXZkQMVJIYr7nb1jj8tuyYAAAAAAACA2TZjuO7g&#10;9bNedLTPs+7wD7IjhEJ40Qc2vmT5sBgu6MRwUHmbMVx38Iczf/fbed/u3rFvya4KAAAAAAAA4IHE&#10;cOe027NjhPNODBdhYjiovN0rx/c0e8P7ZvzOt4Ls6b3Bs7LrAgAAAAAAAPhse35FDHdO6w7flh0l&#10;nFebMdza+k/NjLgsn4nhoPK8M1w51jw0/KbsygAAAAAAAAD+mRguh3WHr82OE84bMVyEieGg8sRw&#10;Jdqh4VOyawMAAAAAAADYIobLZ83e8EXZkcJ5sRXDjcVwISeGg8oTw5Vrz3zr8AnZ1QEAAAAAAACI&#10;4fJasze4b9cNwx3ZsUJ0YrgI24zhTojhoMJ2rxzf0+wN75v1u96Kub033fvI7PoAAAAAAACA1Inh&#10;8luzN7wjO1aITgwXfvv7oxv3ieGg0rwzXAnXHfxpdn0AAAAAAABA6sRw+a7ZG7wsO1qISgwXfmI4&#10;qD4xXEnXHf52doUAAAAAAABAysRwAXboI9+aHS9EI4YLv87hk4fEcFBtYrhS723ZNQIAAAAAAACp&#10;2nvdkQsXe8Nbzngx0c5hzd7w49nxQjRiuPATw0H17V45vmfye/y+Wb/frfhrrniHXgAAAAAAAEia&#10;d4YLs+ah4UuzI4YoWjff/aXLYrigE8NB9XlnuArs0PGrsusEAAAAAAAAUrOrd/ejxXD5r9kd/P6u&#10;3uCy7JghODFc+InhoPp2d4ffNXkuEsOVeM3e4G+f0f3Tr8quFAAAAAAAAEiJGC7cmr3BD2fHDMG1&#10;bt4QwwVep3/y0L53iuGgynb37nmeGK4SuzO7UgAAAAAAACAlYrig++3FQ3/22OyoISgxXPh1+iMx&#10;HFTc7pXje5q94X0zfqdb2dYdvjK7VgAAAAAAACAVYrjg+97sqCEoMVz4ieGg+rwzXOX2bdnVAgAA&#10;AAAAACnYe92RCxd7w1vOeOHQclqzOzwyPePsuCEYMVz4ieGg+sRwldvv7r3p3odm1wsAAAAAAABU&#10;nXeGC773Lh4aPiU7bghGDBd+0xius3b6cdmRAxUkhqviBq/IrhcAAAAAAACoOjFc2DV7g3t2947/&#10;m+y4IRgxXPiJ4aD6dq8c39PsDe+b9TvdyrvmoeEV2RUDAAAAAAAAVSaGC7tmd/jJZm/4ouy4IZhp&#10;DNdZXf/pWRGX5TMxHFSfd4ar6LqDX8muGAAAAAAAAKgyMVz4NXuDl2XHDcGI4cJPDAfVJ4ar8A4d&#10;vyq7ZgAAAAAAAKCq9l535MLF3vCWB7xgaDnu+PXZcUMwYrjwE8NB9Ynhqrtmb/iu667b+OLsqgEA&#10;AAAAAIAq8s5wMXb8+r033fvI7MghiK0YbiyGC7itGO5TYjiosN0rx/c0e8P7Zv8+t7Kv2T327dlV&#10;AwAAAAAAAFW0q/fRRy92j4vhgk4MR3hiuPATw0H17e4Nn7fYHXpnuMpu8PbpuyJn1w0AAAAAAABU&#10;zTSGa64Mf372C4aWz8RwhNe6e+NLO2tiuJATw0H1ieGqvWZ3+L93rwz/j+y6AQAAAAAAgKoRw8WY&#10;GI7wxHAxdrInhoNq24rhBn80+/e5VWHN3vB12XUDAAAAAAAAVbMZw/XEcGEnhiM8MVyMieGg6nav&#10;HN8zeS66b/bvc6vGBvd6LgMAAAAAAICKEsPF2OD6vTd90IuuBPWctWMPEcOFnhgOqs47wyWxj07v&#10;ObtyAAAAAAAAoErEcDE2uH7v9WI4whLDxZgYDqpODJfGmocGP5JdOQAAAAAAAFAlYrgYE8MRnhgu&#10;xsRwUHX+mtQ01uwOfym7cgAAAAAAAKBKxHAxNrj+m1eOPyI7cgjiOWunxXDBJ4aDqvPOcKls8Pbm&#10;oY9cml07AAAAAAAAUBViuBgTwxGeGC7GRmI4qDgxXBprdo/39/SO17NrBwAAAAAAAKpCDBd+zd7g&#10;+ieL4QhMDBdjYjioOn9NaiLrDj72tO4xP88BAAAAAACgasRw4SeGIwYxXIyNete++/SXZ0cOVJB3&#10;hktjk2ff9+/qDZ6TXTsAAAAAAABQFU99w4cuFsOFnRiOGMRwMSaGg6oTw6UxMRwAAAAAAABUlBgu&#10;/MRwxPADa6cfckAMF3hiOKi6zRiuJ4ar+sRwAAAAAAAAUFFiuPATwxHDNIZb7q+/cnbEZblsddS7&#10;9jYxHFSZGC6NbcZwN4jhAAAAAAAAoHLEcOEnhiMGMVyEieGg8sRwaWwawzW7H3l2du0AAAAAAABA&#10;VYjhwk8MRwxiuAgTw0HlieHSmBgOAAAAAAAAKkoMF37NQ8OfFcMR2lYMNxbDhdxmDPcpMRxUmBgu&#10;jYnhAAAAAAAAoKLEcOEnhiMGMVyEieGg8sRwaUwMBwAAAAAAABUlhgs/MRwxiOEiTAwHlbe4cuwq&#10;MVz11+wN3t/sDsRwAAAAAAAAUDViuPATwxGDGC7GTnbFcFBtYrg0JoYDAAAAAACAinrqL4rhQq/Z&#10;FcMRnhguxsRwUHViuDQmhgMAAAAAAICKEsOFnxiOGA7edO9DxXChJ4aDqhPDpTExHAAAAAAAAFTU&#10;ZgzXPfaGWS8UWj4TwxGDGC7GxHBQdWK4NCaGAwAAAAAAgIoSw4WfGI4YxHAxJoaDqhPDpbFmb/h7&#10;TTEcAAAAAAAAVI8YLvzEcMRw8MjGQ5cPi+HCTgwHVSeGS2NiOAAAAAAAAKiop/7iX1zc7A7FcAEn&#10;hiMGMVyMjcRwse3de+HFV171lO319tW1eusltUarN/nzyEKjfdfkz3vP3EK9/fuTP49M/u9+dfLn&#10;KyZ/Pn/y557a5a2Lsv9E+LzEcGlMDAcAAAAAAAAVJYYLv2Z38LNP+6VjX5YdOQQhhosxMVwsmwFb&#10;vfWShUb78GT3TbZxzqu3T9UarfdP/vUra/Wl51x66cGHZv84+DQxXBoTwwEAAAAAAEBFieHCrymG&#10;IwIxXIyNui/4rdOPzY6cnF1+eetLp5HaQn3p1QuN9gc+K2QLttawVm93p+88t72+vJB9KCRsceX4&#10;VZPf3WK4ik8MBwAAAAAAABUlhgu/phiOCMRwMSaGC2X6Lm0L9da/W2i0jz4wWIu3Wr318c2/XvXy&#10;1iXZh0ZixHBpbPLsK4YDAAAAAACAKhLDhV9TDEcE0xiu01//mc+OtyzfieFCuORJ+75+YUfrvyzU&#10;278/K1A7X6vVW/fW6u2f3bZj3zOyD5UEiOHSmBgOAAAAAAAAKkoMF35NMRwRiOHCr7M26l4thsvV&#10;9vp3LSzU2z+8UG/9z1lBWlFWa7T+1+TP1yzsWNqRfehU1GYM1x388azf51adieEAAAAAAACgosRw&#10;4dcUwxGBGC78xHD5W9i5tH+h0br9zPis0Ku3P7hQX/qPj3nyNduyT4MKWTwkhkthYjgAAAAAAACo&#10;KDFc+DXFcESwFcONxXABJ4bLV+3y1kUL9fZNM4Ozsqze/v3tjX2Pzz4lKkAMl8amMdzioY98a3bt&#10;AAAAAAAAQFU8eeXD28RwYdcUwxGBGC78tmK4T4nhclKrt5+9UG/1Z0ZmJVut0f7D7fWlF2afGiUm&#10;hktjYjgAAAAAAACoKDFc+DXFcEQghgs/MVy+ttfbVy802vedGZZVYK+8YO/eC7NPk5IRw6UxMRwA&#10;AAAAAABUlBgu/Jq94eue9noxHGGJ4cKvc3i8IobLyd69Fy402i+tNVr3nxGSVWa1eru7sON5X519&#10;xpSEGC6NieEAAAAAAACgosRw4SeGIwYxXPiJ4fLzmCdfs22h0X7NmQFZJVdvv2Nb/eors0+dghPD&#10;pTExHAAAAAAAAFSUGC78xHDEsPSOjz5MDBd2k/NdufpdYrg81C5vXVSrt945Mx6r7o5OPu9LsiOg&#10;oMRwaUwMBwAAAAAAABW1GcMdEsOFnBiOGMRw4SeGy8/2xr7HL9TbN80IxlLY4VqjtTM7CgpGDJfG&#10;mt1jYjgAAAAAAACoor0rH962KIYLOjEcMYjhwk8Ml5/EY7jN1RpLvzY9h+xIKAgxXBrbiuGOieEA&#10;AAAAAACgasRw4SeGIwYxXPiJ4fIjhvvn1eqtGx6xY/+jsqPhPBPDpTExHAAAAAAAAFSUGC78xHDE&#10;sPSO02K4wBPD5UcM98DVGq2XZcfDedTsHlsSwyWx3xXDAQAAAAAAQAWJ4cJPDEcMYrjw6/RHYric&#10;ZDHcL8yKwpJevf2JWr19bXZMnAdiuGT2u4s3iOEAAAAAAACgcsRw4SeGIwYxXPiJ4fIjhvtCa/2P&#10;Wr21JzsuIhLDJTMxHAAAAAAAAFTRZgzXO/bGGS8SWk6bxnCLhz7+8OzIIQgxXPhNY7jO4dOPyY6c&#10;c1C7vHXRQqN91wMjMDtjd2VHRiRiuGQmhgMAAAAAAIAqEsOFnxiOGMRw4SeGy493hntwq9WXvjc7&#10;OgITwyUzMRwAAAAAAABUkRgu/MRwxLAZw62uv2pWxGX5TAyXHzHcg1+t0f69bTuf94TsCAlEDJfM&#10;xHAAAAAAAABQRWK48Gv2jr1u8dBRMRxBieHCTwyXHzHc/Ks12i/PjpEAxHDJTAwHAAAAAAAAVSSG&#10;Cz8xHDEs/d7ph3XWxHAhJ4bLT+3y1kULjfZdZ4ZednarNVrrkzO8JDtOciSGS2ZiOAAAAAAAAKgi&#10;MVz4ieGIYSuGG4vhAk4Mlx/vDJfPavXWK7IjJSdiuGQmhgMAAAAAAIAq2rvyl9sWe0MxXMA1V8Rw&#10;hCeGC7+tGO5+MVwOtteXvmqhIYbLY7V66+5t9X1fmx0t50gMl8x+d3fv+Ldk1w4AAAAAAABUhRgu&#10;/MRwxCCGCz8xXH7EcPmv1mj95+x4OQebMVxPDJfAxHAAAAAAAABQRWK48BPDEYMYLspuEMPlQwwX&#10;aPXW+y677DkPyY6ZOYjhkpkYDgAAAAAAAKpIDBdh3eFrxXCEJoaLMjFcTsRwYbdtx77/IztqHqRp&#10;DNfsHbt75u9zq9LEcAAAAAAAAFBFe15/rLYohgs7MRwRfPutf/kvxXDBJ4bLiRguyl6THTcPQrN7&#10;fKnZG4rhqj8xHAAAAAAAAFSRGC7CxHBEIIaLMjFcTmqXty5aaLTvOiPesvz359mRc5bEcMlMDAcA&#10;AAAAAABVtOdGMVzwieGIQAwXZWK4nHhnuLibnPc3ZkfPFyCGS2ZiOAAAAAAAAKgiMVyEieGI4EW3&#10;/uW/PCCGCz0xXE62YrjWL84KtyzMavXWj2THz+chhktkXTEcAAAAAAAAVJIYLsLEcETwols3xHDh&#10;J4bLiRju/KzWaP1qdgV8DmK4RCaGAwAAAAAAgGoSw0WYGI4IxHAxNhLD5UQMdz7Xuqd2eeui7Co4&#10;gxgukXUH79vdOyaGAwAAAAAAgKoRw0WYGI4IxHAR1h/dcHB145LsyDkHYrgCbMfSjuw6+AxiuEQm&#10;hgMAAAAAAIBqEsNFmBiOCMRwESaGy40YrhjbXt/37dmVkBHDJTIxHAAAAAAAAFSTGC7CxHBEMI3h&#10;lvvrr54ZcVk+E8PlRgxXnNUarX+fXQsTYrhEJoYDAAAAAACAahLDRVh3+Nq9N//1RdmRQxBiuAgT&#10;w+VGDFew1duvzq4meWK4RCaGAwAAAAAAgGoSw0WYGI4IxHARJobLjRiueKvVW7+cXU/SxHCJTAwH&#10;AAAAAAAA1bQZw3UHb5r5QqHlMzEcEYjhIkwMl5uFHc/7ajFc8VZrtG7NrihZzZVBSwyXwMRwAAAA&#10;AAAAUE1iuAibxnBvFMMR1lYMNxbDhZwYLjdiuAKv3n5vdk1JEsMlMjEcAAAAAAAAVJMYLsLEcEQg&#10;houwzRjufjFcDsRwBV+9/cHsqpIjhktkYjgAAAAAAACoJjFchInhiEAMF2VvEcPlo3Z566KFRvuu&#10;B0RYVpjV6q17s+tKihgukXUH79tz4/Fvzq4dAAAAAAAAqAoxXIR1j7127xvvFsMRlBguysRwOfHO&#10;cOVYrdH6b9mVJUMMl8jEcAAAAAAAAFBNYrgIE8MRgRguysRwORHDlWj11h3ZtSWheUgMl8TEcAAA&#10;AAAAAFBNYrgIE8MRwfIdH/tXy2tiuMATw+VEDFey1Vs3Z1dXeWK4RCaGAwAAAAAAgGoSw0XZa8Rw&#10;hCaGizIxXE5ql7cuWmi073pAdGWFXa3R6mXXV2liuEQ2jeFWxHAAAAAAAABQOZsxXE8MF3hiOIIT&#10;w0WZGC4n3hmunKvV970ku8LKEsMlMjEcAAAAAAAAVJMYLsrEcAQnhosyMVxOxHAl3o7WNdk1VpIY&#10;Lo01u4P37RLDAQAAAAAAQPXsufGvaou9oRgu7MRwBLd8x2kxXPiJ4XIihiv3ajv3LWZXWTliuDTW&#10;FMMBAAAAAABANTXfPFxYFMOFnhiO4MRw4ddZG72lJYbLRe3y1kULjfZdZ0ZWVp5N7zC7zkoRw6Wx&#10;yR3fJYYDAAAAAACAChLDRZkYjuDEcOE3jeGufvfp7dmRcw68M1z5V2u035NdZ6VsxnDdwZ/M+F1u&#10;FZoYDgAAAAAAACpKDBdlYjiCE8OFnxguPws79n/1QqP9tjMDKyvdXpNdaWWI4dKYGA4AAAAAAAAq&#10;SgwXZWI4gpvGcJ3++mvODLgsv4nh8iOGq86219tXZ9daCWK4NCaGAwAAAAAAgIoSw0WZGI7gxHDh&#10;J4bLT+3y1kULjfZdZ4ZVVsLV26ce0fjOR2ZXW3piuDTW7A3u2rVyjxgOAAAAAAAAqkYMF2Hd4Wu+&#10;5W0f+1fZkUMQYrjwE8PlxzvDVWu1RvvXsqstveahj4jhEpgYDgAAAAAAACpKDBdhYjgiEMOFnxgu&#10;P2K4Kq71oux6S20rhhuK4So+MRwAAAAAAABUlBguwsRwRLAVw43FcAHXWR295erfFMPlQQxXvdXq&#10;7T+rXbl0WXbFpSWGS2NiOAAAAAAAAKgoMVyEieGIQAwXflsx3H1iuBzULm9dtNBo33VmUGXlXq3R&#10;+tXsiktLDJfGxHAAAAAAAABQUWK4CBPDEYEYLvwm5/tmMVw+vDNcNVdrtNa37Wx/W3bNpSSGS2PT&#10;GK55aPhN2bUDAAAAAAAAVSGGizAxHBGI4cJPDJef2pP2fc2CGK6SqzXab8+uuZTEcGms2RXDAQAA&#10;AAAAQCVNY7hmd/DmWS8UWk4TwxFB6+a/vkgMF3ZiuPyI4aq92s59reyqS0cMl8aaYjgAAAAAAACo&#10;JjFchInhiEAMF35iuPzULm9dtNBo33VmRGXVWK3eOpJddemI4dJYUwwHAAAAAAAA1SSGizAxHBGI&#10;4cJPDJcf7wxX8dXbn9heb/+b7LpLZVd30BbDVX9NMRwAAAAAAABUkxgu/Hb3Bq+uv+1/iuEISgwX&#10;fmK4/IjhUljr57PrLpXNGK4nhqv6mmI4AAAAAAAAqKbm28RwodcUwxGBGC78xHD5EcOlsNbRS3a2&#10;n5pdeWmI4dJYUwwHAAAAAAAA1SSGCz8xHDG0bt4QwwWeGC4/YrgU1vrHWmPp+7MrLw0xXBpriuEA&#10;AAAAAACgmsRw4SeGIwYxXPh1+qM3L99xeiE7cs6BGC6N1ertn82uvDTEcGmsKYYDAAAAAACAahLD&#10;hZ8YjhhaRzYu6hwWw4WcGC4/Yrg0Vmu0f3N7Y9/js2svhd3dQXvyu1sMV/E1e8PfEcMBAAAAAABA&#10;BYnhwk8MRwxiuPATw+WndnnrooVG+64z4ymr3D5Wu3LpsuzaS0EMl8bEcAAAAAAAAFBRYrjw24zh&#10;XiOGI6zNGG5t/bVnBlyW38Rw+an9631fU6u3f2lGPGVVWr01rO3c18quvRTEcGlMDAcAAAAAAAAV&#10;9fTeH21viuGCTgxHDGK48BPD5UcMl8Zq9dbHF3a0vye79lIQw6UxMRwAAAAAAABUlBgu/MRwxCCG&#10;Cz8xXH78NakJrd76d9m1l4IYLo2J4QAAAAAAAKCixHDhJ4YjBjFc+Inh8uOd4dJYrdFar9VbL8mu&#10;vRTEcGlMDAcAAAAAAAAV9fTe8e3N7lAMF3DTGO7JK3/5L7MjhyC2YrixGC7gxHD5EcOlsc0YrtH6&#10;z9m1l4IYLo1Nns3EcAAAAAAAAFBFYrjwE8MRgxguwg6P37R8x31iuByI4dJYaWO47uBDs36fW3W2&#10;GcPd8GExHAAAAAAAAFSNGC78xHDEIIaLMDFcbmpXLl0mhqv+anUxnBVzYjgAAAAAAACoKDFc+Inh&#10;iOH7jmxctCyGCzsxXG7EcGlMDGdF3WYM1x1+Y3btAAAAAAAAQFWI4cJPDEcML3jXxx++LIYLOzFc&#10;bsRwaUwMZ0WdGA4AAAAAAAAqSgwXfmI4YhDDRZgYLjdiuDQmhrOiTgwHAAAAAAAAFSWGCz8xHDGI&#10;4SKsP37T8q+L4fIghktjYjgr6sRwAAAAAAAAUFFiuPATwxGDGC7CxHC5EcOlMTGcFXViOAAAAAAA&#10;AKiozRhuZfCWWS8UWj4TwxGDGC7CxHC5EcOlMTGcFXViOAAAAAAAAKiozRiuJ4YLueah468SwxHa&#10;C951WgwXev2RGC4nYrg0NrnjE6WL4W78SHuxOxTDVXxiOAAAAAAAAKgoMVz4ieGIQQwXYf3Rm757&#10;7XQtO3LOgRgujYnhrKgTwwEAAAAAAEBFieHCr9kVwxGeGC7CxHC52YrhWr88K6Cy6kwMZ0WdGA4A&#10;AAAAAAAqSgwXfs3u4FVPXvmAGI6gNmO41fXXPSDgsvwmhsuNGC6NlTGGW+wN9onhkthvi+EAAAAA&#10;AACggsRw4dcUwxGBGC7CxHC5EcOlMTGcFXhiOAAAAAAAAKgiMVz4NcVwRCCGizAxXG7EcGlMDGcF&#10;nhgOAAAAAAAAqkgMF35NMRwRiOEiTAyXGzFcGhPDWYEnhgMAAAAAAIAqEsOFX1MMRwRiuAgTw+VG&#10;DJfGxHBW2HXFcAAAAAAAAFBJYrjwa4rhiOAF7zv98OW1sRgu5MRwuRHDpTExnBV2YjgAAAAAAACo&#10;JjFc+DW7g1ftesdHH5YdOQQhhgu/A2vjN3732ifFcDkQw6WxrRiu/Z+yay8FMVwiE8MBAAAAAABA&#10;NT31jXdfIoYLu6YYjgjEcOEnhsuPGC6NieGssBPDAQAAAAAAQDWJ4cKvKYYjgs7a33zZshgu6MRw&#10;+dm283lPEMNVf2I4K+zEcAAAAAAAAFBNYrjwa4rhiEAMF36dtfEbl8RwuRDDpTExnBV23cFvLx4a&#10;fEN27QAAAAAAAEBViOHCrymGIwIxXPiJ4fIjhktjYjgr7MRwAAAAAAAAUE1iuPBriuGIQAwXfmK4&#10;/Ijh0pgYzgo7MRwAAAAAAABUkxgu/JpiOCIQw4WfGC4/Yrg0Vt4YbnB01u9zq9DEcAAAAAAAAFBN&#10;T33jvZc0e8fFcAHXFMMRgRgu/MRw+RHDpTExnBV2YjgAAAAAAACoJjFc+DWnMdzrxHCE1Vk7LYYL&#10;vM7a6I3XHNnYlh0550AMl8bEcFbYieEAAAAAAACgmp56kxgu/I7/jBiO0MRw4SeGy48YLo3V6u1P&#10;ieGskBPDAQAAAAAAQDWJ4WJMDEd4YrjwE8PlRwyXxsRwVtiJ4QAAAAAAAKCaxHAxJoYjvGkM1+mv&#10;/+ysiMvyWWd19MZrbhXD5WErhlv6lVkBlVVnpY3hemK4yk8MBwAAAAAAANW0GcN1BzfMfKHQcpoY&#10;jvDEcOEnhsvPtp3XPKFWb4vhKj4xnBV47128QQwHAAAAAAAAlSOGizExHOGJ4cJPDJcfMVwaE8NZ&#10;gSeGAwAAAAAAgCoSw8WYGI7wxHDhJ4bLjxgujYnhrMATwwEAAAAAAEAVieFibPAzu173e2I4ghLD&#10;hZ8YLj9iuDQmhrMCTwwHAAAAAAAAVbT3pnsvWRTDBZ4YjvC2YrixGC7gOmvjN4jh8iGGS2NiOCvw&#10;xHAAAAAAAABQRWK4GBPDEZ4YLvy2YrhPiuFyIIZLY2I4K/DEcAAAAAAAAFBFYrgYE8MRnhgu/MRw&#10;+RHDpbGtGG7fj2bXXgrNleHVYrgkJoYDAAAAAACAKhLDxdjgZybn/NDsyCGI1s1/+wgxXNiJ4fIj&#10;hktj5Y3hhmK46k8MBwAAAAAAAFUkhosxMRzhieHCTwyXn231fV8rhqv+xHBW4InhAAAAAAAAoIrE&#10;cDEmhiM8MVz4ieHyI4ZLY2I4K/Deu7t377OyawcAAAAAAACq4hk3fOgxYrjQE8MRXuvOv31E57AY&#10;LuTEcPkRw6UxMZwVeGI4AAAAAAAAqCIxXIyJ4QhPDBd+Yrj8iOHSmBjOCjwxHAAAAAAAAFSRGC7C&#10;VsRwhCeGCz8xXH7EcGmsVm99qtZYEsNZATd47+7eQAwHAAAAAAAAVSOGizAxHBG07twQwwVeZ230&#10;hgN3nr44O3LOgRgujYnhrLgTwwEAAAAAAEAlbcZwh8RwQSeGIwIxXPiJ4fIjhktjYjgr7sRwAAAA&#10;AAAAUEliuAgTwxHBNIbb31+/flbEZflMDJcfMVwaqzVa94vhrJDriuEAAAAAAACgksRwEdYdvlIM&#10;R2hiuPATw+VnM4ZriOGqPjGcFXZiOAAAAAAAAKgmMVyEieGIQAwXfmK4/GQx3NtnBVRWnYnhrLAT&#10;wwEAAAAAAEA1ieEiTAxHBGK48BPD5UcMl8ZKGcMdGl7d7A4+PPP3uVVn3eERMRwAAAAAAABUkBgu&#10;wsRwRPCiOzcesSyGCzoxXH7EcGlMDGeFnRgOAAAAAAAAqukZN/zpYxYPHRfDhZwYjgjEcOEnhsuP&#10;GC6NieGssBPDAQAAAAAAQDVtxnDdwcrMFwotn4nhiGArhhuL4ULu8PjnxXD5EMOlsc0YbocYzgo4&#10;MRwAAAAAAABUkxguwsRwRCCGi7D++OcP/Mbfi+FyIIZLY2I4K+qa3eGRp4vhAAAAAAAAoHrEcBEm&#10;hiOCg+/8xCPFcIEnhsuNGC6NieGsqBPDAQAAAAAAQEWJ4SJMDEcEYrgIE8PlRgyXxjZjuHrrR7Jr&#10;LwUxXBoTwwEAAAAAAEBFieEirDt45XPWjj0kO3IIQgwXYWK43Ijh0pgYzoo6MRwAAAAAAABUlBgu&#10;wsRwRCCGizAxXG4u3rH0dWK46k8MZ0WdGA4AAAAAAAAqSgwXYdMY7vViOMISw0WYGC43Yrg0Joaz&#10;om4aw+268SN7s2sHAAAAAAAAqkIMF2FiOCIQw0WYGC43Yrg0Joazok4MBwAAAAAAABUlhoswMRwR&#10;HHznhhgu9Prjn3/h7acfnR0550AMl8bEcFbUieEAAAAAAACgosRwESaGIwIxXIT1R2K4nIjh0lgp&#10;Y7juPdc0xXCV32YMtyKGAwAAAAAAgMoRw0WYGI4IxHARJobLjRgujYnhrKgTwwEAAAAAAEBFLR46&#10;+lgxXOCJ4YhgM4ZbXf+5BwRclt/EcLkRwyWz+8RwVsSJ4QAAAAAAAKCixHARJoYjgoNHNh65vCaG&#10;CzoxXG7EcMlMDGeFXLN77MiulWNiOAAAAAAAAKgaMVyEHRr+tBiO0MRwESaGy40YLpmVMIYbXjOZ&#10;GK7iE8MBAAAAAABARYnhIkwMRwRiuAgTw+VmK4Zr/eqMeMqqNTGcFXJiOAAAAAAAAKgoMVyEieGI&#10;QAwXYWK43IjhkpkYzgq5Zm/4X8VwAAAAAAAAUEFiuAgTwxGBGC78Omvj1y+J4XIhhktmYjgr5MRw&#10;AAAAAAAAUFFiuAgTwxHBVgw3FsMFnBguP2K4ZFbOGK4nhqv6xHAAAAAAAABQUWK4CBPDEYEYLvy2&#10;Yri/E8PlQAyXzMRwVsiJ4QAAAAAAAKCixHARJoYjgv2rf/eoZTFc0Inh8iOGS2ZiOCvkxHAAAAAA&#10;AABQUWK4CBPDEYEYLvzEcPkRwyUzMZwVcmI4AAAAAAAAqCgxXPg1u8OfvkwMR2BiuPATw+VHDJfM&#10;7luot384u/ZS2IrhBvfM+n1u1ZkYDgAAAAAAACpqGsM1V451Z71QaPlMDEcMYrjwE8PlRwyXzMRw&#10;VsiJ4QAAAAAAAKCiFg/9mRgu8KYx3OU3b3xpduQQhBgu/MRw+bn4iuc9UQyXxMRwVshN7lkMBwAA&#10;AAAAAFW0FcMNxXABJ4YjBjFc+Inh8iOGS2ZiOCvkpjFc89BHnpldOwAAAAAAAFAVYrjwa3aP/fTl&#10;N98thiOo/asbYrjA6/THr5+ec3bknAMxXDITw1khJ4YDAAAAAACAihLDhZ8YjhjEcOHX6a+L4XIi&#10;hktmYjgr5MRwQGydtU89bt/h9cd3blt/1pnbvzreOf3ftY5sXJT9nwMAAAAAAPMSw4WfGI4YppHW&#10;NNaaFXFZPhPD5UcMl8zEcFbIieGAkA6+c+ORy/3Rc5f74+s7a+N3dtZGf9zpj9ZnPV/O2uTf87HJ&#10;v/f9y4dP/tLk3/viaSyX/UcDAAAAAABfiBgu/MRwxCCGCz8xXH7EcMlMDGeFnBgOCKGz9qldncPj&#10;1yyvjT4461nyXNdZG31iM67rr3/PNbd+clv2jwUAAAAAAD7TZgzXE8OFnBiOGMRw4SeGy48YLpmJ&#10;4ayQE8MBeVq+bXxFZ238ik5/PJj1DBls/dGpyT/3cGf1xPLBIxsPzT4cAAAAAABImxgu/MRwxCCG&#10;Cz8xXH7EcMnsk2I4K+LEcEBeDhw+9Z2dtdEvTvbJWc+PMdfpj/5gsh+fxnnZhwcAAAAAAOkRw4Wf&#10;GI4YxHDhJ4bLjxgumYnhrJATwwF56Ny2/qzl/vjIrOfG877+6L7Jx3a9v04VAAAAAIDkiOHCb3K+&#10;PyWGIzQxXPiJ4fJz8RXXPLHWaP/ajHjKqrXSxXC7bji2XwxX/TW7x/5r89A9YjhgbtfefuobOmsn&#10;37q8NvqHWc+NRVqnP/rjzuGTP3pwdeOS7MMHAAAAAIDq2vWWe75cDBd2YjhiEMNF2c+J4fIhhktm&#10;Yjgr6AbvEcMB82od2bho+fD4lZ3+aH3G82LRd3T/6vo3Z58KAAAAAABUjxgu/MRwxLAVw43FcGEn&#10;hsuJGC6ZieGsoBPDAfPrrJ361k5/vT/jWbE82/prVH9y+Y77FrJPCwAAAAAAqkEMF35iOGJYesff&#10;PVoMF3w/t3/178RwORDDJTMxnBV0Yjhgfstr69+73B8fnfGsWNKN3t5ZO7kr+/QAAAAAAKDcxHDh&#10;txnDXSeGI6yl2//u0Z01MVzgieFyIoZLZuWL4XpiuDQmhgPms/fIxoWdw+PXzHhOLP0m/13iYwfW&#10;TuzJPlUAAAAAACgnMVz4ieGIQQwXZWK4nIjhkpkYzgo6MRwwn4OHNx4/eSa84YxnxEqt0x8NO/31&#10;78k+ZQAAAAAAKBcxXPiJ4YhBDBdlYriciOGSmRjOCrrBe5o3iOGAB2//6v07O2ujX5vxnFjBjT6+&#10;vz8q1e9xAAAAAAAQw0WYGI4YxHBRJobLiRgumX1yob7vP2bXXgpiuFQmhgPmc3D1/ksmz4RHz3hG&#10;rPw6a6MXZ0cAAAAAAADFJoYLPzEcMYjhokwMlxMxXDIrYQw33D/5vS2Gq/zEcMB8Omuf2jV55j48&#10;4zmx8uusjT7VWTv5A9lRAAAAAABAMYnhwm8awz15ZeNLsiOHIMRwUfZzB49sPDI7cs7Bo5+07+vF&#10;cElMDGcFnRgOmE/KMdxn7C+X++NrsyMBAAAAAIBiEcOFnxiOGJZuPy2GCz8xXE4uedK+r18Qw6Uw&#10;MZwVdIP3LHaPPyO7doCzlupfkzpz/dF9+1fHO7OjAQAAAACAYtiM4brHerNfKLQ8JoYjBjFcjK2L&#10;4XIihktmYjgr6MRwwHw6aye9M9yZ64/ffe3h8ZOyIwIAAAAAgPNLDBd+YjhieOHtpx+93B/9/MwX&#10;qCynieHycsmVYrhEVs4Yrjs4Nuv3uVVpYjhgPpsxXH90+wOfE62zNuou/d7ph2VHBQAAAAAA54cY&#10;LvzEcMQghosxMVxexHCprPXJhfqSGM4KODEcMB8x3BdeZ3X0kuy4AAAAAAAgvl2/IIYLvWbv2E89&#10;eeUDYjiCEsPFmBguL2K4VCaGs6JODAfMZyuGG4vhvtD6o7/srJ36puzYAAAAAAAgHjFc+InhiEEM&#10;F2NiuLyI4VJZ6+/LFsPt7g33L4rhEpgYDpjPNbeeaIrhHsQOn/yF7OgAAAAAACCOXb/wUTFc4Inh&#10;iEEMF2Gr6z938J1iuDyI4VKZGM6KOjEcMB8x3Bzrj0531sbL2RECAAAAAEBYWzHcUAwXcGI4YhDD&#10;RZgYLjdiuERWF8NZUSeGA+ZzcPX+SybPhUcf8JxoZ7Oje49sXJgdJQAAAAAAhCGGC7/moeFPiuEI&#10;TQwXYf3x9WK4fGzGcPX2O2YGVFadieGssDv+bjEcMI9rDp9odta8M9y57EB//H9lxwkAAAAAAPkT&#10;w4WfGI4YtmK4sRgu5MRwuRHDJTIxnBV2YjhgPmK4fNbpjw4vveP0w7JjBQAAAACA/Ijhwm9yvmI4&#10;gjvwG39/sRgu8DZjuE+I4XIghktkYjgr7MRwwHzEcPnuQH+8PztaAAAAAADIhxgu/MRwxCCGizAx&#10;XG7EcIlMDGdFXXfw7sXuPWI44EE7uHr/JZPnwqMPeE60c9md2fECAAAAAMC5e1r32OPEcGEnhiMG&#10;MVyEieFyI4ZLZGI4K+rEcMCcDhw+2Zw8F3pnuJzX6Y/uX149+fTsmAEAAAAAYH5iuPATwxGDGC7C&#10;xHC5EcMlMjGcFXViOGBOYrjA649+LDtqAAAAAACYjxgu/MRwxCCGizAxXG7EcImshDHcYvdYZ7En&#10;hqv8xHDAnMRw4dfp+2tTAQAAAAA4B2K48BPDEYMYLsLEcLkRwyWyaQzXaP1Qdu2lIIZLZGI4YE4H&#10;V++/ZPJcePQBz4mW/25fvyw7dgAAAAAAOHtiuPATwxGDGC7C+uPrX3TnxiOyI+cciOESmRjOijox&#10;HDCnzXeG64/umPmsaLmv0x/9YHb0AAAAAABwdsRw4SeGI4YDd56+ePmwGC7oxHC5uWTn0uViuAQm&#10;hrOirjt49+4bj+/Jrh3grInh4q+zNvrF7PgBAAAAAOALE8OF3zSG23tk48LsyCGIaQzXWRu9YdYL&#10;SJbT+utiuJyI4RKZGM6KOjEcMCcx3PlZZ+3kHz9n7fRDsmsAAAAAAIDPTQwXfmI4YhDDRZgYLjdi&#10;uEQmhrOiTgwHzOng6v2XTJ4Ljz7gOdGi7JpbR0/MrgIAAAAAAGYTw4WfGI4YxHDht7+/fn1LDJcL&#10;MVwiE8NZUSeGA+bkneHO//avjlvZdQAAAAAAwAOJ4cJPDEcMYrjwE8PlRwyXyMRwVtSJ4YA5La+e&#10;WFzuj8Vw53urox/JrgQAAAAAAD7bZgx3SAwXcmI4YhDDhZ8YLj9iuEQmhrOiTgwHzEkMV5xN/7tP&#10;di0AAAAAAPDPNmO43uDQzBcKLZeJ4YhBDBd+Yrj8iOESmRjOijoxHDCng6v3XzJ5Ljx65nOinZ91&#10;1saHs6sBAAAAAIAtYrjwE8MRgxgu/DqHxz8rhsuHGC6R1dt/J4azQk4MB8zJO8MVcP3x+7PrAQAA&#10;AAAAMVyMbcZw14nhCEsMF35iuPyI4RKZGM6KumkMtyKGAx48MVwx1+mPP5RdEQAAAAAAqRPDhV+z&#10;e+wn9153RAxHUNfc+sltnbWxGC7gxHD52YrhWjfPDKisOitlDHe8s9gdDmb9PrdK7U4xHDAPMVxx&#10;N/nvQn+RXRMAAAAAACkTw8XY4BViOEITw4XfVgz3t2K4HIjhEpkYzoo7MRwwl4Or918yeS48euZz&#10;ohVn2VUBAAAAAJAqMVyMieEITwwXfmK4/IjhEpkYzoo7MRwwF+8MV4r9bXZdAAAAAACkSAwXY2I4&#10;whPDhV+nP/7Z1s1iuDyI4RKZGM6KOzEcMJfl1ZNiuHLsT7MrAwAAAAAgNWK4GBPDEZ4YLvzEcPkR&#10;wyUyMZwVd2I4YC7TGK6zOvqtWc+KVqx1+qM/zK4NAAAAAICUPK37549r9oZiuKATwxGeGC78xHD5&#10;EcMlMjGcFXdiOGAuy7efXOysieHKsk5/dFd2dQAAAAAApEIMF2NiOMITw4XfNIbrrJ3+suzIOQdi&#10;uEQmhrPCbnDn7pUPi+GAB00MV8aNfi27PgAAAAAAUiCGizExHOGJ4cJPDJcfMVwi24zh2i/Orr0U&#10;Fg+J4dKYGA6Yz1YMNxbDlWydtfVXZVcIAAAAAEDVPeVNg68Qw4WeGI7wrrl1QwwXeGK4/IjhEpkY&#10;zgo7MRwwn/39E7vFcOVcZ3X9+7JrBAAAAACgyp7xpsFXLIrhAk8MR3ibMdzq6I2zXvixfNbpr4vh&#10;crK9cdWTxHAJTAxnhd3gzj294e7s2gHOmhiu3Jv896X/M7tKAAAAAACqSgwXY4NXtG7e+BfZkUMQ&#10;YrjwE8PlRwyXyMRwVtiJ4YD5iOFKvv7oxIHV0ddn1wkAAAAAQBWJ4WJMDEd4YrjwE8PlRwyXyMRw&#10;VtiJ4YD5iOHKv05/fFd2nQAAAAAAVJEYLsbEcIQnhgs/MVx+xHCJrIwxXO/Yshiu+mv2BnfuEsMB&#10;cxDDVWOTO3x9dqUAAAAAAFSNGC7GxHCEJ4YLPzFcfsRwiUwMZwWdGA6YlxiuOuusnTiYXSsAAAAA&#10;AFXyjLeK4YJvRQxHeNcc2djWWRPDhZwYLj9iuEQmhrOCrtkVwwHzObh6/yWT58Kjn/mMaCVdf3Tq&#10;mls/uS27WgAAAAAAqkIMF2FiOCIQw0XZ68Rw+RDDJbJ6+xOTP8VwVrg1xXDAnLwzXNV28u3Z1QIA&#10;AAAAUBViuAgTwxGBGC7KxHA5EcMlMjGcFXRNMRwwp/39k2K4im1/f/3/yq4XAAAAAIAqEMNFmBiO&#10;CJbWPlnrrI3FcGEnhsvJ9sbVT1qo7xPDVX1iOCvommI4YE5iuEru3mvX1r8mu2IAAAAAAMpuM4br&#10;Dm6c9UKh5TQxHBGI4aLsdZ21vxHD5WArhmvf8oB4yqo1MZwVdM3u8LfEcMA8xHAVXX/889kVAwAA&#10;AABQdmK4COsef7kYjtDEcFEmhsuJGC6RieGsoBPDAfPajOH6oztnPCdaiTe500/sX13/huyaAQAA&#10;AAAoMzFchInhiEAMF2ViuJyI4RKZGM4KOjEcMC8xXIXXP3ljds0AAAAAAJSZGC7CuoOXt26+WQxH&#10;UGK4KBPD5UQMl8jEcFbQieGAeR1cvf+SyTPh0TOeEa0i27863pldNQAAAAAAZSWGizAxHBF899on&#10;awfEcKEnhsuJGC6RieGsoBPDAfPyznDV3uRuD2VXDQAAAABAWYnhIkwMRwRiuCh73Qved/rh2ZFz&#10;DsRwiUwMZwWdGA6Y1zW3ntgjhqv0/vTA2om92XUDAAAAAFBGYrgIE8MRgRguysRwORHDJbKSxnDN&#10;7mA48/e5VWZiOGBeB9bEcFVfZ238iuy6AQAAAAAoIzFchInhiOC7107XlvujN816QcdymxguJ5sx&#10;XEMMV/lNY7id+34wu/ZSEMOlMTEcMK+Dq/dfMnkmPPoZz4dWtfXHf946snFRduUAAAAAAJSNGC7C&#10;xHBEIIaLsNX1173gXWK4PIjhEpkYzgq6yR2L4YC5TN8ZbvJc6J3hqrz+6K8OHB63sisHAAAAAKBs&#10;xHARJoYjAjFchInhcrO93r5iQQxX/ZUyhju+3OwNxXAVX7M7+K3mWweL2bUDnDUxXCob/efsygEA&#10;AAAAKBsxXISJ4YhADBdhYrjciOESmRjOCrqmGA6YkxgujXX645Wld5x+WHbtAAAAAACUye6Vu79S&#10;DBd43cHLr7tu44uzI4cgxHARJobLjRgukU1juB1iOCvemtMYbkUMBzx4Yrhk9q4Dq6Ovz64dAAAA&#10;AIAy2b1y/CsXu0MxXMiJ4YhADBdhYrjciOESWb31iYUdS2I4K9yaYjhgTgfWTorh0tiRztrJXdm1&#10;AwAAAABQJmK4CBPDEYEYLspeK4bLhxgukYnhrKBriuGAOYnhUtnog8ur68/Jrh0AAAAAgDLZjOF6&#10;YrigE8MRgRguysRwORHDJTIxnBV0TTEcMKeDq/dfMnkmPPoZz4dWxfVH903/Stzs2gEAAAAAKBMx&#10;XISJ4YhADBdlYriciOESmRjOCrqmGA6Y0+Y7w/VH7z7jGdGqt2nweHV27QAAAAAAlIkYLvx2dQcv&#10;v0AMR2DLv37fwnJ/LIYLOzFcTsRwqaz1t2I4K+KaYjhgTmK4ZCaGAwAAAAAoKzFc+InhiEEMF2Wv&#10;fcG7Pi6Gy4EYLpWVL4ZrrgwOiOGqv6YYDpjTVgw3FsNVff3x0eXbxHAAAAAAAKUkhgs/MRwxiOGi&#10;TAyXk60YrvV/zw6orDoTw1kxN7njO8RwwDzEcIlsM4Y7IYYDAAAAACgjMVz4ieGIYfmO+xaWD4vh&#10;Ak8MlxMxXCoTw1kxJ4YD5tW57cQzxHAJrD8+eqA/3pddOwAAAAAAZSKGC7/moeM/IYYjNDFclInh&#10;ciKGS2ViOCvmxHDAvMRwiUwMBwAAAABQXmK48BPDEYMYLsrEcDkRw6UyMZwVc2I4YF5iuEQmhgMA&#10;AAAAKK/NGK47eOusFwotn4nhiEEMF36dtfFrW0c2LsqOnHMghktlYjgr5sRwwLzEcIlMDAcAAAAA&#10;UF5iuPATwxGDGC78xHD5EcOlMjGcFXNiOGBeYrhEJoYDAAAAACgvMVz4ieGIYfmO0wud/ujNM1/M&#10;sVwmhsuPGC6VieGsmBPDAfMSwyUyMRwAAAAAQHmJ4cKveWjwExdcd50YjqDEcOHXWVsXw+VEDJfK&#10;Wn+7vd76D9m1l4IYLo2J4YB5dQ6ffMbyYTFc1dfpj4/uF8MBAAAAAJSTGC78ml0xHOGJ4cJPDJef&#10;hR1LO8RwKUwMZ8VcsyuGA+YzjeE6a6P3zHpWtOpMDAcAAAAAUGJiuPBriuGIQAwXfmK4/IjhUpkY&#10;zoq5aQy3eOjeZnbtAGdNDJfGxHAAAAAAACUmhgu/phiOCMRw4SeGy48YLpWVMIY7JIZLYWI4YF5i&#10;uDQmhgMAAAAAKDExXPg1pzHcxsYXZUcOQYjhwk8Mlx8xXCoraQzXHRyf9fvcqrPJHd+xeGgghgMe&#10;NDFcGhPDAQAAAACUmBgu/JpiOCIQw4Vf5/D4NWK4fIjhUpkYzoq5yR2L4YC5iOHSmBgOAAAAAKDE&#10;dv+iGC70mmI4IhDDhV+nP35N62YxXB7EcGms1mj97TYxnBVwkzsWwwFzEcOlMTEcAAAAAECJieHC&#10;rymGI4Krf/O+7WK4sBPD5UcMl8bEcFbUTe5YDAfMZSuGG4vhKr5Of10MBwAAAABQVs1Df3KpGC7s&#10;mmI4ItiK4cZiuIATw+VHDJfGao32/yuGsyJucsdiOGAu+1dPPFMMV/1N7vhDYjgAAAAAgJISw4Vf&#10;UwxHBGK48NuK4f5aDJcDMVwaE8NZUTe5YzEcMBcxXBoTwwEAAAAAlJgYLvyaYjgiEMOFnxguP2K4&#10;NCaGs6JucsdiOGAuYrg0JoYDAAAAACgxMVz4NcVwRCCGCz8xXH6yGO7XZwVUVp2J4azAu31RDAfM&#10;QQyXxsRwAAAAAAAl1jz0kUsXu8fFcAHXFMMRgRgu/MRw+RHDpbFyxnAfOdDsDsVw1Z8YDpiLGC6N&#10;ieEAAAAAAEpMDBd+zd7xl4nhCE0MF37TGG75jtP/KjtyzoEYLo2J4azAE8MBcxHDpTExHAAAAABA&#10;iYnhwk8MRwxiuPATw+VHDJfGxHBW4InhgLmI4dKYGA4AAAAAoMTEcOEnhiOGzRhudfSWWS/mWD4T&#10;w+VHDJfGxHBW4N2+eIMYDnjw9q+eFMMlMDEcAAAAAECJieHCTwxHDFf/5mkxXOCJ4fIjhktjZYzh&#10;dnUH14rhkpgYDpjLZgzXH/3XWc+KVp2J4QAAAAAASkwMF36bMdwFYjjCuvrdp7d31sRwIdfpr4vh&#10;ciKGS2NiOCvwxHDAXMRwaUwMBwAAAABQYtMYrrkyuGnGi4SW08RwxCCGCz8xXH7EcGlsGsPV6u0f&#10;yK69FMRwyUwMB8xFDJfGxHAAAAAAACUmhgs/MRwxiOHCTwyXn4UrrqqL4ao/MZwVeGI4YC5iuDQm&#10;hgMAAAAAKDExXPiJ4YhBDBd+Yrj8iOHSmBjOCrzbd3fv3ZVdO8BZE8OlMTEcAAAAAECJieHCr9kb&#10;vGxy1GI4ghLDRdmrxXD5EMOlMTGcFXhiOGAu195x8pnLa2K4qk8MBwAAAABQYmK48BPDEYMYLsrE&#10;cDkRw6UxMZwVeGI4YC5iuDS2FcOdEMMBAAAAAJSRGC78shgOghLDRZkYLidiuDRW2hiuJ4ZLYGI4&#10;YC4H1k7snTwTiuEqvmkM1zk8bmfXDgAAAABAmWzGcD0xXMiJ4YihtXr/JWK44BPD5UQMl8bEcFbg&#10;ieGAuYjh0pgYDgAAAACgxMRw4SeGI4aDq/dfsrw2FsOF3auX7/iYGC4HYrg0Joaz4u7Y7bu7x8Rw&#10;wIMmhktjYjgAAAAAgBITw4WfGI4YxHBRJobLiRgujdUa7b8Rw1kxJ4YD5iOGS2NiOAAAAACAEhPD&#10;hZ8YjhjEcFEmhsuJGC6NieGsuBPDAfMRw6UxMRwAAAAAQImJ4cJPDEcMYrgoE8PlZOGKq+sLjbYY&#10;ruIrbww3+Mis3+dWpYnhgPmI4dKYGA4AAAAAoMSe/pajjxfDhZ0YjhjEcFEmhsvJNIar1du/MSug&#10;supMDGeF3aHhYTEcMA8xXBoTwwEAAAAAlJgYLvzEcMQghouw/vjVL7p1419mR845EMOlMTGcFXZd&#10;MRwwnwNrJ/cu90dHZj4rWmUmhgMAAAAAKDExXPiJ4YhBDBdhYrjcLFwphkthYjgr7MRwwJzEcGlM&#10;DAcAAAAAUGJiuAjrDq/LjhuC2Yzh+qMbZr2YYzlNDJcbMVwaE8NZYSeGA+Ykhktjnf74Q51VMRwA&#10;AAAAQCmJ4SJMDEcEB1c3xHChJ4bLjRgujYnhrLATwwFzEsOlMTEcAAAAAECJieEiTAxHBGK4COuv&#10;i+FyIoZLY2I4K+zEcMCcxHBpTAwHAAAAAFBiYrgIE8MRgRguwsRwuRHDpbHJHYvhrJgTwwFzEsOl&#10;MTEcAAAAAECJieEiTAxHBGK4CBPD5UYMl8Y2Y7jGvu/Prr0UxHCJTAwHzEkMl8j64z8RwwEAAAAA&#10;lNTT33Lv45u942K4kBPDEYEYLsLEcLmp7Ww3xHDVnxjOCjsxHDCnrRhuLIar+sRwAAAAAADlJYaL&#10;MDEcEYjhwu/A2vhVYrh8iOHSmBjOCrvu8PCeGz/y9OzaAc5a57b1Z4nhEpgYDgAAAACgvMRwESaG&#10;IwIxXPiJ4fIjhktj5YzhPnJtszcUw1V9YjhgTmK4RCaGAwAAAAAor80Yrjv4hZkvFFo+E8MRQefX&#10;73+MGC7sxHD5EcOlsVq99Te1xlKpYrjdNwwPiuESmBgOmJMYLpGJ4QAAAAAAyksMF3ynxXDE0Dl8&#10;/2OW18RwISeGy48YLo2VNYab/O4Ww1V9YjhgTp3D68+aPBeK4ao+MRwAAAAAQHk9/SYxXOCJ4Yhi&#10;K4Ybi+ECbiuG+0sxXA7EcGmslDFcTwyXxMRwwJzEcIlMDAcAAAAAUF5iuNAbnF7sHhPDEZwYLvw6&#10;a+NXfbsYLhdiuDQmhrPCTgwHzEkMl8jEcAAAAAAA5SWGCz0xHHGI4cJPDJcfMVwaq9VbHxfDWSEn&#10;hgPmJIZLZGI4AAAAAIDyEsOFnhiOOMRw4SeGy48YLo2J4ayw6x47vOcGMRzw4HUOn3pWpz9676xn&#10;RavQxHAAAAAAAOUlhgs9MRxxiOHCbxrDLf3e6YdlR845EMOlMTGcFXabMdw9YjjgQRPDJTIxHAAA&#10;AABAeYnhAq8rhiMOMVz4ieHysxXDtd45K6Cy6kwMZ0VdszdYe7oYDpiDGC6RieEAAAAAAMpLDBd4&#10;YjgiEcOFnxguP2K4NCaGs6JODAfMSwyXyMRwAAAAAADlJYYLPDEckUxjuE5/tPKAF3Ist4nh8iOG&#10;S2NiOCvqxHDAvMRwiUwMBwAAAABQXmK4wJvGcL3h/z87bgimc/i0GC7wxHD5EcOlMTGcFXViOGBe&#10;YrhEthnDnRDDAQAAAACU0dO6H/6qphgu3MRwRCKGC7/O2roYLidiuDQmhrOiTgwHzEsMl8j64z85&#10;cHjcyq4dAAAAAIAyEcMFnhiOSMRw4SeGy48YLo2VNobrDu59wO9zq9TEcMC89q+uf4MYLoGJ4QAA&#10;AAAAyksMF3hiOCIRw4VfZ3X9VUvvEMPlQQyXxsRwVtSJ4YB5bcVwYzFc1SeGAwAAAAAoLzFc4Inh&#10;iEQMF36d/vhnxHD5EMOlsa0YrvXvs2svBTFcGhPDAfMSwyUyMRwAAAAAQHmJ4QJPDEckYrjwE8Pl&#10;p9Zo7RTDVX9iOCvqxHDAvMRwiUwMBwAAAABQXmK4wBPDEYkYLvzEcPkRw6UxMZwVddMYblfv+NOy&#10;awc4a2K4RCaGAwAAAAAoLzFc4InhiOTqd33qsWK4sBPD5UcMl8bEcFbUieGAeYnhEpkYDgAAAACg&#10;vMRwgSeGIxIxXPiJ4fIjhktjYjgr6sRwwLzEcIlMDAcAAAAAUF6bMdwhMVywieGIZCuGG4vhAm4r&#10;hvuoGC4HYrg0Joazoq7ZFcMB8xHDJTIxHAAAAABAeYnhgu8fJxPDEZwYLvzEcPkRw6UxMZwVdU0x&#10;HDCn/aunvqHTH/32mc+JVrGJ4QAAAAAAyusZ3Q9/1WLv2C/OeqHQcpkYjijEcOEnhstP7fLWRQuN&#10;9l1nxlNWsdXbp2o7lpayay8FMVwaa4rhgDmJ4RKZGA4AAAAAoLye0f3Tr1rsDcVw4faPiytiOMIT&#10;w4WfGC4/2xv7Hl9rtH51ZkBllVlp3xmuJ4ar+ppiOGBO195+6huW18RwlZ8YDgAAAACgvMRwwSeG&#10;IwoxXPhNY7iDRzYemh055+ARO/Y/qlZv3TAroLLqrFZv/++yxXCL3XueL4ar/ppiOGBOYrhEJoYD&#10;AAAAACgvMVzoDf5xceWYGI7grv6tTz22c1gMF3JiuFx90UK9/TOzAiqrzsRwVtQ1u8f7YjhgHmK4&#10;RCaGAwAAAAAoLzFc6InhiGMzhlsbdWe+mGO5TAyXr4Wd+35wVkBl1ZkYzoo6MRwwLzFcKhvdLYYD&#10;AAAAACgpMVzoieGIQwwXfmK4fG3b2f62hUZrOCuismqsnDHcUAyXwJrdQX9X7x4xHPCgieFSmRgO&#10;AAAAAKC0xHChJ4Yjjqt/67QYLvDEcPnatvN5T1hotA+fGVBZdVbeGG4ohqv4mmI4YE7L/fVvFMOl&#10;MDEcAAAAAEBpieFCTwxHHGK48Ov018VwOas12m+ZFVFZRVZvn6rtWFrKrrsUxHBprCmGA+a0FcON&#10;xXCVnxgOAAAAAKC0xHChN/jH3b3hj2fHDcGI4cJPDJe/Wn3f8xYa7fseEFFZJead4ayoa4rhgDmJ&#10;4VKZGA4AAAAAoLTEcKEnhiMOMVz4ieHy94gd+x9Va7RunRVSWfknhrOirimGA+YkhktlYjgAAAAA&#10;gNISw4WeGI44XvBbpx+7LIYLu8PjV4rh8rfQaL/4zIjKqjExnBV1TTEcMCcxXCLrj+4+sCqGAwAA&#10;AAAopT1vvuerF8VwASeGIw4xXISJ4YK49NKDD63VWx+fFVNZyVdvn6rtWFrKrroUxHBprCmGA+Yk&#10;hktkYjgAAAAAgPISw4Vdszf4x6YYjgiuve1TXy6GCzwxXDALO5Z+cGZMZaXe5jvD7Wx/X3bNpSCG&#10;S2PN7qDffOvxp2bXDnDWxHCJTAwHAAAAAFBeYriwE8MRixguwsRwwTzqya1H1Oqt/zorqLLyTgxn&#10;RV1zGsOtiOGAB28zhuuPfucBz4lWrYnhAAAAAADKSwwXdmI4YtmK4U6K4UJODBdUrd6+dlZQZeVd&#10;aWO47uBPZ/1Ot+qsKYYD5rTcPyWGS2FiOAAAAACA8hLDhZ0YjljEcBHWH7/y4E33iuECqjXavzYr&#10;qrJyTgxnRV1TDAfMSQyXyMRwAAAAAADltedGMVzINbtiOOIQw0WYGC64hR1LO6YB1aywyso3MZwV&#10;dU0xHDAnMVwiE8MBAAAAAJSXGC7smt3hP4jhiEEMF2FiuCgWdiz94Kywyso3MZwVdU0xHDAnMVwa&#10;6/RHd+8XwwEAAAAAlJMYLuzEcMQihouw/viVP7B2+iHZkRNQrdH+zVlxlZVrYjgr6ppiOGBOYrg0&#10;No3hOmujpezaAQAAAAAoEzFc2InhiEUMF2FiuGi21fd97UKjfd+ZcZWVa2I4K+qaYjhgTmK4NCaG&#10;AwAAAAAoMTFc2InhiEUMF2FiuKi219tXzwqsrDyrNdp/XboY7pAYLoU1xXDAnMRwaUwMBwAAAABQ&#10;YmK4sBPDEctmDLc66s16McdymhguuoVG+zVnBlZWnm3GcDvEcFbIrYrhgHl01ta/aXlNDFf1ieEA&#10;AAAAAEpsM4brHnvbjBcJLYeJ4YhFDBdhYrjzotZov2dWaGXFnxjOCjwxHDCXrRhuLIar+MRwAAAA&#10;AAAlJoYLOzEcsVx722kxXOiJ4c6Lx12+9OiFevsTs2IrK/bEcFbgieGAuYjh0pgYDgAAAACgxMRw&#10;YdfsDsRwRCGGi7D+uhjuPLn4yqufMiu2smJPDGcFnhgOmIsYLo2J4QAAAAAASkwMF3bNzRjumBiO&#10;4MRwESaGO6+2NVrtWcGVFXdiOCvwxHDAXMRwaUwMBwAAAABQYntu/LOvXuwOxXCB1pzGcIeGL82O&#10;G4K59t2nv3x5TQwXdGK4865Wb71kVnRlxVwZY7hm79h3i+FS2GC1ufJhMRzwoInh0pgYDgAAAACg&#10;xMRwYdcUwxGJGC78DqyNf1oMd/7VGq3erPDKCrh6+1Rtx1KpXkgWw6UyMRwwHzFcGhPDAQAAAACU&#10;mBgu7JpiOCIRw4VfZ238088RwxXCQr311pnxlRVq3hnOCruuGA6YzzSG6/RHd816VrTqTAwHAAAA&#10;AFBiYriwa4rhiKSz9qnHieHCTgxXLAv19jtmBVhWnG3GcPV935tdWSmI4RKZGA6YU2ftlBgugYnh&#10;AAAAAABKTAwXdk0xHJGI4cJPDFc8C/X26qwIy4qxWqP117X6khjOirfuYHXx0PAp2bUDnDUxXBoT&#10;wwEAAAAAlJgYLuyaYjgi2YrhTorhAk4MV0y1euvIrBDLCrB6+1Rtx1KpXkgWwyUyMRwwJzFcGhPD&#10;AQAAAACUmBgu7JrTGK4rhiM8MVz4bcVwx8RwBVSrt941M8ay8zrvDGeFnRgOmJMYLo111kZ/LIYD&#10;AAAAACipxRuOfY0YLtyaYjgiEcOFnxiu2Gr11i/PCrLs/K2cMdzwuyfPRWK4qk8MB8xJDJfGxHAA&#10;AAAAACW2GcP1xHCh1hTDEYkYLvzEcMVXq7dXZkVZdn4mhrPCTgwHzEkMl8bEcAAAAAAAJSaGC7um&#10;GI5IxHDhN43hWndvfGl25BRUrd66flaYZedh9fap2o6lUr2QLIZLZGI4YE77V9e/WQxX/YnhAAAA&#10;AABKTAwXds3e8JQYjhjEcOEnhiuPWn3f986MsyzqvDOcFXZiOGBOYrg0JoYDAAAAACgxMVzYieGI&#10;ZRrDdfqjQ7NezLF8JoYrl1q9/exZgZbFW63R+l9iOCvkEo/hHtH4zkdub+x7/HSXXnrwodn/GDgL&#10;WzHcWAxX8YnhAAAAAABKTAwXdmI4YhHDhV9ndfzTrZvFcGWybec1T5gVaVmclTWGa3YHfzbrd7pV&#10;aAnEcLXLW5dM/5riyffiSxfq7Zsmf9412cf+6fvzc61Wb907+d69s9Zov2Xyr18y+Z89dxrPZf+x&#10;kDwxXBoTwwEAAAAAlJgYLuzEcMQihgs/MVx5LdTbnzgz+LAIq7dPTWOc7BpKQQyXzG6rYgw3fZe3&#10;yffec6ch2+TPo5/1/ZjH6u0P1uqt6xd2tL/5gr17L8z+sZAUMVwaE8MBAAAAAJSYGC7sxHDE0lk7&#10;LYYLPDFcudUarV+dGXdYsJX2neF6YrgEVqkY7pKdS7Vt9aV9k++3lYV6ezDr+zHEao32H032cws7&#10;lr6jdnnrouzDgUoTw6UxMRwAAAAAQImJ4cJODEcsYrjw66yui+FKrlZv/cisoMPCTAxnBV5lYrht&#10;O5/3hFqj/Z8m32/vn/V9GHOTj+HdtZ3t75v+Fa3ZhweVc2B1/ZuXxXCVnxgOAAAAAKDExHBhJ4Yj&#10;FjFc+InhqmF7fekbZ0Uclv/EcFbg3bZ4Q/ljuMc8+ZpttR2tlxXxr4Ku1Vv3Tv588fSvbs0+XKiE&#10;A4fXv3n5sBiu6hPDAQAAAACUmBgu7MRwxCKGi7KfEsNVRxHjkcqt3j5V27FUqheSxXDJrPQx3MIV&#10;V2+fvtvl9K8qnfn9V6TV2+/dXl964QWXt/wOpfQ2Y7i10ftmPCdahSaGAwAAAAAosWkM1+wOfmnG&#10;i4SWw8RwxCKGizIxXMUs1FtvmhluWC7zznBW4JU+hpt8bz1n8n129Mzvu6KvVm8d2V5vX5F9GlA6&#10;Bw6fEsMlMDEcAAAAAECJieHCbhrDLfaO//+y44Zg9r3zxFeI4YJPDFdBtfq+580KNuzcJ4azAq/U&#10;MdxjLm995eT767UL9dbJWd97pVi9/Ve1evvHtteX/1X2aUEpiOHSmBgOAAAAAKDExHBh1+wNTi32&#10;BmI4ghPDRZkYrqIe0Tj4yIVG6w9mBhs298RwVuCVOoa7uHHVs2r19m/M+r4r6W6c/LzYmX16UGhi&#10;uDQ2jeGWbz91VXbtAAAAAACUiRgu7CZnK4YjCjFclInhKm6h0X7NGYGGncvq7VO1HUulelcVMVwq&#10;G9y2eMPR0sZw2+v7vn3y/fWJmd93JV6t3rr34iuvKvVfX0v1ieHS2FYMNxLDAQAAAACUkRgu7CZn&#10;K4Yjiq0Y7qQYLuzEcAmoNdq7a/XWx2eFGvbgNn1nuIV6699lR1sKYrhUNrhtT2/45OzaS2fy/fXi&#10;ze+vGd93FdnRWr19bfbpQqGI4dKYGA4AAAAAoMTEcGE3OVsxHFHsu/3EV3QOi+EC76daN98thktE&#10;rdHqzQg07EFMDGfFXXljuMsue85DFurt6ybfX+uzvu8qtXr7Lyaf57/PPnUoBDFcGhPDAQAAAACU&#10;mBgu7CZnK4YjCjFclInhEpP9VYT/MDPSsC+4UsZwK8deIIZLYSV+Z7i9ey9MNNZ9cXYCcF4t99e/&#10;RQxX/XX6oz9e7ovhAAAAAABKafEX/uxrmt2hGC7QmmI4IhHDRdlPvegDG1+SHTkJqTVad84IM+wL&#10;rd4+VduxtJQdYymI4VJZeWO4RzS+85G1euv6md9zVV+9/YmyBbZUjxgujYnhwqtd3rpo8oy9c/qs&#10;OPm99pLajtbLJj/nb9pco33L5H925Mx9+n9fb79h+n9fayx9f62+9JzalUuXZf+xAAAAAABiuNBr&#10;iuGIRAwXZWK4hNXq7WcvNNof+6wwwz7vvDOcFXdiuDJv8vnfu73evjo7EohqK4Ybi+EqPjFc/i6+&#10;4nlPnD4XZu9uetdk+T9X19unJn8enfwzbpv8+ZrJnjv9vZl9CAAAAABAKsRwYdcUwxGJGC7KxHBc&#10;sFBv/8ynX3CzzzsxnBV35f5rUiffX7ec+f2W5OrtT0zjiuxkIAoxXBoTw527i7/uOx6+bUf7mZOf&#10;1y+e7G21euvuz/oZHnf3LTRavz2NyWv1pQPbG1c/KfswAQAAAIAq2tUbXCaGC7qTYjhimMZw+/uj&#10;G2e9mGO5TQzHpkuu3Pf1tXr7v894oc0+Y2I4K+7K/s5wSz8363su2dXbd0x/LmdHBEGJ4dKYGO4c&#10;7N174eY7KteXXr3QaP2PmT+3C7BavbU++ThXJx/jDy1ccVU9++gBAAAAgCoQwwWfGI4onn/7ia9Y&#10;FsOFnhiOz7Kt3npBrdG6f9YLbCaGsyJPDFfF1Rrtt1x22XMekh0VBCGGS2NiuPnUdl61OHn2+/GF&#10;evu9s35OF3m1evt/T55df3VhR/t7tjf2PT77lAAAAACAMhLDBZ8YjijEcFEmhmOmhUb7lWe+oGab&#10;+5gYzoq5MsdwBx9Za7TFcJ9ntcbSj2bHBbkTw6UxMdyDN/n5+9zJ7vrMn8cl3321RqtXu3LpsuxT&#10;BAAAAADKQgwXfGI4onj+7afFcOEnhuNzuvjKqx+70Gj9+owX0lKeGM6Kue7w1rLGcNO/fm7yvXXL&#10;Gd9rdubq7VMXX/G8J2anBrmZxnCd/uh3ZzwnWoUmhjt7j24sfXmtsfT9tUb7PTN/Hldh9dbfT/78&#10;hcmem33aAAAAAECRieGCTwxHFGK4GFsXw/EFTf9apYVpBDbrhbTUVm+fqu1YWsqOphTEcImsxDGc&#10;d4Z7cKvV2790wQXXfXF2fHDOxHBpTAx3dqbRca2+7yWTn7X/fdbP4KquVm+9c/I5X/vop3W+LDsK&#10;AAAAAKBIxHDBJ4YjCjFcjInhOHvTCGyh3h7MegEtoZXvneEOieGSmBguudV2tA5mRwjnZLl/SgyX&#10;wMRwX9glO5dqk2fdH578TvqjWT93U1mt3l6t7dzXyo4FAAAAACgCMVzwieGIQgwXYYfHPymG48Ha&#10;Xl96Ya3e/t+zXjxLYCWM4Y6/oNkbiuGqPn9NapqrtwfT88tOEuYihktlJ/9IDPf5ba+3r15otNZm&#10;/rxNcJPn/U9N/nzzwo72ruyIAAAAAIDzRQwXfGI4ohDDRVh//JMvWhHDMZ9pFHbmi2aVXxn/mlQx&#10;XBrzznBJr9ZY+v7sOOFBE8OlspEY7vPYtuOqZ9Qard7k99F41s9Za3+4Vm//2MVXXv3Y7MgAAAAA&#10;gJjEcMF3cnFFDEd4B2498ZViuMATw5GDbfXWf1iot/5qxotmlVut3vpQrd6+NvvUS2EzhusOPzrj&#10;97lVaWK45Dc5w/c8ovGdj8yOFc7a8u2nvqWzJoar/sRwn9PevRdOnvFeUmu01mf9fLUH7OjkvPZk&#10;pwcAAAAAxCCGC76Ti93j/yU7bghGDBdhYjhyNI3EprHYjBfMKrNao/X+hZ37vjP7lEtBDJfIxHCW&#10;bXKW350dLZwVMVwqE8N9LgtXLDUnPzvfPutnqn3uTc7srxfqrR8XYgMAAABABGK44BPDEYUYLsLE&#10;cARQa7R2LjTaHzvzBbOK7Oj2xr7HZ59qKYjhElmJY7jpO/JMvrduOeN7zc5l9fbvZ6cLX5AYLpWJ&#10;4T6X2o7WwenPzZk/T+1s97btjaWnZUcKAAAAAORtM4ZbGfzyzBcKLY+J4YhiK4Y7KYYLOTEcAU1f&#10;EKvVW78848WyMu/NF1/xvCdmn2IpiOHS2OSOb316Wd8Zbsf+R3lnuEDbcdU3ZccMn1Nnbf1bxXAp&#10;TAw3S+3y1iW1evunFuqtv5/5c9Qe1Ca/z//bQqO1nB0vAAAAAJAXMVzwieGIQgwXYZsx3AfEcAT1&#10;2KceuLjWaL98od7+u1kvmpVnrY/W6q0fueDJLyrV94wYLo1NY7hdb/3Tf51de6mI4cJuGnlkRw0z&#10;ieFSmRhulmkMN/lZedeZPzvtHFdvn6rtaL0sO2YAAAAA4FyJ4UJvcHKxOxDDEZwYLsLEcES2sKP9&#10;zQv19mDmi2ZFX739+xdfedVTsk+lNMRwaazZHdy6660DMZzNXK3Rev/jdi09LDty+CxbMdxYDFf5&#10;ieFmqdXbz54847131s9Oy2n19hsf3Vj68uzIAQAAAIB5iOFCTwxHHGK4COuPf/K6IxsXZkcO0Uxf&#10;EKvV972kVm99aOaLZgXb5OP8f2r19g886smtR2SfQmmI4dJYs8Qx3AV79144+T675czvO8t/k59l&#10;e7JTh08Tw6UyMdwstR1LSwuN1v+Y9TPTct/bLtm5dHl29AAAAADAg7EZw/XEcOEmhiMOMVyEieEo&#10;gOlfT1Wrt66vNVrrM140O/+rtz8x/WueHtH4zkdmH3KpiOHSWNM7w9nZrt6+Ljt62CSGS2ViuFkm&#10;v3++e6HeOjbz56UF2eTMf3NhR3tXdgUAAAAAwNkQw4WeGI44pjFcZ3X01tkv5lguE8NRMNt2tP91&#10;rb70k7V6+09mvXgWe7V66/cnH8uPXXzFNU/MPsTSEcOlsaYYzh7EpiFCdvwghktmYrhZttVb/2Hy&#10;c/FjZ/6ctPCbPGcfmf41tdlVAAAAAACfjxgu9MRwxCGGizAxHAU2fSe2hUb7xZPd9ZkvnEVZvX2q&#10;1mjdOdnzL7304EOzD6mUxHBprCmGswe/P1+44urt2TWQMDFcKhPDzTL5WTh91pz1M9Li7WMXX/G8&#10;0v5/PAEAAACAKMRwoSeGI44Dd574ys6aGC7oxHCUyKN3fNfjFhrtl9YarfdPY7UzXkTLZdO/qnX6&#10;LhWTf/3ixzz5mm3ZP7rUxHBprDmN4W4oZwx3wd69F06+5275zO9Fi7fJz7w92U2QqM0Yrj/6vQc8&#10;J1rFJoabZfIz8CWF/av6U1u99b5tO9rPzK4GAAAAAPhMYrjgG4vhiEEMF2FiOEqsdnnrolp96TkL&#10;jfYrp+/itlBvDx7wotoX2lZUd3Ty77+ttqP1sosbVz2r7O8EdyYxXBprljiG885w53+1ne3vy66D&#10;BInhUpkYbhYxXCF3eFv9qiuzKwIAAAAApsRwwSeGI4oDd26I4QJvf3/8k3vFcFTN3r0X1q5cumwa&#10;ttV2LC3VGq3n1+qtH5nGbguN9oun/+/Jn8+d/u+n7zaX/bsqa1f32AvFcNVfUwxn57p661XZlZCY&#10;ztopMVwSG/3RgcOnnpddOxkxXIFXb908fabPrgoAAAAA0iaGCz4xHFGI4cJvf39dDAcVJ4ZLY83e&#10;8DfFcJbDfi27FhIihktlYrhZxHCl2I0LV1y9PbsyAAAAAEjT098yfEKzNxTDhZsYjijEcOHXWRu/&#10;QgwH1SaGS2NljuGm7+a40GjfcsYL33aeVmu0/ji7GRIhhktl0xhuJIY7w+Tn3ovP/DloBV29fVN2&#10;bQAAAACQHjFc4HXFcMQhhgs/MRxUnxgujXlnOMt3rY9m10MCxHCpTAw3i3eGK91O1xpL359dHwAA&#10;AACkQwwXeGI4Itm/euJSMVzYieGg+sRwaawCMdzrZ7zgbedz9dbfZ1dExYnhUpkYbhYxXFnXuqfW&#10;2Pet2TUCAAAAQPWJ4QJPDEckYrjwE8NB9W3GcD0xXNUnhrNQe9STW4/IroqKuua29WeL4VKYGG4W&#10;MVy5N7m727Y39j0+u04AAAAAqC4xXOCJ4YhEDBd+YjioPjFcGhPDWcg99kn7viK7LipIDJfKxHCz&#10;iOGqsclzxOuyKwUAAACAahLDBZ4YjkjEcOEnhoPqE8OlsTLHcF+5Y/+jFsRwhd8lV+6/NLsyKkYM&#10;l8rEcLOI4Sq18WT/NrtaAAAAAKgWMVzgdYfj3b3jP5YdNwSzFcOdFMMFnBgOqk8Ml8bEcBZj03fx&#10;y66NCjlw2/qzl/tjMVzlJ4abJYvhRrN+5lk5N7nTP5zc6c7sigEAAACgGsRwgSeGIxIxXPhtxXBH&#10;xHBQYWK4NCaGs0j75AUXXPfF2dVREQcOrz978lwohqv8xHCz1Or7xHAVXa3e/tnsmgEAAACg/MRw&#10;gSeGIxIxXPh1+uNXtG7e+BfZkQMVtLt77IWT399iuIpvGsM1D917ZXbtpSKGK9nq7b/Iro6KEMOl&#10;MjHcLGK4aq/WaP/N9sbS/5ldNwAAAACUlxgu8MRwRCKGCz8xHFTfVgw3+POZv9OtMitzDHfB3r0X&#10;LjTat5z5ArYVd7VG64+z26MCxHCpTAw3ixgukdVbNz9u19LDsmsHAAAAgPIRwwWeGI5IxHDhJ4aD&#10;6hPDpbFm1zvDWeTV27dkV0jJieFSmRhuFjFccvu32dUDAAAAQLk8/a3DJzS7g1+Z9UKh5TAxHJFs&#10;xnD90U0PfCHH8poYDqpPDJfGxHB2PlZrtF6bXSMlthnD9Ufvn/WsaFWaGG6Wyc+yF5/5s80qvz+/&#10;9NKDD82+BAAAAACgHMRwgSeGIxIxXPiJ4aD6dnePv3Dy+1sMV/E1u8d+s3nomBjOoq9Wb/9AdpWU&#10;lBgukR0++YdiuAfyznDprtZo/6fsywAAAAAAik8MF3jdwXh3byCGIzgxXPiJ4aD6xHBprMwx3AV7&#10;91640GjfcuaL1FaeXdy46lnZbVJCBw6fEsOlsP7JPzywKoY701YM1xbDJbpao/X+bf/6ux6TfTkA&#10;AAAAQHGJ4QJPDEckYrjwE8NB9Ynh0liZY7jHXb706AXvDFfu1dsfu/jKqx+bXSklI4ZLZP2RGG4G&#10;MZxNV9vZ/r7sSwIAAAAAikkMF3wjMRwx7F89LYYLPDEcVJ8YLo2J4ey8r95eza6UkhHDJTIx3Exi&#10;OPun1eqtOy/+uu94ePalAQAAAADFIoYLPjEcUYjhwq/TXxfDQcWJ4dKYGM6KsFqj/fLsWikRMVwi&#10;E8PNJIazM1erLx3IvjwAAAAAoDjEcGHX7A1Hu1bEcIQnhouyl4vhoNrEcGls8nz2rrLGcBfs3Xvh&#10;QqN9y5kvRls5V6u39mQ3S0mI4RKZGG4mMZzNWq3e/o3sSwQAAAAAikEMF3ZiOGIRw0WZGA4qTgyX&#10;xsocw3lnuGqtVm/9/qOf1vmy7HopgeXV9eeI4RKYGG6mWr39Y2I4+5zbse+bsi8VAAAAADi/nvnW&#10;4RMWxXDBJoYjln2H1x/fWRPDBZ4YDipODJfGxHBWqNVbr8qulxIQw6WxTn/0h/vFcA8ghrMvvNZP&#10;Z18uAAAAAHD+iOHCTgxHLGK4KBPDQcWJ4dKYGM6Ktlq9/ezsiik4MVwaE8PNJoazs9nk6+S/X/x1&#10;3/Hw7MsGAAAAAOLb0/3Q14rhwk0MRyxiuCgTw0HFLd4w+J7J728xXMVX5hjugr17L1xotG8584Vn&#10;K/nq7Q9mN0zBXXPr6ImdtfHHZjwnWpXWH913YO3EnuzayYjh7EHuudmXDgAAAADEJYYLOzEcsYjh&#10;okwMBxW32BPDpTDvDGfFXOtF2TVTYMurJxaX10a/PeM50So07ww3mxjOHvTqS2/IvnwAAAAAIB4x&#10;XNiJ4YhlK4Y7KYYLOzEcVJwYLo2J4ayg+53HPPmabdlVU1CdtdHlnf76rTOeE61CE8PNJoazeVar&#10;tz508ZVXPzb7MgIAAACA8MRwYTeN4Zq94y/JjhuCEcNF2ctbN98shoMKE8OlMTGcFXetH8qumoK6&#10;9rZPffny2uhtM54TrUITw802+Tn14gf+3DI7u9XqS8/JvpQAAAAAIKw93eNfu9gdiuECTQxHLAcP&#10;rz/+gBgu9F5+3cbGF2dHDlSQGC6NbcZwby5nDHfB3r0XLjTat5z5ArNVY7V6695LLz340Oy2KajJ&#10;M+FbznhGtKqtP7rvwNqJPdmVk8neGW486+eX2VnuldmXEwAAAACEI4YLOzEcsYjhokwMBxUnhktj&#10;0xhusXvvzuzaS2XrneFaPz/jxWWryna0vye7bgpqub/+/ZPnwn844znRKjTvDDebGM5yWb11R/Yl&#10;BQAAAABhiOHCTgxHLNMYbrk/+oVZL+ZYbhPDQcWJ4dKYGM4KvXr7HZdd9pyHZFdOAR24bfRtk+fC&#10;Y2c8J1qFJoabTQxnea1Wb338MZe3vjL70gIAAACAfInhwk4MRyxiuCgTw0HFieHSWJljOH9NagKr&#10;t0/VGq1yfn0m4uCRjYdOnguPnvGcaFWavyZ1JjGc5b6d+74z+/ICAAAAgPxsxnCHxHChJoYjFjFc&#10;lInhoOLEcGnMO8NZCfbS7MopqOXDo5fOeFa0isw7w80mhrMQm3xN/UT2JQYAAAAA+RDDhZ0YjljE&#10;cFEmhoOKE8OlMTGcFX711lsv/roXPDy7dgpo+Y6TT++sje+Z8bxoFZgYbrbJz6cXP+DnlVkOq9Vb&#10;R7IvMwAAAAA4d2K4sBPDEYsYLsrEcFBxYrg0Joazwq/efq+/KrX4Js/eb5rxvGgVmBhuNu8MZyE3&#10;+do6nn2pAQAAAMC52YzheoO3z3qh0M59za4YjjgOHt4Qw4Xe6vrLr7tODAdVJoZLY2WO4S7Yu/fC&#10;hUb7ljNfQLbK7b6Lr7zqKdmtU1D7V8c7Zz4zWvnXH913YO3EnuyqyYjhLPxa//iYJ7e+MvuSAwAA&#10;AID5iOHCTgxHLGK4COuPf0IMB9W2GcN1B38x63e6VWfN3rF3LXbv8c5wVuR9rNZoPT+7dgqs0x+v&#10;zHxutFJv+s5wnbXRd2XXTEYMZ7G2bUf7mdmXHQAAAAA8eGK4sGt2B+vN3jExHMGJ4SJMDAeVJ4ZL&#10;Y2I4K/pq9faJhZ37fjC7dgqsc9uJZ0yewT8+89nRSjsx3GxiOIu5ydfbtdmXHgAAAAA8OGK4sGuK&#10;4YhEDBdhYjioPDFcMntnWWM4f01qUntxdusUXKc//tmZz45W2onhZhPDWfTVWz+effkBAAAAwNkT&#10;w4VdUwxHJMu/uf5VYrjAE8NB5YnhkllpYzjvDJfQ6u3rsmun4FpHNi7q9EfrM58frZzrj+47sHZi&#10;T3bFZMRwdp52Y/YlCAAAAABnRwwXdk0xHJGI4SJMDAeVJ4ZLZmI4K/7EcKXSOTz+npnPj1bKeWe4&#10;2SY/m178gJ9VZhFWq7eOZF+GAAAAAPCFieHCrimGIxIxXISJ4aDyxHDJrLQx3GOf+NyLxXCJTAxX&#10;Ostro7fPfIa00k0MN9u2Ha3/4p3h7HytVm/9P9mXIgAAAAB8fmK4sGuK4YhEDBdhYjiovMXe8e9Z&#10;7A7FcNWfGM6KPzFc6Vx7ePykyTPj/3rAM6SVbmK42cRwdr5Xq7c+lH05AgAAAMDnJoYLu6YYjki2&#10;YriTYriQE8NB5YnhEllXDGclmBiulJZX11848znSSjUx3GxiOCvCJl+Df5Z9SQIAAADAbGK4sGuK&#10;4YhEDBdhmzHcdWI4qDAxXCITw1kZJoYrrckz45tmPktaaSaGm00MZ0XZ5Ovw/82+LAEAAID/j727&#10;gZPrPOh7H8C8FEyBWLOyaWgCdUhQohkFk1izViracntpm5K3nZGtWcWB0jS9LbcuhRIg4FBa+kIv&#10;KZAm1qwcAyEJiSFv1oycmOJyfe+lLbQpEOpEs7KBAIEGmhe/aHadSPfMzLMvXo03lo6eOefM8/1+&#10;Pv+Pk5DYO2fOzJ7d82MEXEgMF3dNMRwzIoabwXprP3L+/PnPC4ccmEPjGG5FDDf3E8NZFSaGq7Ts&#10;uvHXpl5PWiUmhptODGdlWnYuDp9y3au+MJyeAAAAALBl8Y33P0sMF2/NUQx3YvX7wuGGaJbff/Zr&#10;l0+J4WLuaG/tR54ihoO5JoZLZGI4q8LEcJWWXTfu7/SG69OuKa38E8NNl7033XLBe5VZwQunJwAA&#10;AABsEcPFXVMMx4yMYrhOf/izO2/k2OWbGA7mnxgukXVX333D7Q80wtNeKWK4hCaGq7yjveGLpl1T&#10;WgXWGz50rP/oofBUEvhkOCvrnvqCzp8PpykAAAAAiOFirymGY0bEcPEnhoP5t9gd/N3s+7cYbt4n&#10;hrMqTAw3Fzqn1r972nWllXvZz1X/3SfDXUgMZ2Vdrd5+9ClPufXzw6kKAAAAQOoWT4jhYq4phmNG&#10;xHDxJ4aD+SeGS2RiOKvCxHBzo9Nf+8lp15ZW3onhplvY3/qB7P1JDGelXK3e/p/hVAUAAAAgdWK4&#10;uGuOYriuGI74xHDxJ4aD+SeGS2RiOKvCxHBzJbuWfM/Oa0sr78Rw04nhrOyrNdoPhNMVAAAAgJSJ&#10;4eKuKYZjRsRw8SeGg/knhktkYjgr/86J4eZPp7c2mHaNaSVcb/jQsf6jh8JTRyCGsyqs1mj9djhl&#10;AQAAAEiVGC7ummI4ZmT5/efEcJF3tHdWDAdzTgyXyMRwVv6J4ebUcm/t9LTrTCvXfDLcdGI4q8pq&#10;jdavhdMWAAAAgBQtnnjgWYsrZ8RwkdYUwzEjYrj465xae50YDuabGC6RVTmGe/5LrlqoL/30tBu/&#10;NlcTw82x5d7aH0671rTyTAw3XfbedMuO9yqz0q7WaN0TTl0AAAAAUiOGi7umGI4ZEcPFnxgO5p8Y&#10;LpGJ4az8E8PNueXe8JPTrjetHBPDTTf+ZLh6a33Ke5ZZSdf69+H0BQAAACAlYrjoe1QMxywcPXn2&#10;68RwcSeGg/knhktlZ94lhrOSTwyXgGnXm1aS9YYPHes/eig8VQQLB8RwVr3VGke+N5zCAAAAAKRC&#10;DBd9YjhmQgwXf2I4mH9iuFQ2EMNZ2SeGS0SnN/yzadedVux8Mtx0Yjir6moHjrTCaQwAAABACsYx&#10;XHfw9uk3Cu0yTAzHTIjh4k8MB/NPDJfKRjHcR8RwVuaJ4RLS6Q1/f9q1pxU3Mdx0Yjir8vY2ll4Q&#10;TmUAAAAA5p0YLvrEcMyEGC7+Or211z3lKWI4mGdiuFQ2eNcNbxLDWaknhktMdp15/7TrTytmYrjp&#10;xHBW5dXq7Uf21l+6EE5nAAAAAOaZGC72Bo82u6fFcEQnhos/MRzMPzFcKqtyDHfsqoV6Www3/xPD&#10;JWi5P/zgtGtQK2C94UPH+o8eCk8NgRjOqr5avf074XQGAAAAYJ6J4WJPDMdsTGK4dTFcxInhYP6N&#10;Yrhmd/CH07+n2/xMDGelnxguUcv94dt2XoPa7OeT4aYTw9k8rNZovT2c0gAAAADMKzFc7InhmA0x&#10;XPxNYjhgnonhUpkYzko/MVzCOr2z/2rndajNdp3e8L937hLD7SSGs3lZrbH0veG0BgAAAGAeieFi&#10;TwzHbIjh4k8MB/NPDJfKxHBW+onhErfcP/v3d16L2uwmhptODGdztf1H/lo4tQEAAACYN2K42BPD&#10;MRvjGK43/LlpN3Ps8kwMB/NPDJfKxHBW+p1bqB/54fC0k6jOXWe/eef1qM1oveFDx/qPHgpPBYEY&#10;zuZptUb7ga/Yf/SrwukNAAAAwDwRw8Xe4NHsr/80HG6IRgwXf2I4mH+LJ8RwaWzwrkMrZ+rhaa8U&#10;MVwyE8Mx9sq7H/2a7Br/f+68LrW488lw04nhbP7W+qVwegMAAAAwT8RwkdcVwzEbYrj4E8PB/FsU&#10;wyWy6sZw11x30x4xXBITw/E4nf7aqZ3XphZvoxhuuffYS8LhJxDD2Xxu6QfDKQ4AAADAvBDDRZ4Y&#10;jhkRw8WfGA7m36IYLpGJ4az0E8Nxgex69F9svza1eJvEcEMx3A7Ze9MtO96rzOZj+9sHw2kOAAAA&#10;wDxoHv/wsxdXxHDRJoZjRsRw8SeGg/m3KIZLZGI4K/3EcEyVXfN/y85rVIuw3vChY/1HD4XDTjD6&#10;BC2fDGdzuXrr/33awaU/F051AAAAAKpODBd5Yjhm5OjJ82K4yBPDwfxbFMMlMjGclX5iOJ7Qje99&#10;aG+nP/ztndeqdvnmk+GmE8PZPK/WaP+zcKoDAAAAUHViuMgTwzEjR+85/3Wdvhgu7oa3hsMNzKlF&#10;MVwiE8NZ6SeG43Pq9Nd+8sLrVbscE8NNJ4azuV69/dieA0uHw+kOAAAAQJWJ4SJPDMeMiOFmMTEc&#10;zLvFEw/83WZ3VQw352uuDN51vRjOyj0xHE/KsVPDF0+/brU8E8NNJ4az+V/r7nC6AwAAAFBlYrjI&#10;E8MxI2K4WUwMB/NODJfGxHBWgYnhuCjLvbWPTr9+tUtab/jQsf6jh8LhJRDDWQqrNZa+N5zyAAAA&#10;AFSVGC7yxHDMyJH+2b8khos9MRzMu+bK6qvEcPO/5nExnJV+Yjgu2nJ//XumX8Paxc4nw02XvTfd&#10;suO9ymz+Vm8/9tT9L31aOO0BAAAAqCIxXOSJ4ZgRMdwsJoaDeSeGS2PN7plfEsNZySeG45K8YvQz&#10;QW/4m9OvZe3JTgw3nU+Gs1RWq7e74bQHAAAAoIrEcNH3SDYxHNGNbnwti+EiTwwH804Ml8bEcFb+&#10;tc4t1JfEcFyyTm/tddOvZ+3JTAw3nRjOUlmt0Tq7Z/+RvxFOfQAAAACqRgwXfWI4ZkIMN4uJ4WDe&#10;ieHSmBjOyr/WZ8Vw5HXT+z69p9MffmL6da3tut7woWP9Rw+FQ0kghrOUVmu03h5OfQAAAACqRgwX&#10;fWI4ZkIMN4uJ4WDeieHSmBjOyj8xHJdP5+TwNdOvbe2J5pPhphPDWWrb02i1w+kPAAAAQJWI4aJP&#10;DMdMTGK4dTFc1InhYN6J4dJYszv4petXPlzlGO4N027Y2jxNDMfl9R0fOPfVy721X77w+tamb/2D&#10;YrgLieEstdUarbuect2rvjC8BAAAAACoiubxB5/d7K7+wrQbhXZZJoZjJsRwsTc8J4aD+SeGS2NN&#10;MZyVfmI44uj0126+8DrXLtxQDDdF9v50y4XvV2ZzP+8FAAAAAFUjhos+MRwzIYaLPTEcpEAMl8aa&#10;Yjgr/cRwxNXpDd9+4fWuba43fOhY/9FD4XARLDSOjD4Z7rHp71tm87rWL9X2ta4MLwMAAAAAqkAM&#10;F3uDRxZXTovhiG4cw/WGb5l6M8cuw8RwkAIxXBpriuGs9BPDEV/n1PBZnd7w7guve80nw00nhrMk&#10;V29/cuHAkReHlwEAAAAAVSCGi73BI4vHxXDEJ4aLvN7w3PJJMRzMOzFcGmuK4az0E8MxO0d7j/2N&#10;5d7a6Quuf5OeGG4aMZylu9ZPhZcBAAAAAFUghos9MRyzIYaLPDEcJEEMl8aa3cEvHXzz6v7wtFeK&#10;GC6VieGYvaMnz77ygmvgVOePSZ1KDGeprlZv/85Vz3v5N4WXAgAAAABlJ4aLvcEji93V7w2HG6IR&#10;w0WeGA6SIIZLY00xnJV+YjiK0+kNf+iCa+Hk5pPhphHDWcqrNVrfF14KAAAAAJSdGC72xHDMhhgu&#10;8sRwkIRxDLcy+KPp39NtXtYUw1npJ4ajWK/6jfNfmF0D/9vHXQ8nNTHcNNn70y0Xvl+ZJbP7n3L4&#10;8BXh5QAAAABAmTXvEMPFnRiO2XhF/5wYLubEcJAEMVwaa4rhrPQTw1EOh+89f8Vyb+3OC66N53yd&#10;/vAT/pjUC2XvT6/Nvgf5ZDhLcrVG+4G99SMvCi8HAAAAAMpMDBd7YjhmQwwXeb3huWP9oZvSMOfE&#10;cGmsKYaz0k8MR7l0+o88rdNfe8MF18hzu+GvHu0N/0Z4+ATZ+5MYztJefem7w8sBAAAAgDITw8We&#10;GI7ZEMNFnhgOkiCGS2PNUQx3mxjOyrxRDNf6ofC0Q2l8x3s+/uXZtfG/yPaZzevk+dx7l08+uhge&#10;NkH2/iSGs6RXq7due8p1r/rC8JIAAAAAoKzEcLEnhmM2lt979loxXMSJ4SAJYrg01qxwDHf1gaWa&#10;GC6FieEov05/eEt2jfzYBdfN87F7WveevzI8VILs/UkMZ0mvVm/9yt7Gy58TXhIAAAAAlNX1Kx/5&#10;BjFczInhmA0xXOSJ4SAJYrg01hTDWeknhqM6jvXWjnZ6w/98wfVzRdfpDz99tHf2n397/1wtPESC&#10;7P1JDGep76MLjaWXhpcEAAAAAGUlhos9MRyzIYaLPDEcJEEMl8aaYjgr/cRwVE+nv35wub/+tguu&#10;oyu2Tm/435fvXvv28LDYJnt/uuXC9yuzxFZvvTq8JAAAAAAoKzFc7InhmA0xXOSJ4SAJYrg0lj3P&#10;vyiGs3JPDEd1Hb73/BWd3tnXdXrDs1Ovq8u/e46cOvuM8HDYJnt/8slwZvX2reElAQAAAEBZieGi&#10;72ExHLOwfPfZa5dPieFirdMbnuuI4WDuieHSmBjOyj8xHPPhWH/9UHYN3a1KGJd9rf+h01+7+dZb&#10;z39+eAhsk70/ieEs+dUarX+7b1/ri8LLAgAAAIAyEsNFnxiOmRDDxZ0YDtIghktjYjgr/8RwzJ9j&#10;/UcPdXpr90271i7DOv21j2XX+7eMPtkufMnskL0/ieEs+dXq7eNf/eyXXBVeFgAAAACUkRgu+sRw&#10;zMQkhlsXw0Vap7/2WTEczD8xXBoTw1n5J4Zjvh09OXzZcm/4lk5v+PC0a+8C9qujEO7oyUefHr5E&#10;psjen8Rwlvxqjfbb9jaO+KOUAQAAAMpMDBd9YjhmQgwXd53+UAwHCTh4/CN/Tww3/xPDWfknhiMd&#10;R0+uHVjurb1+9Mls067Do643fCz75747+9c3+kS4zy17f7rlwvcrs+R2X21f68rwsiCyF3RPP+2G&#10;42cOLa4MvrN5fPC6xe7qv8x+Xrtj58b/+ej/nv33Rv/90f8u/C0AAACAFInhIq8rhmM2xHBxJ4aD&#10;NIjh0pgYzso/MRxpGgVpR0+e/Zbl/vpKzDiu0xuezf56T6d39jtvet+n94R/PJ9D9v7kk+Es+dXq&#10;rXfXGq0D4WXBZTaK2Ba7gxc3u4Mfya7b78r7s1n43981/vtlf1+RHAAAACRCDBd5YjhmZBTDdXrD&#10;n9+4wWOXd2I4SMPB46t/r7myKoab84nhrPwTw8GGm943fPbR3tlXZz/rvD27Hv/tELJNvWbfbZ3e&#10;2oOd/tqpTu/s6zp3nf3mm+89/yXhH8GTlL0/ieEs+Ynh4nhB98Nfe0P39N9Z7A7emu1j067hL9ea&#10;2d8/21sPZv+80T83fAkAAADAPBHDRZ4YjhkRw8WdGA7SIIZLY82VwS8evO1+MZyVeZ8Rw8Hubj75&#10;8NXH+o8eOnry7CtHWz45fO04dAsbBXST//zst46COn8Man7Ze5MYzpKfGO7yW7xt9Zua3dW3ZD+H&#10;PTTt2j32Rv/c0T9/sfsRzysAAADMCzFc5InhmBExXNyJ4SANYrg0JoazCkwMB5RO9t4khrPkJ4a7&#10;fL71J09/cbO7etNid/Wd2c9gj027bi9ga4srg7c3TzzQar3z/BeELxUAAAComnEMd/z0O6b88G+X&#10;Y2I4ZkQMF3diOEiDGC6NjWK45onV54anvVImMVzr30+7OWtzNTEcUDrZe5MYzpKfGO7yuX5l8M3Z&#10;z14fnHa9XpY1u6v33tA9fTB8yQAAAEBViOHirtldfbh54oHvCYcbohHDxZ0YDtIghktjYjirwMRw&#10;mZve9+k9nZOPLndOrf348qn1tyz31u7Nrsvu7/TWHhz9dfzvs/989H8f/fdG//3wPwUiyN6bxHCW&#10;/MYx3IF2I7wsuETNEx/5y83u6kr2s9dw2vV62ZZ9rZ/O/vrvhXEAAABQEeMYbkUMF2vN7uDh5omB&#10;GI7olu8+J4aLuHEMd2rdJ7TAnBPDpbFmVwxnpV/SMdzyXWvP7fTOvm65t/ZrO6/JntSy/934f5/9&#10;fcLfErgMsvcmMZwlPzHc5dFcOf2aZndwdtq1etmX/bz40MHu6VvCQwEAAADK6PqVB78h+yFeDBdp&#10;TTEcMyKGi7tJDDcUw8GcO7gihkthTTGclX31dGO4oyfX/3J27fWm5d7wU9uvxS55vbVPZdfIx4+e&#10;PPtXwj8CuETZ+5MYzpKfGC6/5onTz2uuDO6Ydp1etTW7p1cOvnl1f3hoAAAAQFmI4eKuKYZjRsRw&#10;cZcd289mE8PBnBPDpbGmGM7KvkRjuJtPPnz1cm/t9cu94WM7r8UuyyZ/3zeN/jnhHwlchOz9SQxn&#10;yU8Ml9/i8TMvz67Jf3XnNXqV1+yu3nvDyurLwkMEAAAAiiaGi7umGI4Zuemu4TPFcPEmhoM0iOHS&#10;WFMMZ2VfojHcsVNrrUv+o1Evdr3hBzv9teXwjwaehOz9SQxnyU8Ml192Pf73myuD39t5jT4PGz+u&#10;7ulXh4cKAAAAFEUMF3dNMRwzIoaLOzEcpEEMl8aaYjgr+xKN4Tq99X+UXW/9/s7rsJjL/nl/stxb&#10;/6eH7z1/RfgygCeQvT+J4Sz5ieHyOv95B48Pvn9xZfDJadfpc7Pu6p/5fTAAAAAUSAwXd00xHDMi&#10;hos7MRykYRzDdQcfm/Y93eZn2XMshrNyL8EYbhSjdfprP739+mvW6/TX7xDFwRPL3p9GMdxnLnjP&#10;MktoYrh8Dt967xWLK2deP+0afX43+NHw8AEAAIBZEcPFXVMMx4yI4eJODAdpEMOlsew5FsNZuZdg&#10;DHfzyYevzq653rRx7VXkOv3hG76rf+6Lw5cGBNn7kxjOkp8YLp/Ddzz4lenFcGHd1VvDYQAAAABi&#10;E8PFXVMMx4yI4eJODAdpEMMlszvFcFbqieFKseza7wfClwdksvcnMZwlPzFcPknHcNma3cHZg93V&#10;W8LhAAAAAGJ5wZtO7xPDxVtTDMeMiOHiTgwHaRDDJTMxnJV7k9jkteFpT0IZY7jROv21Pz168uwr&#10;w5cJSRu9L4nhLPXV6u13ieEuXeox3Oa6gz9urpz+9nBYAAAAgMtNDBd32bF9qHlcDEd8kxhuXQwX&#10;b58Rw8H8E8MlMzGclXsJxnCH7z1/xXJv7c4d11+lWac//MSRU2efEb5cSNLofUkMZ6lPDJfP4Vvv&#10;vWJ0Lb7j2jzZjX9vXNGfSwAAAKDUxHBxJ4ZjVsRwsTcUw0ECxHDJrLIx3N76SxfEcAnMJ8OVdtn1&#10;4PHwJUNyRu9LYjhLfWK4fMafDNcd/Lsp1+ep7+7FEw88KxwmAAAAIC8xXNyJ4ZiVcQx3cvjWaTft&#10;7HJMDAcpEMMlMzGclXtJxnDnr17uDW+78BqshOsNP3Ws/9jfDF86JCP7/vNDYjhLfWK4fMRwu6/Z&#10;HbzxuuO/8YXhcAEAAACXSgwXd2I4ZkUMF3tiOEiBGC6ZieGs3BPDVWO94VvClw9JEMOZieHy8sek&#10;Psl1T786HDIAAADgUojh4k4Mx6zc9IHhMzt9MVy8ieEgBTesrP69RTFcChPDWbmXYAx3+N7zVyz3&#10;1u6cfh1W7h3rP3ooPAyYa2I4MzFcXj4Z7smvubL6O4u33f9N4dABAAAAF+PQm07vy37AFsNFmhiO&#10;WRHDxZ4YDlIghktmdzbfKIazEs8nw1VvveFPhYcCc0sMZyaGy0sMdwnrDn4yHD4AAADgyRLDxZ0Y&#10;jlkRw8WeGA5SIIZLZtWO4RpiuLmfGK6Sy67Ff/1Vv3H+C8NDgrkjhjMTw+Ulhru0NVcG/6vZPfOi&#10;cBgBAACAz0UMF3diOGZFDBd7YjhIgRgulQ3uvKH7e88JT3uliOESmRiu0jvWf/RweFgwV8RwZmK4&#10;vA7feu8V2fX4nRden9uTWbO7em84lAAAAMBuxHBxJ4ZjVm76wDkxXNQNP7N8aj2pm9KQosXu6VeL&#10;4VLYKIYbiOGsvBPDVX7ZdflrwkODuSGGM5vEcAvPu7EeXhZcpENv/K2vyq7FfTJcjjVXVh9bPD74&#10;tnBIAQAAgGkO3S6Gi7lxDLdy5p+Eww3RvPID5565LIaLuFEMNxTDwZwTw6UyMZyVfGK4OdnwbeHh&#10;wVwQw5mJ4fISw12+NVcGd4TDCgAAAOw0juG6g3dO+6Ha8k8Mx6wc6w2/XgwXc2I4SEGze3pp/P9p&#10;P+V7us3PmiuD+w6/4UNXhqe9UsRwiSzBGK5z6uFrsmuuOYvhxp8Q9x/CQ4TKE8OZieHyOvTG3/uq&#10;xZUzYrjLtsEnm93VvxoOLwAAALBBDBd3YjhmRQwXe2I4SMHB7uAV2ffvP9j5/dzmbT4Zzkq+evux&#10;7K9iuDlZpz/87fAwodLEcGZiuLwO33rvFdn1+J0XXp9bnjVXzrwpHGIAAABgRAwXd82VwUPZxHBE&#10;J4aLPTEcpOCG21dfmn3/vn/n93Obt4nhrOQTw83dOv21PwkPFSpLDGcmhsvLJ8PF3OC3Dt1+uhYO&#10;NQAAAKRNDBd3YjhmRQwXe2I4SMENK6f/t2Z38OvTvqfbHO3E6jurHcMtvXHazVmboyUYwx2+9/wV&#10;y721Oy+8BpuvhYcLlSSGMxPD5SWGm8UGR8LhBgAAgHSJ4eJODMesiOFiTwwHKTj8hg9dudhdHUz7&#10;nm7zs+za7L7Rcx2e9koRwyUynww3t+v0hp9ovfNDXxQeNlTKOIZriOEs7Y1juOeK4S6VGG5G6w6O&#10;h0MOAAAAaRLDxV2zK4ZjNsRwsSeGgxRcd/w3vrDZXX3jtO/pNkfzyXBW9onh5nu9tQ+Hhw2VIoYz&#10;E8PldfjWe6/IrsfvvOD63C77mt3BJ8JhBwAAgPSI4eKuKYZjRsRwkddbe2z5pBgOUpBdF333tO/p&#10;NkcTw1nZJ4ZLYb8aHjpUhhjObLxfEsNdOp8MV8BODP5KOPwAAACQjkO3/+6+xe6qGC7SmmI4ZmQS&#10;w62L4WJNDAfJaJ5YfW6zOzg77fu6zcf8MalW+onh0lhv7c7w8KESxHBmo7V+aeG5LxfDXSIxXDFr&#10;Hh98T3gKAAAAIA1iuLhrdlc/LYZjFsRwkdcbiuEgEd/6k6e/uLmy+o5p39dtTuaT4azsSzCGO3zv&#10;+StGcdjU67A5Xqe/9qPhEEDpieHMRhPD5SGGK3DdwdvD0wAAAADzTwwXd2I4ZmUcw/WGb5t2k80u&#10;w8RwkJTFlcF3Tvu+bnOySsdwywsLjbYYbt7nk+GS2tHe8G+EwwClNonhWp+94D3LLKmJ4fI4fOu9&#10;V2TX43decH1us1l38LHwVAAAAMB8E8PFnRiOWRHDRZ4YDpJy/Zvuf0Z2ffSr07632xxMDGdlX5Ix&#10;3LlrOr3h8anXYXO+Tn/tf9z87vNfGQ4FlJYYzmw0MVweh976e1+12B385NRrdJvV1hdP3P/V4SkB&#10;AACA+TS6ESiGizcxHLMihos8MRwk52D39C3Tvrdb9Zddm913+A0fujI81ZUihktkYrjkdrQ3vD0c&#10;CigtMZzZaGK4PMRwJdqJQTM8LQAAADB/xHBxJ4ZjVsRwkSeGg+Q0T/zO05srq78x7fu7VXzZta9P&#10;hrNSL8EY7vC9569Y7q3dOfU6LJX1hi8JhwNKSQxnNpoYLg8xXLnWPLF6Y3hqAAAAYL6I4eJODMes&#10;iOEiTwwHSVpcOf2Pp31/t4pPDGdl3ziGO/KD4WlPQuqfDBd213e85+NfHg4JlI4Yzmw0MVweh2+9&#10;94rsevzOC67PrbA1jw++Jzw9AAAAMD/EcHEnhmNWxHCRJ4aDJDXfuLow+iM1p32Ptwovu/Y9dPvv&#10;7gtPc6WI4RKZGC7ldcIhgdIRw5mNJobLwyfDlXMHu4N/Fp4iAAAAmA9iuLgTwzErx3rnxHAx1xs+&#10;dqy/ntRNaWCieXzwkmnf4626GwWOh9/woSvDU1wpC8+9ce+CGG7+J4ZLeMN3tN55/gvCYYFSEcOZ&#10;jdb6pYX9S/vDy4KLJIYr8wb/LjxNAAAAUH1iuLgTwzErYrjIG8dwQzEcJCr7Xn7HtO/zVtFV+JPh&#10;xHCJLMEY7vC9569Y7q3dOfU6LKVl15yd/iMHw2GBUlmoL/2wGM5MDJeHGK7k6555c3iqAAAAoNrG&#10;MdwJMVysjWK4xRNnvjscboimc2r4rOW+GC7WOuMbk2I4SNXBlcG1zZXB7037Xm8VnBjOyj6fDJf0&#10;OieH3xsOC5SKGM5sNDFcHodvvfeK7Hr8zguuz600G/0/goWnCwAAAKpLDBd3YjhmRQwXd2I4oLmy&#10;+qpp3+utghPDWdknhkt7vbXX33r+/OeHQwOlIYYzG00Ml8fBlQ891SfDVWDdgU+IAwAAoNrEcHEn&#10;hmNWxHBxJ4YDRprdwVumfb+3iq07eOeh20+L4ay8E8MlvuE7jrz70a8JhwZKQwxnNpoYLg8xXJV2&#10;5vXhaQMAAIDqEcPF3TiG64rhiE8MF3diOGDk8B0PfklzZfV3pn3PtwpNDGdlX4Ix3OF7z1+x3Fu7&#10;c9p1WIK7/+aTD18dDg2UhhjObDQxXB5iuGqt2R38SHjqAAAAoFrEcHEnhmNWxHBxJ4YDNhxcWb1h&#10;2vd8q9DEcFb2JRjD3fieR76601vzyXDZOv21U53+IwfDoYHSEMOZjSaGy+PwrfdekV2P33nB9bmV&#10;ds3jg+8JTx8AAABUxziGWxn4JUSkieGYFTFc3InhgO0Wu4PvmvZ93yqzdxx6kxjOSjwxXNITw1FW&#10;Yjiz0cRwefhkuGruhu6gHZ5CAAAAqAYxXNyJ4ZgVMVzcdfpr62I4YLvse/zKtO/9Vv41Vwb3HX7D&#10;h64MT2WliOES2TiGW0orhvuAGG5jYjjKSgxnNlrrF8Vwl04MV90duv2B68PTCAAAAOUnhou7Znfw&#10;6cXuQAxHdJMYbl0MF2liOGCaxe7qqWnf/63088lwVu7VW2K4hCeGo6zEcGajieHyEMNVd82V1eHh&#10;Ox68OjyVAAAAUG5iuLhriuGYkVEM1+kN377zZppdnnX6QzEcMNVid/V/TLsGsFJPDGflXr21LoZL&#10;d2I4ykoMZzaaGC6Pw7fee0V2Le730FVdd/Cx8FQCAABAuYnh4q4phmNGxHBxJ4YDnsjh43+4J7uW&#10;emTadYCVdmI4K/eSjOHOieHCxHCUlRjObDQxXB4HV37/qYvdMz4ZrsJrdlffEp5OAAAAKC8xXPR9&#10;SgzHLIjh4k4MB+zm+jfd/4wp1wBW0jVXBvcdfsOHrgxPX6WMYrhao/2m6TdnbW4mhkt6oxhu+f3r&#10;14dDA6UhhjMbTQyXxyiGa66s/tS0a3Sr0s784/CUAgAAQDmJ4aJPDMdMiOHiTgwHfC4Hbxt845Tr&#10;ACvhmiur73hBhT8ZTgyXwFKN4U6J4UYTw1FWC/UjYjgzMVwuYrj52cHjpw+HpxUAAADKRwwXfWI4&#10;ZkIMF3fZsV3vnBTDAbtb7J554ZRrASvZxHBW+qUaw/WH3WnXYalNDEdZieHMRhPD5XH41nuvyK7H&#10;/R56Dpb9TPXx8LQCAABA+Yjhok8Mx0yI4eJODAc8WQdXBt865XrASjQxnJV+Yrik1+mtnVo+KYaj&#10;fMRwZqOJ4fLwyXBztu7g34enFgAAAMpFDBd9YjhmQgwXd+MYrrf+A+FwA+zq+pXBN0+5JrCSrLky&#10;uO/wGz50ZXi6KkUMl8gSjOG+Qwy3uey6UwxHKYnhzEYTw+UhhpvDHT/98vD0AgAAQHk037j63OwH&#10;VzFcvInhmInOqXNiuIgTwwEX64aVM//blOsCK8FGnwx3/cqD3xCeqkoRwyUyMVzSE8NRVpMYrn3u&#10;gvcss6TW+sW99fZzw8uCiySGm8N1V//boTf+1leFpxgAAADKQQwXfWI4ZuKm9w2fLYaLt0kMNxTD&#10;AReleXywOOXawAqeGM5KPzFc0hPDUVZiOLPRxHB5HL713iuy63G/h567nXl9eIoBAACgHJonxHCR&#10;J4ZjJsRwcSeGAy7VDbc/0JhyfWAFTgxnpV+CMdwr7nrkL4jhJhPDUVZiOLPRxHB5+GS4+Vz2nH58&#10;sXvmheFpBgAAgOKJ4aJPDMdMiOHiTgwH5HH9m+5/xpRrBCtozZXBfYff8KErw9NTKWK4RCaGS3pi&#10;OMpKDGc2mhguDzHc/C57XrvhaQYAAIDiieEir7v6qcWVM/84HG6IRgwXd2I4IK/FE/d/eXZd8GdT&#10;rxdspvPJcFb6JRrDLYvhxhPDUVZiOLPRxHB5iOHmeo/ecHz1b4SnGgAAAIolhos8MRwzIoaLOzEc&#10;cLk0VwYfnHrNYDNb8/hpMZyVe6MY7kArqesOMdzj1hfDUUZiOLPRxHB5HL713iuy63G/h57fvTs8&#10;1QAAAFAsMVzkieGYETFc3InhgMupubL6nqnXDTaTVTmGq+1rXS2GS2BiuNQnhqOUxHBmo4nh8nj+&#10;T/+Pq3wy3ByvO/jjxRMP/PXwdAMAAEBxxHCRJ4ZjRlr3nr+y01u7b8rNNLtM6/SHt4TDDZDb4onV&#10;n5567WDR11wZ3Hf4DR+6MjwVlSKGS2RiuNQnhqOUFurtW7P3KDGcJT4xXB5iuATWXf3x8HQDAABA&#10;ccRwkSeGY0Y6/XN/frm/7gZipPlkOCCGxROrr5x6/WBR1+yu/sL1Kx/xyXBW3onhUp8YjlISw5mN&#10;JobLQww3/2t2B//9+pUP18NTDgAAAMUQw0WeGI4ZWu6t/ciOG2l2mSaGA2K5fuVMvdkdPDb1OsKi&#10;TAxnpZ8YLvX1l08+IoajdMRwZuPdKYa7dIdvvfeK7Hrc76HnfqeXw1MOAAAAxRDDRZ4Yjhk62jv7&#10;6k5v+PCUG2qWc2I4ILbsuuE/XXAdYVEmhrPSL9kYzqcch4nhKCUxnNl4Yrgcnv+zPhkujQ1eH55y&#10;AAAAKMYohmt2B784/QdXyz0xHDN09OTwxZ3e2mDHzTS7DBPDAbPQ7K6uTL2esMu65srgvsNv+NCV&#10;4bBXihgukYnhUp8YjlISw5mNJ4bLQQyXxrLn+L0v6H74a8PTDgAAALMnhos8MRwzdNP7Pr1nubf2&#10;0R030+wyrdMf3hIONUA0B7uD9tRrCrts88lwVvqJ4VKfGI5SEsOZjSeGy8Efk5rGmt3BJw6uDK4N&#10;TzsAAADMnhgu9gafXFw5LYZjZjr9s/962400u3xb88lwwKxcd/zDexa7g9+cfm1heSeGs9JPDJf6&#10;xHCUkhjObDwxXA4+GS6RdQe/m/3MdVN42gEAAGD2xHCxJ4ZjtpZPri92esPf23FDzfJPDAfMXHNl&#10;8Prp1xeWZ2I4K/3EcKlPDEcpieHMxhPD5fD8n/2Dq7Jr8Z+edo1u87Ps59hPLnZXXx2edgAAAJg9&#10;MVzsieGYveXe2k/tuKFmuTcUwwGFuKF7+uD0awy71DVXBvcdfsOHrgyHuFLEcIlsFMPtTy2GOyeG&#10;21r/FXevvyAcGigNMZzZeGK4HMRw6ay5cvo14WkHAACA2RPDxZ4Yjtnr9B/7a8u9tf+546aa5ZoY&#10;DijOrbee//zmyup7pl9r2MWuyp8Mt7e+/GULjdZPTbkxa/M0MVzqE8NRSmI4s/HEcDmI4RJad/XW&#10;8LQDAADA7InhYk8MRzE6veGJHTfVLNfEcEDxblhZvXn69YZdzKocw43U6q0fnXJj1uZpqcZwJ4cr&#10;06/DkpsYjlISw5mNd+fexo3PCS8LLpIYLqGJ4QAAACiSGC72xHAUo9N/5Gk7bqpZznX6w1vC4QUo&#10;zOKJ+788u8a458JrDnuyG8VwzTsefHY4pJVTq7e+Z6HefmzKzVmbl4nhUp8YjlISw5mNJ4bL4brj&#10;H94jhktkYjgAAACKJIaLvcEnF4+L4SjGcu/sP9xxY80uecO15VPr3x8OLUDhFrsfeeX0aw/7XGuu&#10;DO47/IYPXRkOZeXU6kvfKoZLYklF+K/4ZTHc1s6K4SglMZxZtroYLg8xXEITwwEAAFCkcQy3IoaL&#10;NzEcxVruD986/SabXdxGMdxQDAeUygvecvrPN1dW3zP9GsSeaFX/ZLg9+9t/eaHe/uDUG7Q2H0vx&#10;k+HEcNsmhqOcxHBm2cRwuYjhEpoYDgAAgCKJ4WJPDEexOqcevqbTGz44/UabPfmJ4YDyyq41Xp5d&#10;dzx84XWITVvVY7in7n/p0xYarV+ceoPW5mNiuMQnhqOcxHBm2cRwuYjhEpoYDgAAgCIdvO3+/WK4&#10;mBt88obualJ/xBHlc+zU8GXTb7TZk15PDAeUX3ZN96bp1yO2fVWP4UYW6u2fnnqD1uZp/pjUZCeG&#10;o5zEcGbZxHC5iOESmhgOAACAIonhYk8MRzks99ZeP/1mmz3ZdfpDr2Wg9J5/x4NXL3YHH5t+XWKj&#10;Zde+9x1+w4euDIeskhYa7Zdk+/Tjbs7a3KzWaK/tSeyT4Tr9R54mhtuYGI5yCjHc1Pcts2QmhstF&#10;DJfQxHAAAAAUSQwXe2I4yqPTG949/Yabfc6NPhmu55PhgOpY7J7pLHYHfzr9+iTtjT8Z7ni1Pxmu&#10;tq91Za3eftfUm7RW+SUbw/XFcKN1+mf7N4nhKCExnFk2MVwuh8Vw6UwMBwAAQJEO3ra6v7myKoaL&#10;NjEc5dLpDf/btJtu9jkmhgMqKrvO+6Hp1ygpb/D25vEPVzqGG6nVl/7+1Ju0VvmJ4dJe59RaTwxH&#10;GYnhzLKJ4XIRwyWzc2I4AAAACiWGiz0xHOXT6Q3/YNqNN9tlYjig4ha7q6emX6ukt3n4Y1JHnv70&#10;m79kodH+6AU3aW1eltTPEGK4rXV6a72b7hLDUT5iOLNs9dY79zZeLoa7RGK4ZCaGAwAAoFhiuNgT&#10;w1E+R09+8qs6veH6tJtv9gQTwwFzYPHEA89a7K6+e/o1S0qbj0+GG1nYv/SPpt6otUrPJ8OlPTEc&#10;ZSWGM8smhstFDJfKBucWu6fFcAAAABRHDBd7YjjKqXNq+KxpN9/sCSaGA+bI9bd95Ppmd/VXpl+7&#10;pLD5ieG++tkvuWqh0frVqTdrrbITw6U9MRxlJYYzyyaGy2Ucw50Qw83/xHAAAAAUTAwXe2I4yqvT&#10;f+TgtBtwNn2d/tBrGZgroyAsuw78+PRrmPndvPwxqRsW9re/c+rNWqvsxHBpbxLDPSKGo3TEcGbZ&#10;xHC5jGK4RTFcAhPDAQAAUDAxXNw1VwafPCiGo8QEcU9yvbWhT4YD5lV2zfI3s2uW/3vndczcrjt4&#10;8/VvWn1mePhzYaHe/vWpN2ytykvqZwgx3NbEcJRVrdF63ZT3KrO0JobLRQyXysRwAAAAFEwMF3di&#10;OKrg6MmzXzftRpxtmxgOSMDBldUbFlcGd027ppmrdQc/+fw7Hrw6POy5UKu3Do0+TWzqTVur3NL9&#10;ZLh1MVw2MRxlJYYzyyaGy0UMl8rEcAAAABRMDBd32bH9hBiOKlh+/7kv6/SGD0+7IWfZekMxHJCM&#10;0R8h2uyu3jvt2mZO9uPhoc6VhfrSD0+9aWuVmxgu7YnhKCsxnFk2MVwuYrhE1hXDAQAAULBxDNcd&#10;/NLUH1wt98RwVE2nt/bAzhtylk0MByTo+pXf2tvsnv7niyuDT067zqnofuvg8dW/Fx7ifGm1vmCh&#10;3v6PU2/cWqUmhkt7YjjKSgxnlk0Ml8s4hls5/YYp1+g2TxPDAQAAUDQxXNxlx/YTB7unxXBUSqc/&#10;/E/bb8hZNjEckLiD3cErmiuDX592vVOx3Xnw9gcOh4c1d6567suePfXGrVVxSf0MIYbbmhiOshLD&#10;mWWrt9559YGlfeFlwUU6fPwPxXApTAwHAABA0cRwcZcdWzEclbTcX7tn44acTdbpD72WgeS9oHv6&#10;adk1zl07r3mqsGZ3cLZ5fPC6w7fee0V4OHNpYf/SP5p689Yqs9Enw9Xq7aQifDHc1kYxXKe//vxw&#10;aKA0xHBm2cRwuYjhEtkohltZ/eHwtAMAAMDsieHiLju2Yjgqq9Mb/tD2G3MpLzsWw05//TXh0ACQ&#10;GX1a3OLK4D9MuwYq3bqDc82VwR03rAy+OXz5c22h0frZqTdwrRJLM4Y7J4YLE8NRUp8nhjPLJobL&#10;RQyXyMRwAAAAFE0MF3fZsRXDUWlHT579lu0351KdGA7giR2+48EvaXZXX9tcWf34tOuhMiz72j54&#10;cGXwreFLnnvXXvutX1xrtH576k1cK/3EcGlPDEdJieHMRhPD5SKGS2RiOAAAAIp28M1iuJjLjq0Y&#10;jspbfv/HvqzTG/737TfpUtskhhuK4QA+hxd2f/drF1dO/+PsOug/7rwuKmjri93Vdx5cWT163fHf&#10;+NLwZSZhb+PIM6bexLWqLKmfIUYxXHa9dWLadVhqE8NRUmI4s9HEcLkc+snTtez6XAw37xPDAQAA&#10;UDQxXNxlx1YMx9zo9Idv2n6jLqWJ4QAu3uFb772ieXzwkuya6N3N7uDszuuk2Bt9Ul2zu7qy2P3I&#10;gfAlJWdh/9K3Tb2Ra6Veqp8MJ4abTAxHSYnhzEYTw+Vy6HYxXBITwwEAAFA0MVzcZcdWDMdcOXZq&#10;7dj2m3WpTAwHkN/hN3zoysWVwXcudldPNVdWH5p27XRZ1h18rNldfUuze/pFoyAv/OOTVau3v2vq&#10;zVwr7cRwaa/TOyuGo4zEcGajieFyEcMlMjEcAAAARRPDxV12bD/RPLH6j8LhhrnQuvf8lZ3e8Oz2&#10;m3YprNMfClsBLqNRqHZD9/TB5srp12TXTXdl++j266gnu+bK6mPZX+9fXBm8fbF7+tXN4x9+dvhH&#10;ECw02j9+wc1cK+3EcGlPDEdJieHMRhPD5SKGS2RiOAAAAIomhou77NiK4Zhbnf7aj22/cTfPyx7r&#10;WZ8MBzAb40+Q637kQLN7ein76yub3dXXNo8PXrdj3zP5v51+kfjtyanVW++eelPXyrqkInwx3NbE&#10;cJSUGM5sNDFcLmK4RCaGAwAAoGjXr3y43hTDRVt2bMVwzLVX9Nfqy/3hh7bfwJvHieEAmAcLjdbd&#10;U2/sWqmW4ifDHXn3o18jhptMDEdJieHMRqu33yGGu3RiuEQmhgMAAKBoYri4y46tGI4kLJ8avnb7&#10;Tbx52+iPhRXDATAPFuqt/2fqzV0rzcRwaU8MR0mJ4cxGE8PlIoZLZp/NJoYDAACgOGK4uMuOrRiO&#10;ZCzfffbaTn/469tv5s3LxHAAzJOFevuDU2/wWikmhkt+J8VwlJAYzmw0MVwuYrhkJoYDAACgWGK4&#10;uMuOrRiO5BztDf/Jtpt5czExHADzplZvPTj1Jq+VZbeEpyoJYrjHTQxHGYnhzEYTw+UihktmYjgA&#10;AACKJYaLu+zYiuFIUufUw9d0+sO3brupV+mJ4QCYR7VG+zen3ui1Qpc9L8PkPhnubjHctonhKCMx&#10;nNloYrhcxHDJ7LOLx8VwAAAAFEgMF3fZsRXDkbTOqbVvXO4Pf2Xbzb1KTgwHwLyqNdr/39SbvVbY&#10;xHDJTwxHGYnhzEYTw+UihktmYjgAAACKJYaLu+zYfqJ5XAwHnVPDv7XcX7s/3OCr3MYx3EkxHADz&#10;qVZv3TP1hq8VMjFc8hPDUUZiOLPRxHC5iOFS2eCzi8dPi+EAAAAozvUrZ+rN7hkxXKQ1V1b/lxgO&#10;tnROrX3ncm/tk1Nu+pV6YjgA5t1Co33qghu+VuRuCU9NEsRwj9vJTv8RMRxlI4YzG00Ml4sYLpWJ&#10;4QAAACiYGC7uxHAw3fLJ4Wun3Pgr9Tr9YVI3pQFIz0K9/dNTb/zaTJfuJ8Oti+EmE8NRRmI4s9HE&#10;cLmI4VKZGA4AAICCieHiTgwHT6z1zg990dHe8PuX+2sf33EDsIw70+mv/x/hSwegIp7+9Ju/ZG/j&#10;yDNGG/3r8B+zi1q99T1Tb/7azJZsDHdKDBcmhqOMxHBmo41iuOcd+YbwuuAijWO47uDfT/sdqs3T&#10;xHAAAAAUTAwXd2I4eHI6/bWbl/vD35pyM7AkG/4/nf7wpeHLBaAEvqLx4q9c2N8+uNBoLdfqrR+t&#10;NVpvX6i3P5j96wdHy/71Y1NvYo6W/d+2/fd+ffS/Hf09Rn+v0d/zmutu2hP+MUna02i1px43m8nE&#10;cMlPDEcZieHMRhPD5SKGS2ViOAAAAAo2juGOD941/QdXyzsxHFycTv+xv77cW3v/lJuCxa63dmen&#10;v34wfJkAFGD0yW61eutQttcsNNqnsr9+/IIblJd79fYnsr+eyvbaqxov/+aUPl1ub7393McdC5v1&#10;kvrj2cVw29ZbO9l5nxiO0vm8WmPpR6a8V5mlNTFcLmK4VDb47A0rqz8UnnYAAACYPTFc3Inh4NLc&#10;/O7zX9npr52aeoOwgHX663fcfO95f7weQAFGAdxCo/0vs7/eW2u0zl5wU3LGC1/DfdlGX9Oh8GXO&#10;pdEn5NXq7d/d/vgt/lL8ZLhXiuG21ls7eay3/k3h0EBZiOHMRhPD5SKGS2ViOAAAAAo2juFWxHCx&#10;lh3b/9U8floMB5eo9c4/ubLTW/vO5d7aL0+9WTiL9dbe2zm5dlP4kgCYkb2N9l+p1dv/otZo/aep&#10;NyNLtOzr/M8LjdaPLexvf0v2pX/e5BHMj+zxvWva47Y4E8MlPjEc5SSGMxtNDJfLodv/SAyXxMRw&#10;AAAAFEwMF3diOLh8vr1/rtbpr39Xpzf8/6beOIyw7J91T6e/9h2vet/5Lw1fBnCZTT4J8pGDy73h&#10;S472zr660zv7utFG//pob/iiURAw+u+E/zoJqO1rXV2rt75nod7+4NSbkBVYrdH67eyvr33q/pc+&#10;LTysyltoHPnBnY/T4izNGO6cGG5jYjjKSQxnNpoYLpfmG1cXxHApTAwHAABAwQ6tnKlnP6CK4SJN&#10;DAdxjP7I0k5/eEunv/axqTcRL8/uP3ry7CsP33v+ivCPBS6T73jPx7+80z/715dPDm/t9IZ3L/eG&#10;n5ryGnzcsv/en40Cgey1/4PLvbN/dekd5/5c+NsxRxb2H/lrC/X2T2f7g6k3ICu4WqP1x7VG+021&#10;evt/Dw+zshb2tw9Oe4wWZbeEw56EUQx3tDe8fdr7f3ITw1FOYjiz0cRwuYjh0lhzZfDZphgOAACA&#10;Ionh4m4cw62s/p/hcAMRvOh9f/ilnf7Zv7Z8avja5f7Zfqc//MTUG4tPZr3hHy+fWntX59Twe4/1&#10;Hz106/nznx/+McBlctP7zu9Z7p39h53e2n1TX4cXsU5v+CvL/fVXdfrn/nz421NZt35+rX7kZQuN&#10;9s9l+/TjbjrO0Wr19iO1euvna/uXlp7San1BePCVcs11N+1ZqLf++7THZ5dntUZrmL0eXhMOeRLE&#10;cNsmhqOUzovhzEYTw+UihktjYjgAAAAKJ4aLOzEcFOOm9316T+fko8udU2s/3umv37HcW7t3ub92&#10;f7aPb9xoHH2qXKc//O3sX98z/u+cWvuX2b9fat17/srwtwEus9Hrq9M7+52j193Ga/Hy7Ww/e62/&#10;ovWh818U/nFUSK2+9K21RuvXpt50nOfV278+euzhMFRKrd7+iamPyXIv1RhuWQw3We+sGI4SuvXz&#10;xXBm4/2CGO7SjWO4FTHcvE8MBwAAQOHEcHEnhgOALaNQNcSp0wOAy7ROf+2UsLU69jaOfPNCvX3H&#10;QqN9bsfNxtT2M3vrS381HJZK2Fs/8qIpj8NyTgyX+MRwlJIYzixMDJfDJIZbFcPN+cRwAAAAFE4M&#10;F3diOADYcrQ3fNFyf+1XLrjxH2mjKO7Yqce+JfzjKaGF/S/7utHN9Vq9/btTbjYmutZHs+Pxz/fU&#10;j3x9OEyll33dH73wcVjO3RIObxLEcNsmhqOUxHBmYWK4HMRwaUwMBwAAQOHEcHEnhgOALUd7Z//u&#10;cm/tw1Nv/kdcpzf8zWOn1o6FL4MSqe1fWqrVWw9OudFok310odFaDoer1GqN1vdN+frtEjb5ZLhW&#10;Up8Md+x9j/5FMVyYGI5SEsOZhYnhchDDpbFmd/UzYjgAAAAKJYaLu2ZXDAcAGzr94S3ZPnHBjf9Z&#10;rTf8w87JtZvCl0PBRjcSFxpLb5xyk9GmrNZordQOtBvh8JXSngM3PbPWaP/WtK/fnvzEcIlPDEcp&#10;ieHMwsRwOYjh0pgYDgAAgMLd8KaPNMRw8dYUwwHApsJjuI31hr/RuevsN4cvi4IsNNovqTXav7zj&#10;BqN9zrV+dfSJeuEwllKt0Xrd9K/dnszEcMnvLjEc5TOK4dpiOLNRDPccMdylEsOlMTEcAAAAhRPD&#10;xV1TDAcAm0oTw4V1+mt3dU4NnxW+PGZob335y2qTP1bzoztuMNqTXb39R7V6+/uveta3fXk4rKXy&#10;FY0Xf2X2dT50wddtT3a3hEOZBDHc4yaGo4TEcGZhYrgcxHBpTAwHAABA4cRwcdcUwwHAplEMt+OG&#10;fzl2av0t4UtkRq657qY9tUbrrik3GO3Sdmp0TMPhLZWFxtIPTvl6bZf5ZLjkJ4ajhMRwZmG/8FQx&#10;3CUTw6UxMRwAAACFE8PFXVMMBwCbJp8Mt1aaT4bbsUePnhy+OHypRLaw/8hfqzVa/ojUy7zxMc2O&#10;bTjMpfHVzznyNbV6695pX7NdODFc8hPDUUJiOLPRsteBGC4HMVwaE8MBAABQODFc5HVX/0wMBwAT&#10;JY/hxuv0hm8PXy4RLTTaL6nV2/955w1GuzwLx/Yl4XCXxp566zt2fq124cRwyU8MRwmJ4cxGG8Vw&#10;Vz33pmeHFwYXSQyXxsRwAAAAFE4MF3liOADYVIUYbmNHe2tHwpdNBLX60rFavfU/pt1ktMu30TEe&#10;Hetw2Euj5o/IfTK7JRyuJIjhHre7jvUeEcNRMmI4s9HEcPmI4dKYGA4AAIDCieEiTwwHAJtGMdyU&#10;m/5l3j3hS+cyqx1o/x8LjfZHd95gtGj76OiYh8NfCnv2t79xod76f6Z8rcmv1mid9clwSU8MRwmJ&#10;4cxGE8Pl0/w5MVwKa3YHn2munBbDAQAAUBwxXOSJ4QBg0/iT4XrDT+646V/u9db+7Kb3Dd3wuswW&#10;Gu1bdt5ctJmtVJ84tqe+dKTWaP3xlK8z2aUbw62L4SYTw1FCYjiz0cRw+YxiuGZ38Mapv0O1uVn2&#10;HIvhAAAAKNYNt4vhok4MBwCbKhnDbax39tvDw+AyGIU+o+Bn2k1Gm8HqrU9lx/8fhKejFEbnxNSv&#10;Nd0l+MekiuHCxHCUkBjObDQxXD5iuDSWPcefaZ5YfW142gEAAGD2xHCRJ4YDgE2VjuGydU6tHQ8P&#10;hZzEcCVZvf0HtXr7FeFpKdw1173oS2uN9r+b+rUmNJ8Ml/zEcJSQGM5sNDFcPmK4NJY9x2I4AAAA&#10;inXD7Q80FlfOiOFiTQwHAJtGMdy2m/2VXKe/9rHwcMhBDFe2te5faCy9NDw9hVt47o17s6/r9gu/&#10;zjQmhkt+d938/vXrwqGBkhDDmY0mhstHDJfGsudYDAcAAECxxjFcd/Xd035wtcswMRwAbKr6J8Nt&#10;LHsMjx2759xV4WFxCcRw5Vz2vPyXhf3tbwlPU+Fqz1u6dqHeeue0r3Wel2QMd48YbtvEcJSQGM5s&#10;NDFcPmK4NJY9x2I4AAAAiiWGi7zu4M+aKx8RwwFA5lh//ZblOYjhNnbjqbXnhIfGRVpotG/ZeXPR&#10;SrX7r7nupj3h6SpcbV/ryuxrum/H1zi/q7cfW6i3Xh0efhKO3XNeDLc1MRwlNI7h/tnU9yyzhFZr&#10;tN5+1XNfJoa7RNev/Nbephhu7pc9x2I4AAAAiiWGi7zu4M8WTwy+KxxuAEjavMVw4/Ue+6vh4XER&#10;wifDDafdZLQyrfWzX3Vd6yvC01a4hf1Hvy47b1amf61ztHp7sLe+9HfCw07CKIbrnBy+eer7bHoT&#10;w1FCYjiz0cRw+Yjh0lj2HH+m2RXDAQAAUCAxXOSJ4QBg0+iPSd12s3+edmN4iDxJYrjKrVQ3s64+&#10;sFSr1ds/MeXrnJf9Rm3/0lJ4uEkQw22t01+766gYjtIRw5mNJobL5/qVM2K4BJY9x2I4AAAAiiWG&#10;i7xRDNcVw5Gm0R9pVmu0Doxu5mZ/feV4+1uvG22h0f7xhXr7jvGyf73xn2/998b/mwOjv0f42wFz&#10;YPnk8B/P3SfDhXX6w6TClbzEcNVb9nz9yZ5Gqx2ewlJ42sGlP1drtP9pdj3xB9O+5qoue328e2/j&#10;yDeHh5kEMdzWOv2zYjhKSAxnNlp2PSSGy0EMl8ay51gMBwAAQLHEcJEnhiMRX9F48VcuNNovCXHD&#10;6I8vuy/bxzZ+YXwZNvp73Tf6e4//GfWlbxXKQfXMcww32rH+o4fCQ+VzEMNVevftqb/8eeGpLI1a&#10;/cjLFurte6d8vdVavf1YrbH0f11zXesvhoeWhHEM1xfDjSaGo5zEcGajieHyEcOlsew5FsMBAABQ&#10;LDFc5InhmGN7Gy9/zkKjtTz+Y8rq7f+40Gh/eucviqOv3v5Erd76ldFN4+zfd64+sLQvfHlACc17&#10;DDfe3WevDQ+XXYjh5mD11pv31pe/LDylpREC/Tsv+HqrsuzaZm+9ndwfvSyG21rn5Nm7jp4Uw1E2&#10;Yjiz0cRw+Yjh0lhzZfUxMRwAAACFEsNFnhiOOTT6xW+t3vrRhUb7/p2/GC7R7h99jX5JDeWSRAzX&#10;Hz7Uuve8T678HMRw87Na48g/DE9r6Szsb92UfY39nV9zWZe9Lj4++n8yyF4bB8JDSMbRk48+XQw3&#10;mRiOcmp9gRjOTAyXlxgujYnhAAAAKJwYLvLEcMyRhf3tgwv7Wz9Qa7TuWWi0PjvtF8PlXOuz4685&#10;+9pHjyE8HKAAnf7wlp03/edx2eP87fCQeQK1+pHX1BptMdycrFZv/XqpP5318OErFuqtV49is2lf&#10;f1k2ul7ZW28/N3zVSRHDbU0MRzmJ4cxGE8PlM4nhVsVwcz4xHAAAAIUTw0WeGI55cPjwFbVG65UL&#10;jfZ9O38RXOHdN3pMo8cWHiUwA2l8Mtxknd7avwoPmynEcHO6erv05/3C/qNfV6u3vie7Dvi1qY+h&#10;kLVGf9T8zywcOPLi8GUmRwy3tez7x/vEcJSPGM5sNDFcPmK4NCaGAwAAoHBiuMgTw1Fxe+pHvr7W&#10;aH1fuW4YX+bVW//v+Kb485auDQ8biGS5P4rh1pKI4UY7enKYbNjyuYjh5nofqzWO/PXwVJfbRvBf&#10;b39wyuOY1R7KvoaV1G+si+G2JoajnMRwZqONY7j9S88KLwwukhgujYnhAAAAKNxi9yMHxHBR96di&#10;OKrq6gPt59fq7X+R7Xem/RJ4HldrtH+r1lj6kVqjdSAcBuAyGsdw/XRiuE5vbXX5/Q8thIfPNmK4&#10;+V+t3vr5p7RaXxCe8krYs//ICxfq7VsXGq1fnfaYLu9av5/99Wey66xXPHX/S58WvoRkieG2Joaj&#10;nMRwZqOJ4fIRw6UxMRwAAACFE8NFnxiOSvqKxou/slZvvb7WaJ2d9gvgFDZ67Nkx+NGnP/3mLwmH&#10;Bcip0x/eMu3G/3xvfSU8fLbJ3mdv2fm+a/O5vfUjLwpPe7W0Wl+wt7H0goV669W1eru70Gj912mP&#10;76JWb/9RrdG+K9uPjP5I1Kfu7yQfwW0Qw21NDEcpZe+JYjgzMVxeYrg0JoYDAACgcGK46BPDUTnX&#10;XPeiL63Vl/5+rdH+T9N++Zvo/u+99aW/M/rj1MJhAi7B5I9JHX5q2s3/uV1v7aPH+o8eCoeAoFZv&#10;f3/2fcYnw6WzU087uPTnwtNfaaP/h4Grnvfyb9pbb99Yq7deU2u0Vhbq7Tuyv96T/ft7N9dovX30&#10;n2eP/ccnQd3St/oj2Z+YGG5rYjhKSQxnNp4YLh8xXBoTwwEAAFA4MVz0ieGonD0H2n9zod5657Rf&#10;/Nrkj31bOLD0v4XDBVyEJGO4bJ3+2X8bDgGBGC7R7W/dFE4BeBwx3NbEcJSSGM5sPDFcPmK4NCaG&#10;AwAAoHDjGG5FDBdxYjgqpbavdeVCvf3T2R6b9otf27bJMfqX/hhVePLSjeHWBsd6698UDgMZMVzC&#10;q7feGU4D2CSG29okhntEDEe5iOHMxhPD5TOO4Y4P3jTl96c2RxPDAQAAUDgxXPSJ4aiUhQNHXlyr&#10;t+6Z9ktf22X19snRH38WDiPwBDr94S3Tbvwnsd7ZfxgOAxkxXOKrtx/bW2//7XA6gBhu28RwlJIY&#10;zmw8MVw+4xhuRQw37xvFcIsrZ34wPO0AAAAwe2K46BPDURl768tfVmu0vm+h0fr9ab/0tSez1mr2&#10;11uecvjWK8JhBbZJ9ZPhxuudfX3rnee/IByK5InhLOz2cEqQuEkMty6GyyaGo5TEcGbjieHyEcOl&#10;sew5fmxxZSCGAwAAoDhiuOgTw1EZe/a3rluoL90x7Re+dvGr1Vu37a23nxsOL5BJOYbr9Ie/0Ok/&#10;8rRwKJKXvU/esvN90xJdvf1Y7XlL14ZTg0SJ4bYmhqOUxHBm44nh8hHDpbFmVwwHAABAwcRwkdcV&#10;w1EdC/vb37LQaH905y97Ld9q9daDVz3v5d8UDjMkLek/JrW/dv/NJx++OhyK5IVPhlub9r5paW4U&#10;WYTTgwSJ4bY2iuE6p9a+MRwaKAcxnNl42evgbWK4SyeGS2NNMRwAAABFE8NFXnf1T29YOfMPw+GG&#10;Uqs1Wv9god7+g2m/8LXLsdbq3vrS3wmHG5K03F9P+I9JXbu3c9fZbw6HInliOJu6euv/ffrhm78k&#10;nCYkRAy3NTEcpSSGMxtPDJfP89/woavFcPO/phgOAACAoo1iuObK6fdM+8HVLsPEcFRIrd56zUK9&#10;9alpv/C1y7dao/0n2V9vCYcdkiKGE8NtEMPZbtvTWPpb4VQhEWK4rYnhKCUxnNl4Yrh8xHBprCmG&#10;AwAAoGhiuMgTw1ERe+vLX1art//5QqP12Wm/8LXLv+x4P7pQb/3QUw4fviI8DTD3xHBiuA1iOPtc&#10;y86RnwinCwk4evLc0zu94R1T3z8TmxiOUhLDmY0nhstHDJfGmmI4AAAAirbYfVAMF3PdwZ/esDIQ&#10;w1F6tX2tqxca7Z/c+Ytem9HqS//mKxo3f2V4OmBudXrD7xbDMSKGsyezWr31m9dcd9OecNowx8Rw&#10;WxPDUUpiOLPxxHD5iOHSWFMMBwAAQNEmMdyqGC7WxHBURG1f68pao3XXtF/22kx3p0+KY56J4cRw&#10;G7L3u1t2vP+ZPfH2t78lnDrMKTHc1sRwlJIYzmw8MVw+Yrg01hTDAQAAUDQxXOSJ4aiIvY0jz1io&#10;t++Y9stem/1qjda/3bev9UXh6YG5kXYMN7z3WH/9cDgUyfPJcHax88emzjcx3NY6vbNiOMpnFMPV&#10;Wz867f3ZLKWJ4fJ5/hseFMOlsXUxHAAAAIUSw0WeGI6KEMOVdPX2reEpgrkghhPDbRDD2SWt3v6P&#10;4RRizojhtiaGo5TEcGbjieHyEcMlMzEcAAAAxRLDRZ4YjooQw5V3tUZ7uFA/8t3hqYJKE8OJ4TaI&#10;4eySV299qvaNR/5SOJWYE2K4rYnhKCUxnNl4oxhuT/3I14dXBhfp+XeI4RKZGA4AAIBiieEiTwxH&#10;RYjhyr9avfXxhUbr74anDCpJDCeG2yCGs7yrHTjSCqcTc+DIqbPPEMNt7r1iOEpHDGc2nhguHzFc&#10;MhPDAQAAUCwxXOSJ4aiI2r7WlQuN9n07f9Fr5Vut0Tpbq7cOhacOKkUMJ4bbIIazy7PWj4VTiooT&#10;wz1uYjjKRwxnNp4YLh8xXDITwwEAAFAsMVz0fVwMRxX4ZLjqrdZo/dpVz3v5N4WnECpBDCeG2yCG&#10;s8u31t3htKLCxHCPmxiO8hHDmY0nhstnEsOdEcPN/8RwAAAAFEsMF31iOCohxHA/M+2XvVby1dt3&#10;jD7ZLzyVUGqTGG5NDMdTsvevWy54PzO7xI0+NTWcWlSUGO5xE8NRPocPXyGGMxPD5SWGS2ZiOAAA&#10;AIrVfOPp54nhok4MRyWI4aq/Wr31mvB0QmmJ4cRwG/bsb/2AT4azy779S/vDKUbFiOEeNzEc5SOG&#10;MxtPDJePGC6ZieEAAAAoVvOEGC7yxHBUghhubvbRbC8JTyuUjhhODLdBDGextrfe/tvhNKNCxjFc&#10;XwwXJoajfMRwZuOJ4fI5LIZLZeuLx8VwAAAAFEgMF30fv+G4GI7yE8PN12qN1i9f9dybnh2eXiiN&#10;pGO4/tqvHOs/KoYLFva3fiB7vxLDWZTV6u3vCqcaFSGG27be2ns77xPDUTJiOLPxxHD5iOGSmRgO&#10;AACAYonh4i47th8/KIajAmr7WlcuNNr37fxFr1V7tUZrJTzFUApiODHcBjGcxV6t3v6JcLpRATeL&#10;4bY2juEeFsNRLmI4s/HEcPmMY7ju4LZpv0O1udr6YvfMD4SnHQAAAGZPDBd3YjiqwifDzfHqrU8t&#10;NJZeGp5qKFTn1LoYjjExnM1itXr7XeGUo+TEcNsmhqOMxHBm42XXFm8Vw106MVwyE8MBAABQLDFc&#10;3InhqAox3PyvVm+95ysaL/7K8JRDIUYxXKc3/PQFN/7TmBhum+x96Zad71NmkXZ/OO0oMTHctonh&#10;KCMxnNl4Yrh8xHDJTAwHAABAscRwcSeGoyrEcEntlvC0w8yJ4cRwG8afDFdvrU95jzK7/Ku3/jCc&#10;epTUJIZbF8ONJoajjMRwZuOJ4fIZxXCLYrgUJoYDAACgWGK4uBvFcM3umX8QDjeUlhgusdXbH6wd&#10;aDfC0w8zI4YTw21YOCCGsxmv3vpUOP0oITHctvXW3nusv/a8cGigHMRwZuOJ4fJ54W3/4xoxXAob&#10;rGfPsxgOAACA4ojh4k4MR1WI4dJcrd7+iXAKwEyI4cRwG8RwVsxan73muhd9aTgNKZFRDHdMDDeZ&#10;GI4yEsOZjSeGy0cMl8rEcAAAABRMDBd3YjiqoravdeVCo33fzl/0WgKrtx+rPW/p2nAqQFTjGK4v&#10;hkMMZ8Xu6gNLtXAqUhJiuG0Tw1FGYjiz8cRw+YjhUpkYDgAAgIKJ4eJODEdV+GQ4W2i0fiqcDhDN&#10;0d7wn4jhGBHDWdHbW1/62nA6UgJiuG0Tw1FGYjiz8cRw+YjhUpkYDgAAgIKNY7ju6fdO/8HV8k4M&#10;R1WMbgiL4azWaP3+nv2t68JpAZdd2jHc8Fde8f71vxwORfLEcFaK7V/aH05JCnbzqfPPWO4Nf2b6&#10;+2diE8NRRmI4s/HEcPmI4VKZGA4AAICCieHirrky+HizOxDDUXrjGK4hhrPJRje6wqkBl5UYTgy3&#10;YaGx9INiOCvFnntjPZyWFEgMt21iOMpIDGc23jiGO3DTM8Mrg4skhktma2I4AAAACiWGizsxHFUh&#10;hrOdq9VbH9pz4GV+yc9llXIMlz3uXzkqhtskhrNSbf/RrwunJgURw21b76wYjvIRw5mNJ4bLRwyX&#10;zMRwAAAAFEsMF3diOKpCDGdPtFpj6XvDaQK5JR3D9Ya/cvSkGG6DGM7Ktr315YVwelIAMdy2ieEo&#10;IzGc2XhiuHzEcMlMDAcAAECxxHBxJ4ajKmr7WlcuNNr37fxFr9lotXrrwXCqQC5iODHcBjGclXDn&#10;rrnuVV8aTlFmTAy3bWI4ykgMZzaeGC4fMVwyE8MBAABQrOaJB5/X7K6K4SKtubL6P5tiOCrAJ8PZ&#10;k9r+pW8LpwxcEjGcGG6DGM7KudanwinKjC2/9+zXiuHCxHCU0TiGW/rn0987zdKZGC6fF972u9cs&#10;nhDDJTAxHAAAAMUSw8VddmzFcFSCGM6e7GqN9k+G0wYumhhODLdBDGelXb31h+E0ZYbEcI/be8Rw&#10;lI4Yzmw8MVw+YrhE1hXDAQAAULBxDLcihos1MRxVIYazi1mt3vpQbV/r6nD6wJM2ieHWxHA8JXsv&#10;uWXne4tZaVZvD8KpyoyI4R43MRzlI4YzG08Ml48YLpGJ4QAAACiaGC7uxHBUhRjOLnGdcArBkyKG&#10;E8NtCJ8M99iU9xWzUqzWaL8nnK7MgBjucRPDUT5iOLPxxHD5iOESmRgOAACAoonh4k4MR1WI4eyS&#10;V2+9OZxG8DkdSzmG66/9BzHcFjGcVWG1RvvfhVOWyMRwj5sYjvIRw5mNl70O3rrnwMvEcJdIDJfI&#10;xHAAAAAUTQwXd2I4qqK2r3XlQqN9385f9Jo9mdUarbOjcyicTvCExHCPiuECMZxVaLeE05aIxHCP&#10;mxiO8jl8qxjOLFut3vp5Mdylm8RwZ8Rw8z4xHAAAAEU7eNvgG8Vw8SaGoyp8Mpxdni29NJxSMJUY&#10;Tgy3QQxnldqBIy8Opy6RiOEeNzEc5XPdq75QDGcmhstrHMN1B8en/Q7V5mjd1bUbVs58f3jaAQAA&#10;YPbEcHEnhqMqxHB2uVart340nFZwATGcGG6DGM6qttqBdiOcvkQghnvcxHCUjxjObDwxXD5iuEQm&#10;hgMAAKBoYri4E8NRFZMYrvWz037Za3bRq7d64dSCxznWW/8ny73hQztu+icxMdzjZe8Vt1zw3mFW&#10;5tXbj4XTlwiW3y+G27b3HOs/LIajXMRwZuOJ4fIRwyUyMRwAAABFE8PF3TiGO3Hm/wiHG0pLDGcR&#10;9rE939i5JpxiMCaGE8Nt8MlwVsXV6q17winMZSaGe9zEcJSPGM5sPDFcPmK4RCaGAwAAoGhiuLgT&#10;w1EVYjiLtT2Npb8VTjMQw4nhNi00jvzg6JO2pr1vmJV69da/Dqcxl9EkhlsXw2XLvl+850YxHGUj&#10;hjMbTwyXjxgukYnhAAAAKJoYLu7EcFSFGM6irt76oXCqkTgxnBhugxjOqry99faN4VTmMhHDbW0U&#10;wx19/9qBcGigHMYxXFsMZ8lPDJfP4on7v1oMl8DEcAAAABRNDBd3YjiqQgxn0VdvvyOcbiRMDCeG&#10;2yCGsyqv1mg9vKd+5OvD6cxlIIbbmhiOUhLDmY0nhstHDJfIxHAAAAAUTQwXd2I4qkIMZ7NYrd7+&#10;z+GUI1HLJ4ffk3IM1zm1/sJwKJInhrM52H3hdOYyGMdwp8Rwo4nhKCUxnNl4Yrh8xHCJrDtYu2Fl&#10;IIYDAACgOGK4uBPDURViOJvVao32n1xz3Yu+NJx6JCbtGG4ohttGDGdzsp8MpzQ5ieG21umtvefo&#10;STEcJSOGMxtvFMPVnrd0bXhlcJHEcIlMDAcAAEDRxHBxJ4ajKsRwNutdfWBpXzj9SMhyXwwXDkXy&#10;sveBW3a+L5hVdC8JpzU5jGK47H3yZ6e9f6Y2MRylJIYzG08Ml48YLpkNxXAAAAAUahzDdQfvm/JD&#10;q12GieGoCjGcFbE9B9p/M5yCJEIMJ4bbkL0HvNYnw9k8rFZv/05tX+vqcGpziZbff04MFyaGo5TE&#10;cGbjieHyEcMlMzEcAAAAxRLDxd04hjsuhqP8xHBW1Gr7294jEyKGE8NtyF7/Yjibo7V+KpzaXCIx&#10;3NbEcJSSGM5sPDFcPmK4NNZcWR0ePC6GAwAAoEBiuLjLju3/bB4/LfSg9Gr7WlcuNNr37fxFr9mM&#10;9uPhVGTOieHEcBuy170YzuZrB468OJzeXAIx3NY6vbNiOMpHDGc2nhguHzFcGhPDAQAAUDgxXOwN&#10;/kQMRxX4ZDgrerX60vFwOjLHxjFcXwyHGM7mb7V6+z9f9axv+/JwinORxHBbE8NRSmI4s/HEcPmI&#10;4dKYGA4AAIDCHXyzGC7uxHBUgxjOyrDRjYVwSjKnxHBiuA3Za14MZ3O41o+FU5yLdPTk2a8Tw03W&#10;6a+9WwxH6YjhzMYTw+UjhktjYjgAAAAKJ4aLPTEc1bCw/2VfJ4azMqxWb70nnJbMoUkMtyaGYxTD&#10;3bLz9W82D9tbbz83nOZcBDHc1sRwlJIYzmw8MVw+Yrg0JoYDAACgcGK42BPDUQ1iOCvTao3WPeHU&#10;ZM6kHMMtn1r7ZTHcluy1PvpkuM/sfP2bzcF+LpzmXAQx3NbEcJSSGM5svOx18BYx3KVbPPF7YrgE&#10;JoYDAACgcGK42BPDUQ1iOCvbao3Wr4XTkzmSdAzXW/vlzl1iuA3Z61wMZ3O8pZeGU50nSQy3NTEc&#10;pSSGMxtPDJePGC6NieEAAAAonBgu9sRwVIMYzsq4WqP9W+EUZU6I4R4VwwXZa1wMZ3O7Wr317uw0&#10;/7zJ2c6TIYbbmhiOUprEcP9i2nueWUoTw+UjhktjYjgAAAAKd/DNvyuGizoxHNVQ29e6cqHRvm/n&#10;L3rNil6t3nownKbMATGcGG5D9voWw9lcr1ZvvyKc7jwJYritieEoJTGc2XhiuHzEcGlsFMM1V868&#10;JjztAAAAMHuTGG5VDBdtYjiqwSfDWcn3G+FUpeJGMVynN3x42s3/uZ8Y7nGy17UYzuZ6tUbrl696&#10;1nd8eTjl+RzEcFsTw1FKYjiz8cRw+YxiuObx093pv0O1eZkYDgAAgMJdv7J6nRgu5sRwVIMYzsq/&#10;1q+G05UKW+6vi+EYy17Xt1z4Ojebt7WWwynP5yCG25oYjlISw5mNJ4bLZxLDrYrh5nxiOAAAAAp3&#10;aGX1ukUxXMQN/iT7698PhxtKSwxnlVi91QunLBUlhhPDbchezz/kk+Fs7ldvvfOa6170peG0Zxdi&#10;uK1NYriHxXCUixjObDwxXD5iuDQmhgMAAKBwYrjYE8NRDWI4q8zq7XeE05YKEsOJ4TaI4SyF1Rrt&#10;P9tbP/KicNqzCzHc1sRwlNK+1heJ4czEcHmJ4dKYGA4AAIDCieFiTwxHNYjhrFKrt94cTl0qRgwn&#10;htsghrNUVqu3fyKc9uxCDLc1MRylJIYzG08Ml8/BN33kL4jh5n9iOAAAAAonhos9MRzVUNvXunKh&#10;0b5v5y96zcq6WqP9pnD6UiFiODHcBjGcpbJavfWbtUZL2PQ5TGK4dTFctlEMt3z3WiMcGigHMZzZ&#10;eOMY7huP/KXwyuAiieHSmBgOAACAwonhIq8rhqMafDKcVXG1Ruv7wilMRXRODr835RjuWH/9UDgU&#10;yRPDWVKrH/nucOrzBMRwWxPDUUpiOLPxxHD5jGO4FTHcvK/ZFcMBAABQMDFc5InhqAgxnFV1e+tH&#10;joTTmApIO4YbiuG2EcNZSqvVWz//tH1LTw2nP1OI4bYmhqOURjFcQwxnJobLRwyXxsRwAAAAFE4M&#10;F3liOCpiEsMt/dy0X/aalX772wfDqUzJieHEcBvEcJbSavXWf/G9andiuK2J4SglMZzZeGK4fMRw&#10;aazZXT0rhgMAAKBQYrjIE8NREQv7j37dQqMthrNKrlZvna3ta10dTmdKTAwnhtsghrOkVm9/olZf&#10;OhZOf6YYx3C94c9Nff9MbGI4SkkMZzbeOIZ7jhjuUonh0lizOzjbXDkthgMAAKA4YrjIE8NREWI4&#10;m4PdH05nSkwMJ4bbMI7hGmI4S2e1RvufhdOfKY6ePC+GCxPDUUpiOLPxxHD5iOHSWFMMBwAAQNHE&#10;cJHXXf3j7K9iOEpPDGdzslPhlKakxHBiuA1iOEtttUb7F/bWX7oQXgLscPQeMdzGxHCU0T4xnNl4&#10;Yrh8xHBprCmGAwAAoGjjGG5lcNe0H1ztMkwMR0XU9rWuXGi079v5i16zyq3e/ulwWlNCYjgx3Ibs&#10;9XrLBa9fs/nex566/6VPCy8BdhDDba3TPyuGo3TEcGaTieHyEcOlsaYYDgAAgKKJ4SKvO/jjxZXT&#10;YjhKzyfD2Tyt1mh/ezi1KRkxnBhuw+ST4VqfnfYaNpvHZd+bfnNvY+lvhZcAO4jhtiaGo4zEcGab&#10;+zkx3KUTw6WxphgOAACAoonhIk8MR0WI4WyuVm9/pnag7SZyCU1iuDUxHGI4S261euvBvfX2jeEl&#10;wA5H+mf/khhuMjEcZSSGM9ucGC4HMVwaa4rhAAAAKJoYLvLEcFSEGM7mbbV667+E05sSSTqG66/d&#10;I4bbIoaz1JZ9X/rT7Jz/u+ElwA5iuG07tfYuMRxlI4Yz25wYLgcxXBpriuEAAAAomhgu8sRwVIQY&#10;zuZxtfrS8XCKUxKdU2K4cCiSJ4az1FZrtNcW6ke+O7wE2GEcw/XFcOP11t61fJcYjnIZxXB7xXBm&#10;o4nhchDDpbGmGA4AAICiieEiTwxHRYjhbI7398JpTgmI4R4VwwXZa/OWHa9VsxR2S3gJsMMrxHBb&#10;E8NRQmI4s82J4XI4+DNiuBTWFMMBAABQNDFc5InhqIjavtaVC432fTt+yWs2F9vbOPKMcKpTsHEM&#10;1x8+csGN/zQmhttmob70wz4ZzpJbvX1reAmwgxhu28RwlJAYzmxzYrgcxHBprDmK4U6sfl942gEA&#10;AGD2xHCRJ4ajInwynM3zao3WPeFUp2BiODHcBjGcJTkx3BMSw22bGI4SEsOZbU4Ml8PBn/n9v9Ds&#10;nl6Z+jtUm5s1xXAAAAAUTQwXeaMY7sTqq8PhhtISw9m8r1Y/4o/oKAExnBhugxjOkpwY7gmJ4bZN&#10;DEcJieHMNieGy0EMl8aaYjgAAACKJoaLvFEM1xXDUX6jX+aOfqm745e8ZvOzeutTVx9oPz+c8hSk&#10;c2pdDMeYGM6SnBjuCYnhtk0MRwmNYrjs+/aPTX1vM0trYrgcxHBprCmGAwAAoGhiuMgTw1ERYjhL&#10;YbV6+13hlKcgKcdwnf7aPTeJ4TaJ4SzJieGe0CiGWxbDTSaGo4TEcGab+7nRJ+uHlwYXSQyXxpqj&#10;GK4rhgMAAKBAi7fd/01iuIgTw1ERYjhLZbVG6x+E054CJB3D9dbuuel9YrgNYjhLcmK4JySG27Zx&#10;DPewGI5SEcOZbU4Ml4MYLo01xXAAAAAUbfG21W/KfkgVw8WaGI6KEMNZMqu3/+Cq577s2eHUZ8ZS&#10;j+GO9tZvCIcieWI4S3JiuCckhts2MRwlJIYz25wYLocXdE8/rdldFcPN+ZpiOAAAAIomhos8MRwV&#10;UdvXunKh0b5vxy95zeZytXr7LeHUZ8aO9ob/VAzHiBjOkpwY7gmJ4batt/auV/TX6uHQQCmI4cw2&#10;J4bLQQyXxppiOAAAAIomhos8MRwV4ZPhLKXV6u1Hs/3v4fRnhtKO4YZiuG1CDHdu2mvUbG4nhntC&#10;kxhuXQw3mhiOEhLDmW1ODJeDGC6NNcVwAAAAFE0MF3liOCpCDGeprdZovy2c/syQGE4Mt2GhfuSH&#10;s9eiGM7SmhjuCYnhtk0MRwlde+23frEYzmw8MVwOYrhk9qgYDgAAgEKJ4SJPDEdFiOEsxe1ptNrh&#10;JcCMiOHEcBvEcJbkxHBPSAy3bWI4SkgMZ7Y5MVwOYrhkJoYDAACgWGK4yBPDURFiOEty9fbJp+xr&#10;fVF4GTADYjgx3AYxnCU5MdwTGsdwveFbpr1/JjcxHCUkhjPb2NLPLex/mRjuEonhkpkYDgAAgGIt&#10;nhDDRd7HxHBUgRjOkt3+9neGlwEzIIYTw20Qw1mSE8M9ITHctonhKCExnNnGxHB5iOGSmRgOAACA&#10;Yonhok8MRyXU9rWuXGi077vwF71mc7/7n3L48BXhpUBky2I4MVwghrMkJ4Z7Qq/onxPDbUwMRwmJ&#10;4cw21vpZMdylE8OlssGjze5pMRwAAADFEcNFnxiOSvDJcJbqao32cG+9fWN4KRCZGE4Mt0EMZ0lO&#10;DPeExHDbJoajhMRwZhsTw+UhhktlYjgAAAAKNo7huoOT039wtcswMRyVIIazlFert4+HlwKRjWK4&#10;5f5amjFcf+0DYrgtYjhLcmK4JySG27beWTEcpSOGM9uYGC4PMVwqE8MBAABQMDFc7A3EcFSCGM6S&#10;Xr11unbg5Yvh5UBEYjgx3AYxnCU5MdwTEsM9br8khqNsxHBmGxPD5SGGS2ViOAAAAAomhou9UQx3&#10;WgxH6YnhLPkdaP1AeDkQkRjuUTFcMIqCsteeGM5S2jkx3BNbfu/Za8VwmxPDUTpiOLONieHyEMOl&#10;MjEcAAAABRPDRV5XDEc1iOEs9dXqrXue2lj6C+ElQSRiODHcBjGcJTgx3C7EcI+bGI7SEcOZbUwM&#10;l4cYLpUNHs3++k/D0w4AAACzJ4aLPDEcFVHb17pyodG+78Jf9Jolsnr7sVq9dSi8JIhkHMP1ho9O&#10;ufE/9xPDPZ4YzhKcGG4XYrjHTQxH6YjhzDYmhstjHMOdEMPN/bpiOAAAAAomhos8MRwVUfvGI3+p&#10;Vm+/Zfove80SmUghOjGcGG6DGM4SnBhuF2K4x00MR+mI4cw2JobLYxzDrQxOTP0dqs3PxHAAAAAU&#10;TQwXed3Bx25YWf174XBDaYnhzNrna4322776+S+5KrwsiEAMJ4bbIIazBCeG28Xy3WK4bRPDUTpi&#10;OLONtX52b33pa8NLg4skhktkYjgAAACKJoaLPDEcFSGGMxvvv9UabbFSRMu9dTEcY2I4S3BiuF2I&#10;4baWfb/4pRvFcJSMGM5sY2K4PMRwiUwMBwAAQNHEcJEnhqMixHBm7fPZa+DRvfWlvxNeFkQghhPD&#10;bRDDWYITw+1CDLc1MRxlJIYz25gYLo8XdD8qhkthYjgAAACKJoaLu2Z38LGDYjgqoLavdeVCo33f&#10;hb/oNUtrtXrr9eFlQQTLp9KO4ZbvXl8MhyJ5YjhLcGK4XYjhtiaGo4zEcGYbE8PlIYZLZGI4AAAA&#10;iiaGi7umGI6K8MlwZpPV6q2Vqw8s1cJLg8tMDCeG2xBiuKmvQ7M5nRhuF2K4rU1iuIfEcJTKJIZb&#10;+pdT3tvMEpsYLo9v+veDrxHDJTAxHAAAAEVrHv/w88Vw8dYUw1ERYjizyWqN1tvd3IhnuT/8vmxi&#10;OMRwluLEcLsYx3CnxHCjdXprv3Tje8VwlIsYzmxjYrg8xHCJTAwHAABA0cRwcdcUw1ERYjizsHr7&#10;5MLzbnQDOpK0Y7ihGG4bMZwlODHcLsRwWxvFcEd7a/vDoYFSEMOZbUwMl8cLxzHcqhhu3ieGAwAA&#10;oGhiuLhriuGoCDGc2cZav1prtG8ILw0uMzGcGG6DGM4SnBhuF2K4rYnhKCMxnNnGxHB5iOGS2SPZ&#10;xHAAAAAUZxzDrYjhYq0phqMiavtaVy402vdd+Ites+T2saue+7Jnh5cGl5kYTgy3QQxnCU4Mt4tJ&#10;DLcuhssmhqOMxHBmGxPD5SGGS2ZiOAAAAIolhou75srqH4nhqAKfDGcWVm9/MPvrS8JLg8tMDCeG&#10;2yCGswQnhtuFGG5rYjjK6Nprv0sMZzbZz4jhLp0YLpmJ4QAAAChW8/iZ52c/nIrhIk0MR1WI4czC&#10;xHBRJR3DnRx+YPmkGG6DGM4SnBhuF2K4rYnhKCMxnNnmxHA5vPDNg69ZFMOlMDEcAAAAxRLDxZ0Y&#10;jqoQw5mFieGiEsOJ4TaI4SzBieF2MYrhOr3hz097/0xtYjjK6OlPv/lLxHBm44nhchDDJTMxHAAA&#10;AMUSw8XdOIY7Loaj/MRwZmFiuKgmMdxakjHccm/t/WK4LbVG63UXvP7M5nvnFupHfji8BNhBDLc1&#10;MRxlJIYz25wYLgcxXDITwwEAAFAsMVzcieGoitrzlq4Vw5llE8NFJYYTw20Qw1mCE8PtYvnuc2K4&#10;MDEcZSSGM9ucGC4HMVwqG4jhAAAAKJYYLu7EcFSFGM4sbBTDHTjy4vDS4DITw4nhNojhLMGJ4XYh&#10;httap3dWDEfpTGK4thjOTAyXixgulQ0eWTx+WgwHAABAccRwcSeGoyrEcGZhYrioxHCPiuECMZwl&#10;ODHcLsRwWxPDUUZiOLPNieFyEMOlMjEcAAAABRvFcM3uoDf9B1fLOzEcVSGGMwsTw0U1iuE6veHZ&#10;nTf+k5gY7nHEcJbgxHC7uOmu4TPFcJN1+mu/KIajbMRwZmF1MVweYrhUNnhksbv6veFpBwAAgNkT&#10;w8Vdc2XwRwePf0QMR+mJ4czCxHBRieHEcBvEcJbgxHC7EMNtTQxHGYnhzMJGMVzjyDPCS4OLJIZL&#10;ZWI4AAAACiaGi7tRDNdcWX1VONxQWmI4szAxXFRiODHcBjGcJTgx3C7EcFsTw1FGYjizMDFcLuMY&#10;rju4fdrvUG2eJoYDAACgYGK4uBPDURViOLMwMVxUYjgx3AYxnCU4MdwuxHBbE8NRRmI4szAxXC5i&#10;uFQmhgMAAKBgYri4E8NRFWI4szAxXFRiODFc8HliOEtwYrhdiOG2JoajjMRwZmFiuFzEcKlMDAcA&#10;AEDBxHBxJ4ajKsRwZmFiuKiW++tiOEbEcJbixHC7EMNtTQxHGYnhzMLEcLmI4VKZGA4AAICCieHi&#10;TgxHVYjhzMLEcFGlHsMdO7XeDIcidWI4S3FiuF2I4bYmhqOMxHBmYWK4XMRwqUwMBwAAQMHEcHEn&#10;hqMqxHBmYWK4qMRwYrhADGcpTgy3CzHc1sRwlJEYzixMDJeLGC6VieEAAAAomBgu7sRwVIUYzixM&#10;DBdV5+TwNenGcEMx3BYxnKU4MdwuxHBbE8NRRmI4szAxXC43HP/QXxTDpTAxHAAAAAUTw8WdGI6q&#10;EMOZhYnhohLDieECMZylODHcLsRwW5vEcA+J4SgVMZxZmBgulxuOnxHDJTExHAAAAAVrvlkMF3Ni&#10;OKpiEsO1fn7qL3vNUpoYLioxnBguEMNZihPD7UIMt7VRDLf8/rXnhkMDpfD0w2I4s/Hq7TvEcJdO&#10;DJfMHhbDAQAAUKiDKx95QVMMF21iOKpCDGe2uf8mhotHDCeGC8RwluLEcLsQw21NDEcZjWO4evtf&#10;TXlvM0trYrhcxHDJTAwHAABAscRwcdfsrv6hGI4qEMOZbU4MF5EYTgwXiOEswbXOLdSXxHBPYBLD&#10;rYvhsonhKCMxnFmYGC4XMVwyE8MBAABQLDFc3InhqAoxnNnmxHARieHEcMHn1RpLPzLl9Wc2x2t9&#10;Vgz3xG76gBhuY2I4ykgMZxYmhstlHMOtrIrh5n1dMRwAAAAFE8PFnRiOqhDDmW1ODBdRpy+GC4ci&#10;dWI4S3BiuN2I4bYmhqOMxHBmYWK4XMRwiUwMBwAAQNHEcHEnhqMqxHBmmxPDRTSO4fpracZw/bW7&#10;xXCbxHCW4MRwuxnHcCeHb53y3pncxHCUkRjOLEwMl4sYLpGJ4QAAACiaGC7uxHBUhRjObHNiuIjE&#10;cGK4QAxnCU4Mtxsx3NbEcJSRGM4sTAyXixgukYnhAAAAKJoYLu7EcFSFGM5sc2K4iMRwYrhADGcJ&#10;Tgy3GzHc1jon135x+S4xHOUihjMLE8PlIoZLZGI4AAAAiiaGizsxHFUhhjPbnBguopRjuOxx333T&#10;qUfFcBNiOEtwYrjdvPID556ZfY8Qw2UTw1FGYjizMDFcLmK4RCaGAwAAoGgHV868oNk9I4aLNDEc&#10;VSGGM9ucGC6icQzXGw6n3fyf93V6YrhtxHCW4MRwuxHDbVtv7U4xHGXztINLf04MZ5at3r7j6ucd&#10;fXp4aXCRxHBprNkdPNw88cD3hKcdAAAAZk8MF3diOKpCDGe2uf+2sF8MF0vyMdz7xHCBGM4SnBhu&#10;N8d6w68Xw4WJ4SghMZxZmBguFzFcGmuOY7iBGA4AAIDiiOHibhTDLZ544O+Gww2lJYYz25wYLiIx&#10;nBhu4tbPrzXaYjhLbGK43Yjhtk0MRwmJ4czCxHC5jGO47uDN036HavOzphgOAACAok1iuEF/2g+u&#10;ln/Zsf3DxRMDMRylJ4Yz25wYLiIxnBhuQgxnKU4Mtxsx3LaJ4SghMZxZmBguFzFcGmuK4QAAACia&#10;GC7usmMrhqMSxHBmG2v9t4X9LxfDRSKGE8NNiOEsxYnhdjOK4ZbFcJOJ4SghMZxZmBguFzFcGmuK&#10;4QAAACiaGC7usmMrhqMS9hx42TPFcGajieFi6vTXk47hssd/MByKxInhLMWJ4XYjhts2MRwlJIYz&#10;CxPD5SKGS2NNMRwAAABFE8PFXXZsxXBUghjObGOjGG7p28JLg8tMDCeGmxDDWYoTw+1GDLdtYjhK&#10;SAxnFlZfuuPq571MDHeJxHBprCmGAwAAoGhiuLjLjq0YjkoQw5ltTAwXkxhODDchhrMUJ4bbjRhu&#10;28RwlJAYzixMDJfLDT8rhkthTTEcAAAARRPDxV12bP9wsSuGo/zEcGYbE8PFlHYMNxTDbRLDWYoT&#10;w+1GDLdtYjhKSAxnFlZvvVkMd+maJ37n6WK4+V9TDAcAAEDRxjHcihgu1rIf/sVwVIIYzmxjYriY&#10;jvaG3y+GQwxnaU4Mtxsx3LaJ4SghMZxZmBguFzFcGmuK4QAAACiaGC7ush/+xXBUghjObGNiuJiW&#10;e8PvzyaGS944hvtn01+DZvO6UQzX+qHwImAHMdy2jWO4h8RwlIoYzixMDJeLGC6NNVdWH2oeF8MB&#10;AABQIDFc9P2BGI4qEMOZbUwMF5MYTgw3IYazFCeG240Ybtt6a3e+4tTac8KhgVIQw5mFieFyEcOl&#10;MTEcAAAAhRPDRZ8YjkoQw5ltTAwXkxhODDchhrMUJ4bbjRhu28RwlJAYzixMDJdL88QDYrgEJoYD&#10;AACgcNff9pHrxXBRJ4ajEsRwZhsTw8UkhhPDTYjhLMWJ4XYjhts2MRwlJIYzCxPD5SKGS2NiOAAA&#10;AAonhos+MRyVIIYz25gYLqakY7j+2ikx3AYxnKU4MdxuJjHcuhhuNDEcJSSGMwsTw+UihktjYjgA&#10;AAAKJ4aLPjEclSCGM9uYGC6mSQy3JoZLnhjOUpwYbjdiuG0Tw1FCkxiu9a+nv7+ZJTQxXC6TGO6M&#10;GG7OJ4YDAACgcGK46BPDUQliOLONieFiEsOJ4SbEcJbixHC7GcdwveHbpr1/JjcxHCUkhjMLE8Pl&#10;IoZLY2I4AAAACieGiz4xHJUghjPbmBguJjGcGG5CDGcpTgy3GzHctonhKCExnFlYvfXma65r/cXw&#10;0uAiieHSmBgOAACAwonhok8MRyVMYrilt079Za9ZUhPDxTSJ4YZrU2/+z/kmMdwjYrgxMZylODHc&#10;bsRw2yaGo4TEcGZhYrhcxHBpTAwHAABA4cRw0SeGoxLEcGYba/1XMVw8Yjgx3ETrC8Rwlt7EcLs5&#10;1jsnhtuYGI4SEsOZhYnhchHDpbFxDLdy5p+Epx0AAABmTwwXfX+wuHLmO8PhhtLac+CmZ9bqbTGc&#10;mRguKjGcGG5CDGcpTgy3GzHctvXOiuEoHTGcWZgYLhcxXBoTwwEAAFA4MVz0ieGoBDGc2cbEcDEt&#10;nxLDhUORODGcpTgx3G467xk+Sww3WefU2jtvFMNRMmI4szAxXC6jGK55fHDHlN+f2hxNDAcAAEDh&#10;xHDRJ4ajEsRwZhsTw8U0juH6YrjktcRwluLEcLvpnBLDbUwMRxmJ4czCxHC5iOHSWHNl8FA2MRwA&#10;AADFOXTbR65fFMPFW1cMRzWI4cw2JoaLKfUYbvn969eHQ5E2MZwlOTHcbsRwWxPDUUbXXPeiLxXD&#10;mWUTw+UihktjYjgAAAAKN47huqdPTfvB1S7DxHBUhBjObGNiuJiWT62L4RDDWaITw+1GDLc1MRxl&#10;JIYzCxPD5SKGS2NiOAAAAAp36LYHrl/srorhYq07+IPFlYEYjtITw5ltTAwXkxhODDcmhrMkJ4bb&#10;jRhua2I4ykgMZ7a528Vwl04Ml8aaXTEcAAAABTt0uxgu6sRwVIQYzmxjYriYko7hemunlk+K4cbE&#10;cJbkxHC7EcNtLft+8c4b3yuGo1zEcGabE8PlMI7hVsRw876mGA4AAICiieEiTwxHRYjhzDYmhoup&#10;0xv+QLox3FAMt2EUw9VbPzr9NWg2t/uMGO6JjWO4vhhuNDEcZSSGM9ucGC6H6990/zPEcPO/phgO&#10;AACAoonhIk8MR0WI4cw2JoaLSQwnhhsTw1maE8PtQgy3NTEcZSSGM9vc7dfsE8NdKjFcGmuK4QAA&#10;ACiaGC7yxHBUhBjObGNiuJjEcGK4MTGcpTkx3C7EcFsTw1FGYjizzYnhchDDpbFmd/XTYjgAAAAK&#10;JYaLvo+K4agCMZzZxsRwMYnhxHBjYjhLc2K4XYjhtiaGo4zEcGabE8PlIIZLY2I4AAAACieGiz4x&#10;HJUghjPbmBguJjGcGG5MDGdpTgy3CzHc1kYxXKc/3BcODZSCGM5sc2K4HMRwaUwMBwAAQOHEcNEn&#10;hqMS9tSPfL0Yzmw0MVxMYjgx3JgYztKcGG4XYritieEoIzGc2ebEcDmI4dKYGA4AAIDCieGiTwxH&#10;JYjhzDbW+q976+2/HV4aXGYpx3DZ+mK4QAxnaU4Mtwsx3NbEcJSRGM5sc2K4HMRwaUwMBwAAQOHE&#10;cNEnhqMSxHBmGxPDxTSJ4dbEcKkTw1mKq4vhdiOG25oYjjISw5lt7vavfs6RrwkvDS6SGC6NieEA&#10;AAAo3A3d0wfFcFEnhqMSxHBmGxPDxSSGE8ONHT58hRjOkpsYbleTGG5dDJdNDEcZieHMNieGy+H6&#10;Nz0ohktgYjgAAAAKJ4aLPjEclSCGM9uYGC6mUQyXbX3azf8E1l8++YgYbkQMZylODLerUQyXfX94&#10;+5T3zuQmhqOMxHBmmxPD5SCGS2NiOAAAAAonhos+MRyVIIYz25gYLiYxnBhuTAxnKU4Mtysx3NbE&#10;cJSRGM5sc2K4HCYx3Bkx3JxPDAcAAEDhxHDR99HF28RwlJ8YzmxjYriYxHBiuDExnKU4MdyuxHBb&#10;E8NRRpMYbunfTH1/M0trYrgcxHBpbBTDLZ44893haQcAAIDZE8NF30dv6J75O+FwQ2mJ4cw2JoaL&#10;SQwnhhsTw1mKE8PtSgy3NTEcZSSGM9ucGC6H6+8Qw6UwMRwAAACFE8NFnxiOShDDmW1MDBeTGE4M&#10;NyaGsxQnhttV59Q5Mdzm1t8hhqNsxHBmmxPD5TCO4bqDn5ny+1Obo4nhAAAAKJwYLvrEcFSCGM5s&#10;Y2K4mMRwYrgxMZylODHcrsRw2zcUw1E6YjizzYnhchDDpbFxDNcVwwEAAFAgMVz0ieGoBDGc2cbE&#10;cDGlHsO94u71F4RDkTYxnKU4Mdyubnrf8NliuI2J4SgfMZzZ5sRwOYjh0pgYDgAAgMKJ4aJPDEcl&#10;iOHMNiaGi6nTWxfDIYazNCeG25UYbvvEcJSPGM5sslqjfeKrxHCXTAyXxsRwAAAAFG4cw50Qw0Wc&#10;GI5KEMOZbUwMF5MYTgw3No7hlv759Neg2ZxuFMM12q8NrwJ2EMNtnxiO8rnmuleJ4cyyieHyEcOl&#10;sew5/vRidyCGAwAAoDhiuOgTw1EJ4xiu0X7btF/2mqU1MVxMnZPDHxTDIYazJCeG25UYbvvEcJSP&#10;GM5sMjFcPmK4NJY9x2I4AAAAijWO4VZO3z3tB1e7HBt8NDvGYjhKTwxntrnfEMPFk3YMd1YMt0EM&#10;ZylODLcrMdz2ieEon7315S/L3sfEcJb8xHD5iOHSWPYci+EAAAAolhgu9sRwVIMYzmxzYriIOv3h&#10;D2YTw6VODGcpTgy3KzHc9onhKB8xnNlkYrh8XtD98Nc2xXBzv+w5FsMBAABQLDFc9P2+GI4qEMOZ&#10;bU4MF5EYTgw3JoazFCeG25UYbvvEcJSPGM5sMjFcPmK4ZPYpMRwAAACFEsNFnxiOShDDmW1ODBeR&#10;GE4MNyaGsxQnhtuVGG77xHCUjxjObDIxXD5iuGQmhgMAAKBYN3QfPJj9gCqGi7TmyurvHxTDUQFi&#10;OLPNieEiSjmG6/TP9m8Sw02I4SzFieF2ddPdYritieEoHzGc2WRiuHzEcMlMDAcAAECxxHBxJ4aj&#10;KsRwZpsTw0WUdAx3aq0nhgsO33pFrd4Ww1laE8PtSgy3fcN3HPvA8BvCoYFSEMOZTTaK4Z66v/O0&#10;8NLgIonhkpkYDgAAgGKJ4eJODEdViOHMNieGiyjpGK631rvpLjHc2HWv+kIxnCU3MdyuxHDbJ4aj&#10;fMRwZpOJ4fIRwyUzMRwAAADFEsPFXbMrhqMaxHBmmxPDRTSJ4dbEcKkTw1mKE8PtSgy3fWI4ykcM&#10;ZzaZGC4fMVwyE8MBAABQLDFc3InhqAoxnNnmxHARieHEcGNiOEtxYrhdieG2rTd8x7GTYjjKRQxn&#10;NpkYLh8xXDITwwEAAFAsMVzcieGoCjGc2ebEcBGNY7je8LELbvwnsEkM94gYbkQMZylODLercQx3&#10;Sgw3nhiOEhLDmU0mhstHDJfMxHAAAAAUa/G2QTP7AVUMF2liOKpCDGe2OTFcRGI4MdyYGM5SnBhu&#10;VzePY7h1MdxoYjhKSAxnNpkYLp8XiuFSmRgOAACAYonh4m4UwzVPnPmOcLihtMRwZpsTw0UkhhPD&#10;jYnhLMWJ4XY1juH6w1+Y9v6Z3MRwlNA4hjsghjOrNZZOPHX/S8Vwl+iF3d/92uYJMdzcr7v6qcWV&#10;M/84PO0AAAAwe2K4uBPDURViOLPNieEiEsOJ4cbEcJbixHC7EsNtmxiOEhLDmU0mhstnFMMtiuHm&#10;f2I4AAAAiiaGizsxHFVx1f6lZ4nhzMYTw0UkhhPDjYnhLMWJ4XYlhts2MRwlJIYzm0wMl884hltZ&#10;/dmdvz+1OZsYDgAAgKKJ4eJODEdViOHMNvcbe+tHXhReGlxmqcdwnf7688OhSNskhvsXU15/ZvO7&#10;evux7K9iuCcghts2MRwlJIYzm6zWaK2I4S6dGC6RieEAAAAomhgu7sRwVIUYzmxzYriIjvWHP7gs&#10;hkMMZylODLerm+8+/+xlMVzY8BfEcJTNOIZrtH/8ce9rZglODJePGC6RieEAAAAo2uIJMVzMieGo&#10;CjGc2ebEcBEd66+L4RDDWZoTw+1qFH+J4TYmhqN8xHBmk4nh8hHDJTIxHAAAAEVbFMNFnRiOqhDD&#10;mW1ODBeRGE4MNyaGsxQnhtuVGG77xHCUjxjObDIxXD5iuEQmhgMAAKBoi2K4qBPDURViOLPNieEi&#10;Wj45fK0YDjGcJTkx3K7EcNsnhqN8xHBmk4nh8hHDJTIxHAAAAEVbFMNFnRiOqhDDmW1ODBdR2jHc&#10;WTHcBjGcpTgx3K7EcNsnhqN8xHBmk4nh8hHDJTIxHAAAAEVbFMNFnRiOqhDDmW1ODBeRGE4MNyaG&#10;sxQnhtuVGG77xHCUjxjObDIxXD6H3viRr1sUw83/uoNPLa6cFsMBAABQnMUTg2azO3j/1B9cLfea&#10;K6u/J4ajCsRwZpsTw0UkhhPDjY1iuIYYzhKbGG5XYrjtE8NRPmI4s8nEcPmI4VLZ4JNiOAAAAAq1&#10;KIaLuubK4PeaJ06L4Sg9MZzZ5sRwEYnhxHBj+1pfJIaz5CaG25UYbvvEcJSPGM5ssnEM11j6C+Gl&#10;wUUSw6UyMRwAAAAFWxTDRd04hjsuhqP8xHBmmxPDRZRyDJftpBguEMNZihPD7UoMt31iOMpHDGc2&#10;mRguHzFcKhPDAQAAULBFMVzUieGoCjGc2ebEcBGJ4cRwY2I4S3FiuF2J4bZPDEf51Pa1rszew8Rw&#10;lvzEcPmI4VKZGA4AAICCLYrhok4MR1WI4cw2J4aLaBLDrYnhUieGsxQnhtuVGG77hr9w893DZ4dD&#10;A6UghjObTAyXz6HbxXBpTAwHAABAwRbFcFEnhqMqJjFc6+3TftlrltjEcBGJ4cRwY2I4S3FiuF2J&#10;4bZPDEf5iOHMJhPD5SOGS2WDTy4eF8MBAABQoEUxXNSJ4agKMZzZ5n5dDBfP8qnha5f7w89ceOM/&#10;iYnhNojhLMWJ4XYlhts+MRzlI4Yzm0wMl48YLpWJ4QAAACjYohgu6sRwVIUYziysLoaLSQz3iBgu&#10;s29f64v2iuEstYnhdiWG2z4xHOUjhjObTAyXjxgulYnhAAAAKNjiiQebze6qGC7SxHBUhRjOLEwM&#10;F5UYTgw3IoazJCeG25UYbvvEcJSPGM5sslpdDJeHGC6VieEAAAAomBgu7sYx3Mrqt4fDDaUlhjML&#10;E8NFJYYTw42I4SzJieF2NYnh1sVw44nhKB8xnNlkYrh8xHCpbPDJG7qrt4SnHQAAAGZPDBd3Yjiq&#10;QgxnFiaGi0oMJ4YbGcVwC43Wj019DZrN68Yx3JEfDC8DdhjHcL3hO6a8dya3Tn/4CzeJ4SgZMZzZ&#10;ZLV6uyuGu3RiuFQmhgMAAKBgzeODRTFcvInhqAoxnFmYGC6qpGO43trJY731bwqHImliOEtyYrhd&#10;ieG2JoajjMRwZpOJ4fIZx3Dd0z837XeoNk8TwwEAAFCwcQy3IoaLNTEcVSGGMwsTw0UlhhPDjYjh&#10;LMmJ4XZ17ANiuI2J4SgjMZzZZGK4fMRwqUwMBwAAQMHEcHEnhqMqxHBmYWK4qMRwYrgRMZwlOTHc&#10;rsRwW+ucWn+7GI6yEcOZTSaGy+fQ7b8nhktiYjgAAAAKJoaLOzEcVSGGMwsTw0W1fGpdDIcYztKc&#10;GG5XYritieEoIzGc2WRiuHwmMdyqGG7uJ4YDAACgYGK4uBPDURViOLMwMVxUnd7wh8RwiOEsyYnh&#10;dtXpD/eJ4SbLvle+/ab3ieEoFzGc2WRiuHzEcKlMDAcAAEDBxHBxJ4ajKsRwZmFiuKjSjuHOiuEC&#10;MZwlOTHcrsRwWxPDUUZiOLPJxHD5iOHSWHNl8MmDYjgAAACKJIaLu2ZXDEc1iOHMwuqtX99bf7kY&#10;LhIxnBhuRAxnSU4Mt6txDNcXw40mhqOMRjFc9vPiv536/maW0MRw+Yjh0pgYDgAAgMKJ4SKvu/q7&#10;Yjiq4KrnvuzZYjizbGK4qMRwYriRa6/91i8Ww1lyE8PtSgy3NTEcZSSGM5tMDJePGC6NNVdWPyGG&#10;AwAAoFBiuMgTw1ERYjizMDFcVGI4MdyIGM6SnBhuV2K4rYnhKCMxnNlkoxjuqufd+NXhpcFFWrzt&#10;9F8Sw83/xHAAAAAUTgwXeWI4KkIMZxY2iuEaS38rvDS4zMRwYrgRMZwlOTHcrsRwWxPDUUZiOLPJ&#10;xHD5iOHSmBgOAACAwonhIk8MR0WI4czCxHBRJR3D9dfuEsNNiOEsyYnhdiWG25oYjjISw5lNJobL&#10;ZxzDrYjh5n3N7uATB7unxXAAAAAUZxzDdQcfmPaDq12GdQe/21w5LYaj9MRwZmFiuKjEcGK4ETGc&#10;JTkx3K7EcFsTw1FGYjizycRw+Yjh0lhTDAcAAEDRxHCRJ4ajIsRwZmFiuKgmMdyaGC5xYjhLcmK4&#10;XYnhtiaGo4zEcGaTieHyEcOlsaYYDgAAgKKJ4SJPDEdFiOHMJqvVW7++RwwXzSiGy/bZ7Tf9E5oY&#10;LhDDWZITw+1KDLe1UQzXOXXuWeHQQCmI4cwmE8PlI4ZLY00xHAAAAEUTw0WeGI6KEMOZTSaGi0sM&#10;J4YbEcNZkqu3HltoLInhnoAYbmuTGG4ohqNUxHBmk4nh8hHDpbGmGA4AAICiieEiTwxHRYjhzCYT&#10;w8UlhntEDJeZxHBL/3Laa9BsbldvrYvhnpgYbmtiOMroqmd925eL4czEcHmJ4dJYUwwHAABA0cRw&#10;kdcd/O7iidVXhsMNpSWGM5tMDBeXGE4MNyKGsyQnhtuVGG5rYjjKSAxnNlmt3j4uhrt0Yrg01hTD&#10;AQAAUDQxXOSJ4agIMZzZZGK4uMRwYrgRMZwlOTHcrsRwWxPDUUZiOLPJxHD5iOHSWLM7+ETzxOo/&#10;Ck87AAAAzJ4YLvLEcFSEGM5sMjFcXGI4MdyIGM6SnBhuV2K4rYnhKCMxnNlkYrh8RjFcszt4y9Tf&#10;odrcLHuOxXAAAAAUq/lmMVzUieGoCDGc2WRiuLhSj+Fufv/6deFQJE0MZ0lODLerUQzX6a29c8p7&#10;Z3ITw1FGYjizycRw+Yjh0lj2HIvhAAAAKJYYLvLEcFSEGM5sMjFcXGI4MdyIGM6SnBhuV2K4rYnh&#10;KCMxnNlkYrh8xHBpLHuOxXAAAAAU6+DKh2/IfkAVw8XaKIbriuEov0kMt/QL037Za5bSxHBxdU6t&#10;/1CnL4ZLnRjOkpwYbldiuK2J4SgjMZzZZGK4fMRwaSx7jsVwAAAAFOvgyuoNze6qGC7WxHBUxFXP&#10;venZtUZbDGfJr1Zv/RcxXDyd/vCHxXBce+13fXH2ehPDWVoTw+1KDLd9628Tw1E2YjizycRw+Yjh&#10;0lj2HIvhAAAAKJYYLvLEcFSEGM5sMjFcXCnHcJ3+2l1HxXBjYjhLcmK4XYnhtk8MR/mI4cwmE8Pl&#10;I4ZLY9lzLIYDAACgWGK4yBPDURFiOLPJxHBxpR3DnRXDBU9/+s1fkr3exHCW1sRwu7rxvWvPEcNt&#10;bCiGo3TEcGaTieHyWbzt98RwCSx7jsVwAAAAFEsMF3liOCpCDGc2mRgurqRjuJNn7zp6Ugw3Ioaz&#10;JCeG25UYbvvEcJSPGM5sslEMt+cbO9eElwYXafFnRjHcqhhuztcUwwEAAFA0MVz0PSiGowrEcGaT&#10;ieHiEsOJ4UbEcJbkxHC7EsNtnxiO8hHDmU0mhstHDJfGmiur/6t5XAwHAABAgcRw0SeGoxLEcGaT&#10;ieHiEsOJ4UbEcJbkxHC7EsNtnxiO8hHDmU0mhsvn4MrgWjHc/E8MBwAAQOHEcNEnhqMSxHBmk4nh&#10;4ko6huutvU8MNyGGsyQnhtuVGG77xHCUzySGW/q/pr6/mSU0MVw+Yrg0JoYDAACgcGK46BPDUQli&#10;OLPJxHBxieHEcCNiOEtyYrhd3XhKDLc1MRzlI4Yzm0wMl48YLo2J4QAAACicGC76xHBUghjObDIx&#10;XFxiODHciBjOkpwYbldiuO0Tw1E+YjizyWr1peN7vvGlYrhLJIZLY2I4AAAACieGiz4xHJUghjOb&#10;TAwX1ySGWxPDJU4MZ0lODLcrMdz2ieEoHzGc2WRiuHzEcGlMDAcAAEDhJjHc4J5pP7jaZZkYjkoQ&#10;w5lNJoaLaxzD9YbnLrzxP/8Tw20Zx3D19r+a9ho0m9uNYrgDrR8ILwN2EMNtW2/4ts57xHCUixjO&#10;bDIxXD5iuDTWXBn8r+bx02I4AAAAiiOGi73Bg4vdj4jhKD0xnNlkYri4xHBiuBExnCU5MdyuxHDb&#10;1hu+7Vjv3NeHQwOlIIYzmyz7efE2MdylE8OlMTEcAAAAhRPDxZ4Yjmp46nOOfIMYzkwMF9ux/vCH&#10;l5OO4R4Rw2WeflgMZwlODLerV4xiuFNiuPHGMdxQDEepiOHMJhPD5SOGS2NiOAAAAAonhou9wYM3&#10;rKzeHA43lJYYzmwyMVxcYjgx3IgYzpKcGG5XYrhtE8NRQlc96zvEcGbZxHD5iOHSmBgOAACAwonh&#10;Iq8rhqMarn7OkW9YEMOZTWK4A+2/GV4aXGZiODHciBjOkpwYbldiuG0Tw1FCkxiuLYaz5CeGy0cM&#10;l8bGMdzK6v8ZnnYAAACYvXEMtyKGizYxHBUhhjObTAwXV+oxXOfU2jeGQ5E0MZwlOTHcrsRw2yaG&#10;o4TEcGaTieHyGcdwxwc/P/V3qDY3E8MBAABQODFc5InhqAgxnNlkYri4xHBiuBExnCU5MdyuRjHc&#10;MTHcZGI4SkgMZzaZGC4fMVwaE8MBAABQODFc5InhqAgxnNlkYri4xHBiuBExnCU5MdyuRjHccm/t&#10;zmnvn8lNDEcJPfXazp8Xw5mJ4fISw6UxMRwAAACFO7SyesOiGC7exHBUxNXPE8OZjSaGi+tYf10M&#10;x1OednDpz4nhLLmJ4XYlhts2MRwl9NQXiOHMRhPD5SOGS2NiOAAAAAonhos8MRwVIYYzm0wMF9fy&#10;yeGtYjjEcJbkxHC7EsNtmxiOEhLDmU0mhstnHMOtiOHmfc2uGA4AAICCieEiTwxHRYjhzCYTw8Ul&#10;hhPDjYjhLMmJ4XYlhtu+9beK4SgbMZzZZKMYrvb81tXhpcFFEsOlsaYYDgAAgKLdcPzDh8RwESeG&#10;oyLEcGaTieHiSjuGOyuGC8RwluTEcLsSw22fGI7yEcOZTTaO4faJ4S6VGC6NNcVwAAAAFE0MF30P&#10;iOGoAjGc2WRiuLjEcGK4ETGcJTkx3K7EcNsnhqN8xHBmk4nh8hHDpbGmGA4AAICiieGiTwxHJYjh&#10;zCYTw8UlhhPDjYjhLMmJ4Xa1fNfac8VwGxuK4SgdMZzZZGK4fMRwiay7+mdiOAAAAAolhos+MRyV&#10;IIYzm0wMF9dyf3hrtiRjuGzvFcNNiOEsyY1iuP3cYlcPAAD/9ElEQVRiuCcihts+MRzlI4Yzm0wM&#10;l48YLpGJ4QAAACjaDcfPHMp+SBXDxZsYjkoQw5lNJoaLSwwnhhsRw1mSE8PtSgy3fWI4ykcMZzaZ&#10;GC6f69+0+szmyqoYbt4nhgMAAKBoYrjoE8NRCeMYrt5+x7Rf9pqlNDFcXGI4MdyIGM6SnBhuV2K4&#10;7RPDUT5iOLPJxHD5iOESmRgOAACAoonhok8MRyWI4cwmq9Xb/1kMF48YTgw3MonhWv962mvQbI63&#10;JoZ7YmK47RPDUT5iOLPJxHD5iOESmRgOAACAoonhok8MRyWI4cwmE8PFNYnhpt34T2JiuEAMZ4lO&#10;DLcLMdz2ieEoHzGc2WRiuHzEcIlMDAcAAEDRxHDRJ4ajEsRwZpOJ4eJKOobrrb238z4x3IgYzhKd&#10;GG4XYrjtE8NRPuMYrt7+iSnvbWZJrdZov0kMd+nEcIlMDAcAAEDRxHDR98ANt4nhKD8xnNlkYri4&#10;xHAPi+EyYjhLdGK4XYjhtk8MR/mI4cwmE8PlI4ZLZGI4AAAAiiaGi7vsB/8HDnYfeEU43FBaYjiz&#10;ycRwcYnhxHAjYjhLdGK4XYjhtm/41ld+4Nwzw6GBUhDDmU0mhstHDJfIxHAAAAAUbRzDdQe/PPUH&#10;V8u95srggYPdgRiO0hPDmU0mhotLDCeGGxHDWaITw+1CDLe1Tn/41pvEcJSMGM5sMjFcPmK4RNYd&#10;/Flz5SNiOAAAAIpzw+1iuJgTw1EVYjizycRwcaUewx3rrz0vHIqkieEs0YnhdiGG29okhhuK4SgV&#10;MZzZZGK4fMRwiaw7+LPFE4PvCk87AAAAzJ4YLu7EcFSFGM5sMjFcXGI4MdyIGM4SnRhuF2K4rYnh&#10;KCMxnNlkYrh8xjFcd/DWab9DtTmaGA4AAICiieHiTgxHVYjhzCYTw8UlhhPDjVxz3Yu+VAxnCU4M&#10;t4vl94vhNiaGo4zEcGaTieHyuf7NYrgkNorhumI4AAAACiSGizsxHFUhhjObTAwXlxhODDcihrMU&#10;V2u01/aI4Z6QGG5rYjjKSAxnNpkYLh8xXCITwwEAAFA0MVzcieGoCjGc2WRiuLiO9ob/ZOdN/2Qm&#10;htskhrMUJ4bb3SiG65w8+4tT3z8TmxiOMhLDmU02iuEWnnvj3vDS4CKJ4RKZGA4AAICiieHiTgxH&#10;VYjhzCYTw8V1tLd2dLm39kc7b/wnMTHcJjGcpTgx3O4mMdyaGC5b5+TwrTfdJYajXMRwZpOJ4fIR&#10;wyUyMRwAAABFE8PFnRiOqrj6wNI+MZyZGC62oyfP/pXl3vC/7rzxn8TEcJvEcJbixHC7E8NtTQxH&#10;GYnhzCYTw+UjhktkYjgAAACKJoaLOzEcVSGGM5tMDBfX4XvPX9HpD397543/RHb/zScfvjociqSJ&#10;4SzFieF2N47h+mK40Tq99Z8Xw1E2X3Vd6yvEcGZiuLzEcIlMDAcAAEDRxHBx11xZPSOGowrEcGaT&#10;TWK4I38jvDSIoNMb/qOdN/6TmE+G2ySGsxQnhtudGG5rYjjKSAxnNpkYLp+//ObVZy6K4eZ/YjgA&#10;AACKttj9yAvFcPEmhqMqxHBmk4nh4jt68tGnL/fW/r9pAcBcTwy3SQxnKU4Mtzsx3NbEcJSRGM5s&#10;MjFcPmK4ZPanYjgAAAAKJYaLOzEcVSGGM5tMDDcby/3h900LAOZ6YrhNkxhu6d9Mew2azetGMVz2&#10;Peb7w8uAHY72Htovhpus0xuK4SgdMZzZZGK4fMRwyUwMBwAAQLHEcHEnhqMqxHBmk4nhZuPwveev&#10;WO6vfXxnADDnu//mkw9fHQ5B0sRwluLEcLs72lsTw4WJ4SgjMZzZZGK4fA51/8fXi+GSmBgOAACA&#10;Yonh4q7ZFcNRDWI4s8nEcLOz3B/+7WkRwBzvPT4ZbkIMZylODLc7MdzWxHCUkRjObDIxXD5iuGQm&#10;hgMAAKBYYri4E8NRFWI4s8nEcLPVOXn2x6aFAHM6MVwghrMUJ4bbnRhua2I4ykgMZ7a5N4rhLp0Y&#10;LpmJ4QAAACiWGC7uxHBUhRjObLJxDLdfDDdLy73hvdNigDmcGC4Qw1mKE8PtTgy3NTEcZSSGM9uc&#10;GC6HQ90zX7/YXRXDzf/EcAAAABRLDBd3YjiqQgxnNpkYbvZuet+n90yLAeZw99988uGrw8NOmhjO&#10;UpwYbndiuK2J4SgjMZzZ5sRwOYjhkpkYDgAAgGKJ4eJODEdViOHMJhPDFeNY/9HD04KAOZtPhguu&#10;ue5VX5p9zxHDWVITw+1ODLc1MRxlJIYz25wYLgcxXDITwwEAAFCsxe6ZFy6unBHDRdoohmueeOBY&#10;ONxQWmI4s8nEcMXpnFprT4sC5mhiuEAMZylODLc7MdzWxHCUkRjObHNiuBzGMdwJMdzcryuGAwAA&#10;oGBiuLgTw1EVYjizycRwxVo+Ofw/p4UBczIxXLC3vvxlYjhLbWK43YnhtjaK4ZbvPndtODRQCmI4&#10;s82J4XIQwyUyMRwAAABFE8PFnRiOqhDDmU0mhitep3f2ddPigDnY/TeffPjq8DCTJoazFCeG250Y&#10;bmtiOMpoEsO1Xj/t/c0ssYnhchDDJbLu6p/esHLmH4anHeD/Z+9/4CW7C/r+P/Wbfos2CpKd2cCX&#10;CiKWNGRnNkTIntnFxZa2aFEguTO72blLqFLK1/ptY3/U0mobWtta/yAiSHJnNkRBpRoRSHbuJoBu&#10;JSq2VLFFm2RnlqjUbpVWlITcO5s2+5u5c5K5e/dk2Ls758w55/N8Ph7vx0oMu3fO2Zm5M+fFXAAA&#10;yN4khuv/UuILV7voieEoikkM1/z5hDd6zYKaGC4fllfXb0kKBAo+nwwXE8NZiBPDzSaGm24Sw62J&#10;4cgVMZzZkxPDXYSNGK7b/9mk91CtRBPDAQAAsGhiuHQXdfonoyN9MRy5J4Yzm6xSb/2GGC4f2sdO&#10;/92tgUDB96HDq4+I4UbEcBbixHCzieGmE8ORR2I4syf37tH3stX4rsE2ieECWaf/P/d2+2I4AAAA&#10;FkcMl+4iMRwFIYYzm0wMly/LvfXXbI0Eirr26vBDB8VwG8RwFuLEcLOJ4aYTw5FHYjizJyeGuwhi&#10;uEAmhgMAAGDRxHDpLhLDURBiOLPJxHD50149vWdrKFDEjWO4Q/cOd8c3K2hiOAtxYrjZxHDTieHI&#10;IzGc2ZMTw10EMVwgE8MBAACwaGK4dBeJ4SgIMZzZZGK4fGoeP3NZu7e+tjUYKNjuv+noI1fENylo&#10;GzHcbjGchTUx3GwbMVxv7QMJj53BTQxHHonhzJ6cGO4iiOECmRgOAACARRPDpbtIDEdBiOHMJhPD&#10;5Vu7NyxsKDH62j906KhPhhsTw1mIE8PNNonhivsYP8+J4cgjMZzZkxPDXQQxXCATwwEAALBoYrh0&#10;F3UHAzEcRSCGM5tMDJd/y6vrb06KB/I+MdyUGM5CnBhuNjHcdGI48kgMZ/bElt69s/ZaMdwFEsMF&#10;MjEcAAAAiyaGS3cbMdyKGI78E8OZTSaGK4ZDvdN7kwKCPE8MN7URw9VbP7z1/mdW5o2eX9bFcE9N&#10;DLdpx06/TwxH3ojhzJ6YGO5iiOECmRgOAACARRPDpTsxHEUhhjObTAxXLMur659KDAnyuftvOvrI&#10;FfGXHjQxnIU4MdxsYrhNE8ORQ2I4sycmhrsYYrhg9jkxHAAAAAslhkt3YjiKQgxnNpkYrniWV4ft&#10;c0KCHM4nw02J4SzEieFmE8NtmhiOHBLDmT0xMdzFEMMFMzEcAAAAiyWGS3diOIpCDGc2WaXeFMMV&#10;0P7jxy9d7g3vTIwKcrJ2b00MFxPDWYgTw8128MMP18Rw8cRw5NDT669+hhjObLzmT4jhLlzj3fe/&#10;UAwXxMRwAAAALFZ024PfKIZLb2I4ikIMZzbZJIa7QQxXUMu99RvavfXHEuOCBa+9OvygGG5CDGch&#10;Tgw328FVMdyTO7YuhiN3xHBmT0wMdzHEcMFMDAcAAMBiieHSnRiOohDDmU0mhiuH9urpOxIDg8Xu&#10;/puOPnJF/CUGTQxnIU4MN9vB1aEY7omJ4cghMZzZExPDXQwxXDATwwEAALBYYrh0J4ajKHbWb3iR&#10;GM5MDFcmB+559C8tr67/XGJosID5ZLgpMZyFODHcbGK4Teutv2/5w2I48kUMZ/bExHAXo3FEDBfI&#10;Prd3RQwHAADAAonh0p0YjqIQw5lNNo7hKrWlV8Z3DUrgdfecfuny6vrHE4ODDCeGmxLDWYgTw80m&#10;hts0MRw5JIYze2JiuIshhgtjUXfwuT1iOAAAABYpOiKGS3PjGK7RPbkcH27ILTGc2WRiuPIah2jL&#10;vfWHE8ODDNZeXf+kH5M6Ubmqedno/iaGs6AmhpvtdeMYblUMtzExHDkkhjOLVxPDXQwxXBgTwwEA&#10;ALBwYrh0J4ajKMRwZpOJ4cqvvbr2N9q94T2JAUKKG/2Z737d6uNfF38ZQRPDWYgTw80mhts0MRw5&#10;JIYziyeGuyiNI595YaN7UgxX8onhAAAAWDgxXLoTw1EUYjizycRw4Tj44eGL2sdOH0kMEea93vBP&#10;2731f/bGu858RfzHB00MZyFODDebGG7TeuvvE0+TN2I4s3hiuIsihgtjYjgAAAAWTgyX7sRwFIUY&#10;zmwyMVyY2r21t7Z762uJUcIc1l4dnjrUW39V/McFTwxnIU4MN5sYbtPEcOSQGM4snhjuoojhwtg4&#10;hos6J/9efNoBAAAge2K4dCeGoyjEcGaTieHCtnz0i9ct94ZvX+6t/4/EQOGCtv5fRr/fP7np2Jnn&#10;xX9M8MRwFuLEcLONY7jRY6YYbjwxHDkkhjOLV2v+xBW7lyrxXYNt2ojhOv33J72HauWZGA4AAICF&#10;E8OlOzEcRSGGM5tMDMcTlu9Ze8Hy6unu8urwc+eECue5dm/YH3/q3E0fPPOM+LdlRAxnIU4MN5sY&#10;btPEcOSUGM5sY3desn//pfHdgm0Sw4UxMRwAAAALJ4ZLd2I4ikIMZzaZGI6n0l794p6NH6e6uv7J&#10;8Y89fYqA4bF2b/jQ6P9/bLm39l3joC7+r7OJGM5CnBhuNjHcpm3EcGtiOPLmz1XrzX+T9PhmFtR8&#10;MtxFEcOFMTEcAAAACxcd+cw3Rp3BLye9cLWLX9TpDxrdE2I4ck8MZzaZGI7tOnBs7XnjUO7Q0eHu&#10;m44+ckX8j5lBDGchTgw3mxhu08Rw5FS1fuB7kx7fzIKaGO6iiOHCmBgOAACAhRPDpbtIDEdBiOHM&#10;JhPDQfrGMdzovvYjSfdBs7JODDebGG7TxHDk1Oix7ObR49gXtz6+mQU1MdxFEcOFsajb/1zU6Yvh&#10;AAAAWBwxXLobvfAXw1EIYjizycRwkD4xnIW4SQx34C3x3YAtNmK43tovnhWFhToxHDlVrTf/TqXW&#10;+uOkxzizYCaGuyhiuDAmhgMAAGDhxHAprzPoi+EoAjGc2WRiOEifGM5CnBhuNjHcponhyKlKrblv&#10;9Py9lvQYZxbQ7rxk//5L47sF2ySGC2NiOAAAABZODJfyxHAUhBjObDIxHKRPDGchTgw32ySGG4rh&#10;xhPDkVM760svrdRa/yHpMc4smPlkuIsihgtjYjgAAAAWTgyX8sRwFMTO+sEXVWutOxPf7DULaGI4&#10;SJ8YzkKcGG42MdzmnX6vGI48euZL2181ejx779bHN7OgJoa7KGK4MBZ1B38cieEAAABYJDFcyhPD&#10;URBiOLPJKvXmJ8RwkC4xnIU4MdxsYrjNE8ORX9VdzX+a9BhnFszEcBdlI4briuHKvqgjhgMAAGDB&#10;xHApTwxHQYjhzCYTw0H6xHAW4sRws4nhNk8MR36NHseur9aa/z3pcc4siInhLkq08sCVYrjyTwwH&#10;AADAwonhUp4YjoIQw5lNJoaD9InhLMSJ4WZbvvuRuhjuiYnhyK8rdi9dVak1fznpcc4siNVa7xLD&#10;XTgxXBgTwwEAALBwYriUJ4ajIMRwZpOJ4SB9YjgLcWK42cRwm7cuhiPXRq8b70h6nDMLZHdesn//&#10;pfHdgW0Sw4UxMRwAAAALt2flxH4xXIoTw1EQYjizycRwkL7LX/htXymGs9Amhptt+e6hGO7JieHI&#10;t8ruA81KrfXFpMc6s9LPJ8NdFDFcGBPDAQAAsHAbMVxXDJfaxHAUhBjObDIxHKRPDGchTgw3mxhu&#10;88Rw5Nuzrr1xx+i149Gkxzqz0k8Md1HEcGFMDAcAAMDCieFS3jiGO3KyHR9uyC0xnNlkYjhInxjO&#10;QpwYbjYx3OaJ4ci/Sq355qTHOrPSTwx3UcRwYUwMBwAAwMKJ4VKeGI6CEMOZTSaGg/SJ4SzEieFm&#10;E8NN115df+8BMRw5t2NX89rRc/mnkx7vzEo9MdxF2f+u37ks6vbvS3wP1UqzqDt4LOqcWIpPOwAA&#10;AGRPDJfyxHAUhBjObDIxHKRPDGchTgw3mxhuOjEcRVGtN3886fHOrNSrtd41/lHB8d2AbXrZbb/3&#10;rKjT/8nE91CtNPPJcAAAACycGC7lieEoCDGc2WRiOEifGM5C3Ojv/Hql1hTDPQUx3HTjGO7QR888&#10;Pz40kFujx7XdSY93ZiXfnZfs339pfDdgm65d+U9f0ej035H4HqqVZmI4AAAAFk4Ml/LGMVxHDEf+&#10;bcRwdTGcmRgO0ieGsxAnhptNDDedGI4iGT2u3Zb0mGdW2vlkuIu2p9P/l4nvoVppJoYDAABg4cRw&#10;KU8MR0GI4cwmE8NB+sRwFuLEcLMt3yOGe2JiOIqkUm/tHe2Pkh73zEo5MdxFa3QefH3ie6hWmkXd&#10;wWNR58RSfMoBAAAge2K4lCeGoyB21lpXV8VwZmI4yMAkhlt6W9J90KysGz2/rInhnpoYbjoxHEUj&#10;cLegJoa7aI3u4Fsa3f6Jc95DtdLMJ8MBAACwcGK4lCeGoyDEcGaTTWK41t+M7xpACsRwFuLEcLOJ&#10;4aZr99bfe+jomhiOwqhec7A2eow7mfTYZ1a6ieEuWrTywJWN7uCec95DtdJMDAcAAMDCieFSnhiO&#10;ghDDmU0mhoP0ieEsxInhZhPDTSeGo4iqtdYtSY99ZqWbGG4uos7gfYnvo1op5sekAgAAsHAbMVzn&#10;xPGkF642j/VPNDonxHDknhjObDIxHKRPDGchTgw320YMd0wMN54YjkLav//S0WPc55Ie/8xKtjvH&#10;f9/jv/lcoGhlcLDR7Z9Ofi/Vij6fDAcAAMDCieHSnhiOYhDDmU0mhoP0ieEsxInhZhvHcO3VtQ9u&#10;DcNCnBiOotpZWzqQ9PhnVqr5ZLi5eMlP/bfLo06/l/xeqhV9GzHckZPfGZ9uAAAAyJ4YLu2J4SgG&#10;MZzZZGI4SJ8YzkKcGG42Mdx0YjiKrFJbWkl6DDQrzcRwc7O3M7g5+b1UK/rEcAAAACycGC7tieEo&#10;BjGc2WRiOEjf5S/89q+s1FtiOAtqYrjZJjHcUAw3mhiOIvvqFx34S9Va60TS46BZKSaGm5v9dzz0&#10;tEanfyr5/VQr8qLu4LGoc2IpPtUAAACQvT0rn9kfdQZiuNQmhqMYxHBmk4nhIH1iOAtxYrjZxHDT&#10;tVdP/5QYjiIbfS/9uqTHQbNSTAw3V9FK/83J76dakbfxyXArPhkOAACABRLDpT0xHMUghjObTAwH&#10;6XvmC9pfJYaz0CaGm00MN50YjjIYPe795NbHQbNSrNZ6pxhufq7rntzZ6A5+7dz3U63IE8MBAACw&#10;cGK4tCeGoxjEcGaTieEgfc98qRjOwpsYbjYx3HRiOMqgclXzsvHjXtLjoVnBd+cl+/dfGv9VZw4a&#10;ncGbkt9TtaJODAcAAMDC7bldDJfuxHAUgxjObDIxHKRPDGchTgw3mxhuOjEcZVGtL7026fHQrNDz&#10;yXCpiLqDTyW/r2pF3Oh8PhZ1TizFpxcAAACyJ4ZLe2I4ikEMZzaZGA7SJ4azECeGm+3Q0Ud2i+Em&#10;a6+ui+EojdHj3vcnPSaaFXZiuFQ0Og++rNEdnD73fVUr4qJO/4+jlRM+GQ4AAIDFEcOlPTEcxSCG&#10;M5tMDAfpE8NZiBPDzSaGm04MR9lUa81e0uOiWSEnhktNo3PiluT3Vq146/+RGA4AAICFEsOlvE7/&#10;xN7u4FB8uCG3xHBmk4nhIH1iOAtxYrjZDh0diuHiieEomx0vbj9r9Dh4auvjolkhJ4ZLzf5bjl/a&#10;6PR/JfH9VSvYxHAAAAAs2HXd/svFcClODEdBTGK45i8kvtlrFtDEcJA+MZyFODHcbGK46cRwlNGO&#10;+tLfSnpsNCvcxHCpilYeuDLx/VUr1KLu4LGoc2IpPq0AAACQPTFcyhPDURBiOLPJKvXWr4vhIF1i&#10;OAtxYrjZxHDTieEoq2qt+c+SHh/NCrVa653Pfsnhy+O/1qRgz0r/uxLfY7UCzSfDAQAAsGBiuJQn&#10;hqMgxHBmk4nhIH1iOAtxYrjZxHDTieEos2qt9XNJj5FmhZkYLhONTv89ie+zWkEmhgMAAGDBxHAp&#10;TwxHQYjhzCYTw0H6NmK4WutHk+6DZmXdRgxXb/7j+G7AFmK46cYx3PK9j39tfGigdEbfA/yHpMdJ&#10;s0JMDJeJ/bccvzTqDn478b1WK8DEcAAAACyYGC7lieEoCDGc2WRiOEifGM5CnBhuNjHcdGI4yu5Z&#10;177qK0bfc/9R0mOlWe5XW3rns1/yGjFcBl7aOfGcxPdaLfeLuoPHos6JpfhUAgAAQPb2rzywY/Qi&#10;9f6tL1ptPhu9+H9478rJffHhhtwSw5lNJoaD9InhLMSJ4WYTw00nhiMEV+xeuirpsdIs9xPDZWpv&#10;9+RfT3q/1fI+nwwHAADAgl3XPbkz6gzel/zC1S52Uad/Yo9PhqMAxHBmk4nhIH1iOAtxYrjZxHDT&#10;ieEIxY7drW9Jerw0y/XEcJlrdPtvSHrP1fI8MRwAAAA5EHX7P5T8wtUudlF38KAYjiIQw5lNJoaD&#10;9InhLMRVamK4WcRw04nhCEllV+s7kx4zzfK75o8/+0oxXNYa3f73J73vanmdGA4AAIAcaKyc+O6o&#10;2/8/yS9e7WImhqMoxHBmk4nhIH1iOAtxYrjZxHDTTWK4NTEcwRg9Rv7w1sdMsxzvzkv27780/utL&#10;hqJu/46k914tf4u6g8eizoml+NQBAADAYjS6/QONTv+/Jb14tYtb1O0/uKd7QgxH7onhzCYTw0H6&#10;xHAW4sRws4nhphPDEaLR9wUrSY+dZvmbT4ZbpEZ3cOfW914th+v0/2j06/8bnzYAAABYjMaR+589&#10;epH6K+e8cLWL3kYMd5sYjvwTw5lNJoaD9InhLMSJ4WbbiOF6ax9KisNCmxiOUI0eJ3866fHTLF8T&#10;wy1ao9tfTXoP1nI0MRwAAAB5MXqR+g/PeeFqFz0xHEUhhjObTAwH6fvqa5tPF8NZaBPDzSaGm04M&#10;R8hGj5UfSnoMNcvPxHB5EHX7H096H9ZyMjEcAAAAedG47cTXNbr9/3jOi1e7qInhKAoxnNlkYjhI&#10;nxjOQpwYbjYx3HRiOEI3eqz8WNLjqFk+JobLi6jbvy/pvVhb/KLu4LGoc2IpPlUAAACwWFFn8H1J&#10;L2DtwieGoyiqu5Z2ieHMxrGCGA7SJoazECeGm20Sww3FcOMdO/2TYjhCN3q8/ETSY6nZ4ieGy5NG&#10;d/Dvt74XazmYT4YDAAAgT/bcNtgVdQe/c84LWLvgieEoCjGc2WQbMVz9wN+I7xpACsRwFuLEcLMd&#10;ulcM9+TEcLBh9Jj56aTHU7PFTgyXN1Gn30t6T9YWODEcAAAAeePT4ea7qDt4eO/KyX3x4YXcEsOZ&#10;TSaGg/SJ4SzEieFmE8NtWu/0Ty5/WAwHY6PHzoeSHlPNFrg7L9m//9L4ryg50egMfj7pfVlb0MRw&#10;AAAA5FGj2/+lc17E2gXNJ8NRFGI4s8nEcJA+MZyFODHcbGK4TRPDwVlGj6Gf3PqYara4+WS4vIq6&#10;/TuS3pu17Bd1B49FnRNL8akBAACAfNhzW//FUae/lvRi1rY3MRxFIYYzm0wMB+kTw1mIE8PNdnj1&#10;kWvaq2K4jYnh4BzVWuvfJz22mmU/MVyeNTonbkl6f9Yynk+GAwAAIK+izsm/d84LWdv2xjFc1Bnc&#10;GB9WyC0xnNlkYjhInxjOQpwYbjYx3Kb11sVwkKBaax1Nenw1y3ZiuLxrdAavT3qP1jJcp/8/Gt0T&#10;YjgAAADyqdEZ/EziC1o774nhKAoxnNlkYjhI3ySGa7496T5oVtaNnl8eFcM9NTHcponh4ClVa62f&#10;S3qMNctuYrgiaBzpf1PS+7SW0cRwAAAA5FnjyP3PHr2AfeicF7R23hPDURRiOLPJxHCQPjGchTgx&#10;3GyHV4fXLIvhJhPDwUyjx9Tbtz7GmmW35o8/56qlZ8Z/Hcmxl9zx0BVJ79Va+ou6g8eizoml+FQA&#10;AABA/uxdObkv6UWtnd9GL/4fHh/D+HBCbonhzCYTw0H6xHAW4sRws4nhNk0MB19Spd66Nemx1iyD&#10;3XnJ/v2Xxn8VKYBGt/8fk96ztRTnk+EAAAAogsaRkzckvrC1LzmfDEdRiOHMJhPDQfrEcBbixHCz&#10;ieE2TQwH56VSb31P0uOtWbrzyXBFFHVP3pr0vq2lNDEcAAAARRGtnPjOxBe3NnNiOIpCDGc2mRgO&#10;0ieGsxAnhptNDLdpvfWfvOnYmefFhwaYYUe92Up6zDVLb2K4omp0+n8n6b1bS2FiOAAAAIok6vbf&#10;mvgC155yUXfwgBiOIhDDmU0mhoP0ieEsxInhZhPDbZoYDrZlZ33ppUmPu2bpTAxXZNfdev/zkt6/&#10;tfku6g4eizonluLDDgAAAPkXdfrvTnqRa8mLOmI4ikEMZzaZGA7SJ4azECeGm00Mt2liONi2nbXX&#10;VkePs19Mevw1m+/EcGXQ6A7u2foers1xPhkOAACAIoo6/V9IfKFr50wMR1GI4cwmE8NB+sRwFuLE&#10;cLOJ4TZNDAcXbPRY+7tJj8Fm85sYriwa3cH3bH0f1+a0cQzXGbwpPtQAAABQHKMXtMcSX+zaWYu6&#10;g4f3rpzcFx82yK04hvtA8pu9ZuFMDAfpe3r91c8Qw1loE8PNJobbNDEcXJRqrdlLehw2m9PeIYYr&#10;j2jlgZc0uoM/2/p+rl3kxHAAAAAUWdQZdBNf8NqTizr9B6LOgz4ZjtwTw5nFq7V+TQwH6RLDWYgT&#10;w80mhtu0jRhuTQwHF2H0Pf07kx6LzeawOy/Zv//S+K8aJRF1+/clva9rF7aoO3gs6pxYig8vAAAA&#10;FM/oxe2/TnrRa5NFYjgKQgxnFk8MB6kTw1mIE8PNJobbNDEczMXocfd1SY/HZhc5nwxXUtGR/uGk&#10;93btAuaT4QAAACiD6MjgHyS+8DUxHIUhhjOLJ4aD1InhLMSJ4WbbiOF6ax8+JwwLcWI4mJudtdbV&#10;o8fg4dbHZLOLmBiuxGrv/e2/2OgO7tn6/q5tc2I4AAAAyiLqDG5MfPEb+CIxHAUhhjOLJ4aD1Inh&#10;LMSJ4WYTw22aGA7mbvT4+xtJj81mFzAxXACi7uCNSe/z2nlODAcAAECZREcGfy3xBXDAi8RwFIQY&#10;ziyeGA5SJ4azECeGm00Mt2liOEjF6LH43Vsfm80uYGK4QOy/5filjc6gn/R+r81e1B08FnVOLMWH&#10;EgAAAIrvuu6Df2X0gvdPkl4Ih7hIDEdBiOHM4onhIHViOAtxYrjZJjHcUAw32uHV03eI4SAd1V2t&#10;NyQ9RpttY+/4ml2Hvjr+K0UA9nYHNyW952sz5pPhAAAAKKuo0+8lvhgObKPjIIajEMRwZvHEcJA6&#10;MZyFODHcbGK46cRwkK6d9QPPS3qcNjvP3XnJ/v2Xxn+dCMUtt3xZ1Bm8L+m9X0uYGA4AAIAyizqD&#10;70t8QRzQonEMd2RwMD4kkFtiOLN4YjhInRjOQpwYbjYx3HRiOMhGtda8N+nx2uxLzCfDBaxx5DN/&#10;YyP0SngP2DZNDAcAAEDZRZ3BX018URzIIjEcBSGGM4tXa/5apX6DGA5SNInhln4s8T5oVtJNYrjW&#10;98R3A7YQw03XXj19xwExHGRiHCknPWabzZgYjksancEPJL0PbJNF3cFjUefEUny4AAAAoJz2/Nwf&#10;fHmjM/itpBfHZV8khqMgxHBm8cRwkDoxnIU4Mdxs7bseebEYbjIxHGRrZ33ppaPH6Ye3Pm6bPcXE&#10;cGzYv/KHOxrd/s8mvR9sg1M+GQ4AAIBgRJ1BN+HFcakXdQcP7105uS8+BJBbYjizeGI4SJ0YzkKc&#10;GG42Mdx07dV1MRwswOgx+sNJj99mWyaG4yyNI/0o6vQ/mfS+cLjrn2p0TojhAAAACMeebv+VUaf/&#10;+eQXyuXb6Lb6ZDgKQQxnFk8MB6kTw1mIE8PNJoabTgwHizN6vL556+O32ZaJ4Ui08Z53d/BY0vvD&#10;oc2PSQUAACBYUbd/a9KL5bItGsdwK2I48q969Q01MZzZaGI4SN1GDFcXw1lYE8PN1r5rKIaLJ4aD&#10;xRq/Nq7Umv8z6bHcbDQxHDM1uie+O+r015LeJw5mHZ8MBwAAQMD2rJzYH3X7/z3xRXN5dr8YjiIQ&#10;w5nFqzV/rbp76a/Hdw0gBU+v3/SMSr0lhrOgJoabTQw3nRgO8mH0uuA9SY/nFvZGz+XveLoYjvPQ&#10;WBn884T3icOYGA4AAAAuuSTq9H808YVzOSaGoxDEcGbxxHCQOjGchTgx3GztY2K4JyaGg/zYWWt9&#10;a7XWeizpcd3CnBiO7WocGbwz4f3iUs+PSQUAAIBYtHLyJaMXyoOkF9AFnxiOQhDDmcUTw0HqxHAW&#10;4sRws4nhpmv31u84dPTx58aHBsiB0WuEn096bLfwJobjQrz0HSe+KuoM/k2j03884b3j0i3q9B9o&#10;HBm8Pr75AAAAQNQ98ZakF9FFXdQdPLx35eS++OZBbonhzOKJ4SB14wuIYjgLbWK42cRw04nhIJ+q&#10;u5o3Jj2+W1gTw3Gxos6Jfxx1B3+S9D5yadbp/4c9ncFr45sMAAAAjO152x98+ehF808kvpgu3nwy&#10;HIUghjOLJ4aD1InhLMSJ4WbbiOFWxXDjieEgv567/6anjR7Tj219jLdwJoZjXsY/RjTq9NcS3ksu&#10;w+7f0+2/IL6pAAAAwGb73v3g86OV/i8mvKAu0sRwFIIYziyeGA5SJ4azECeGm00MN50YDvJv9Nr5&#10;jUmP9Vb+jb+HFcMxT41O/9WNbv+XEt5TLuyi7qATHRlcHd9EAAAAIMme7mBv1O1/IunFdQEmhqMQ&#10;xHBm8cRwkDoxnIU4MdxsYrjpxHBQEPv3X1qpNz+d9Jhvpd6d43Mf/y2AuRnHY1Fn0E14b7lQizr9&#10;U1H35FuuXflPXxHfNAAAAGCW8cfHNzr930t6oZ3jieEoBDGcWTwxHKRODGchTgw3mxhuOjEcFMuO&#10;erM1foxPeuy38s0nw5GFPZ0TN0ed/ucT3mcuwu7fu3JyX3xTAAAAgPMVdU68KuoOHk54sZ2/dfqn&#10;9nZO7Im/dMgtMZxZPDEcpE4MZyFODDebGG66SQz3qBgOCmb0GH9r0uO/lWtiOLIUrZx8SdQd/HjU&#10;7f9p4vvO+dt/aXQG/+gldzx0RXwTAAAAgO3auzL45kan/7GEF965WbTS/8Xxj3mNv2TILTGcWTwx&#10;HKRODGchTgw32ziGa/fW7kqKw0KbGA6Kq7qrtWf0mP/A1ucAK8/EcCxK47bBN0SdwfGk95/zsKjT&#10;X2t0T759/8oDO+IvGQAAALgYjc6Du0cvuN+X9EI8B3vXyzq/97Xxlwq5JYYziyeGg9SJ4SzEieFm&#10;E8NNJ4aD4hs95v+TpOcCK/7EcOTB3u6Jb210Tr6nkZdPjOsM/mvUHfzrcbAXf4kAAADAvFzXPbkz&#10;6vZ/KOr0/0/iC/OMN/pa/qTR7X/v/jseelr8JUJuVa8+WKvWW2I4MzEcpC6O4d6ReB80K+kqtdYX&#10;xXBPTQw3nRgOymHHi9vPGr22uDfpOcGKu40Yrn7TM+LTDAu3p9t/wfgT2Rqd/qmk96fTXtQdfCpa&#10;6b95/x0PuV8AAABA2qLOiVeNXpDfv/UFepaLuoNP7F05uS/+kiDXxHBm8cRwkDoxnIU4MdxsYrjp&#10;2qun3yOGg/IYPf7fUK21/nvSc4MVb2I48mz/Lccv3bPy4CuizqAbdQefS3q/eo67v9Htf/84xov/&#10;eAAAACArL/mp/3p51On/vajbvy/hRXuau6fRGbzep8JN7T9+5tIDx9aed3j10X3t1fWl5d7ad7V7&#10;a2+N94ZDvfVXHe6d/ob26hefE/9XyNA4hqvUWr+Y9GavWVATw0HqxHAW4sRws01iuKEYbjQxHJRT&#10;tb70vUnPD1asieEommjlgSsbnRNvanT77290Bv2E97DPa1F38PDGp8B1T94arQwOvuSOh66I/wgA&#10;AABgkV7a+exzRi/6/9Fov5n0on5ei7r9j0crJ75z38/8/lfHf3SwxvHbod7wUHt1+K527/RvJV3s&#10;eaq1e+uPt3vD+0b/3R88dHT91UurX6jEvy0pEMOZxas1f1UMB+kSw1mIE8PNJoabTgwH5fXV1zaf&#10;PnpOeO/W5wgrzsRwlMHGJ8h1+y8Y7ZWNzoOvj7on3hKt9N/aODJ4Z9Tt39HoDn54/J/3dE7cPP7/&#10;j3/yifgNAAAACmD0Iv5rxv8rtkan/47RC/z/uDlmu5BF3f7/GX/63Gg/FB3pv+a67smd8R8VpPGn&#10;u2188tvq8Fi7t76WdJHngtZbf3j0+72/ffTR5Zs+eMabj3MkhjOLJ4aD1InhLMSJ4WYTw00nhoPy&#10;21m74bpKrfkfk54vLN8TwwEAAABQKNGRwdXj/yVcozM4Nv7Y+KjT/3xS+PbEou7gc6Nf7x/t7j0r&#10;/e+67tb7nxf/VkFrr35xz/Lq2o8t99b/x9YLOyns/uXV9Vvax9ZfGP/xXKDqNWI4s42J4SB1YjgL&#10;cWK42Q4d/eK1YrjJxHAQjsqu5k2j54gvbH3OsPxODAcAAABAKey/46GnjUO38UfCX9ftv3xv58Se&#10;8X8ef6R8/K8Qe93qsLbcW/uBdm/9oaQLO2lu9Gf+1nJv/XsO3/Xo18RfDtsghjOLJ4aD1InhLMSJ&#10;4WYTw00nhoPwVGrN70967rBc7s5L9u/3fiAAAAAAhKB5/Mxl7d7aW9ur659PuqiT6XrDzx46uvb6&#10;/cfPeIPyPInhzOKJ4SB1X7Pr0FeP7m9iOAtqYrjZxHDTjV5PieEgQJe/8Nu+slpv/njSc4jlZ5Xa&#10;kk+GAwAAAIBQLPce+6vLq8OjWy/mLHrt3vodh3rDXfGXyVMQw5nFE8NB6sRwFuLEcLOJ4aYTw0HY&#10;Klc1rxi9JnlP0nOJLX6TGO7VYjgAAAAACMHhY8PDy6unP5V0QScPa68OP7J8dO2V8ZfLFmI4s3hi&#10;OEjdc65aeubo/iaGs6Amhpvt0NHTYrh4YjhgrHLN0guqtdbPJT2n2OImhgMAAACAQLxy9fG/sNxb&#10;/yejfS7pgk6u1hv+7ujX74i/dGJiOLN4YjhInRjOQpwYbjYx3HRiOGCzyu5WvVprHU16brHsJ4YD&#10;AAAAgEAcOrr2/Pbq8F1JF3Nyu97wTw+vrv/z5vEzl8U3I2hiOLN4YjhInRjOQpwYbjYx3HTjGO7w&#10;R898TXxoADZs/PjUeuv+rc8vlu1Gz+fvu2T//kvj0wIAAAAAlNWNd61f2e6tvz/pYk5B9q/jmxIs&#10;MZxZPDEcpE4MZyFODDebGG46MRwwS/WapahSb96V9Fxjqe/x0fP5v65c1fQ/qgQAAACAsitBDHdm&#10;9PWvtVfXvjO+ScERw5nFE8NB6sRwFuLEcLOJ4aYTwwHnY2etdfXoeeVnkp5zLKXVmn9WqTXfEp8C&#10;AAAAAKDMyhDDPbF2bzg4dHT91fFNC4YYziyeGA5SJ4azECeGm00MN50YDtiOK6459NxKbWkl6bnH&#10;5rxa679V6s2/Fx96AAAAAKDMyhTDTbf+K4d7X/yG+CaWXmV3qy6GMxtNDAepE8NZiBPDzSaGm04M&#10;B1yIZ1/5mssr9eaPJD0H2dx2/+j5/HXxIQcAAAAAyqycMVy83vrPto898qz4ppaWGM4s3kYM13pF&#10;fNcAUiCGsxAnhptNDDedGA64WKPnne+r1lqPbX0usotbpdZ86PJrbgjmfzQJAAAAAEFrHj9zWbs3&#10;vC/pYk5Z1u6tvTW+uaUkhjOLJ4aD1E1iuOaPJ94HzUq6SQx34B/FdwO2EMNNN4nhHhXDARdtZ23p&#10;wMbrm4TnJdv+KvVmd/zeSXx4AQAAAIAyK/Unw21ae3XtwfZdj7w4vtmlIoYziyeGg9SJ4SzEieFm&#10;O3Tv6WvbR9fuTvoePLSJ4YB521E7eM3odc57kp6f7PxWqTf/YPw8/pw9S18eH1YAAAAAoMxuvGf9&#10;yvbq+r9LuphTyvXWfii+6aUhhjOLJ4aD1InhLMSJ4WYTw03XPrr+nsN3ieGA+atc1bysUjvwltFr&#10;nj9Meq6yp16l3vxYdfeBV8eHEgAAAAAou+BiuNHavfU/ONR7dG98CApPDGcWTwwHqRPDWYgTw80m&#10;hptODAdk4fJrbviG0fPT/Vufr+wpVmvdMY4J48MHAAAAAJTdTfesX7kcWAz3xNqr6++MD0OhieHM&#10;4onhIHViOAtxYrjZbhrHcKtiuI31Tt8uhgOyUrmqeUWl3vqe0fPU7yQ9f9n4U+FaHx4dnxviQwYA&#10;AAAAhKB5/Mxl7d7wvsSLOSGst/7Y8j1rL4gPRyGJ4cziieEgdWI4C3FiuNkmMdxQDDeeGA5YkB27&#10;mteOnrPeUa21/nTr81jA+087as2///T6q58RHyYAAAAAIAQhfzLc5rV7a/82PiSFI4YziyeGg9SJ&#10;4SzEieFmG8dwo++nxXDjieGAHKjuPvDq0fdrH0h6Tgtop0avD39wZ/3gi+LDAgAAAACEQgy3ab31&#10;j8eHpVDEcGbxxHCQOjGchTgx3GxiuE0TwwE58qxrX/UVo+ex9uh7t18Y7f9sfX4r6yr11mdGe9uO&#10;XTe8LD4UAAAAAEBIxHBbt/6/l4+evi4+PIUghjOLJ4aD1D37ytdcLoaz0CaGm00Mt2liOCDHqruW&#10;vq1aa91R5h+lWqm3/kulvvQvKvXm7vhmAwAAAAChEcM91U5/d3yIck8MZxZPDAepE8NZiBPDzXa4&#10;98VvGH3/LIYbTwwHFETlmqUXjMO4Sr25lvTcV8RVas2HRr/e/Nzn3vS0+GYCAAAAACESwz312qvD&#10;X4gPU66J4cziieEgdWI4C3FiuNnEcJvWWxfDAYWzEcbVW3939Hrq5yv11v/a+jyY91Vqzd8Zfd3v&#10;GH/y3c7a8l+MbxYAAAAAECox3JdYb/jfl+99/Gvjw5VLkxiu+cGkN4XNgpoYDlInhrMQJ4abTQy3&#10;aWI4oAR21A5eU6k13zx6Djw2eo11euvzYl42en7+/dHX957R/92uXNW8Iv7yAQAAAIDQieHOb6+7&#10;57Fvig9Z7ojhzJ7cfWI4SJcYzkKcGG42MdymieGAEtqxq/Xi6q7WG0bPie+u1Ju/Mfp1uPl5MuOd&#10;qtaavUqt+f3V+tJrr7jm0HPjLxMAAAAAYEIMt60djA9brojhzJ6cGA5SJoazEDf6PuuLlfqSGO4p&#10;HO6dFsM9MTEcEIjxJ7HtrLUOVmutd1bqzY+Oni8/u/X5cx4b/d5ro316/J5HZVfzrZfXb3j5c597&#10;09PiLwMAAAAA4FxiuO2t3Vv/B/Ghyw0xnNmTE8NBysRwFuLEcLOJ4Tatt3776+95/C/FhwYgOONQ&#10;bWetdfXo+fM1o+fPN1fqrVurtdYdlVrrfaP/fHy80X/+1OjXh8Yb/Xv3bfyzjR/J2rpjY/XWD1dr&#10;zTdVd7Ve8cxdr31O/FsDAAAAAJwfMdz2114d/pv48OWCGM7syYnhIGViOAtxo++zxHAziOE2TQwH&#10;AAAAAACwWGK4C1xv/fb4EC6cGM7syYnhIGXPfokYzsKbGG42MdymieEAAAAAAAAWSwx3EeutHY0P&#10;40KJ4cye3H3jH6UT3zWAFGzEcLWldybc/8xKu0q9+YgY7qmJ4TZNDAcAAAAAALBYzeNnLmv3hvcl&#10;XsyxL73e8Hh8KBdGDGf25MRwkDIxnIU4MdxsYrhNE8MBAAAAAAAs1uGj63/FJ8Nd5HrDX4wP50KI&#10;4cyenBgOUiaGsxAnhptNDLdpYjgAAAAAAIDFEsPNZ+3V9VvjQ5o5MZzZkxPDQcrEcBbixHCzieE2&#10;TQwHwDYcOLb2vPbRR5fbvbW3tleH72yvnr5jY6P/vNxb+67Dq4/ui/9VAAAAAOB8ieHmt3Zv+Nb4&#10;sGZKDGf25MRwkLJnv+Tw5dVaSwxnQU0MN9tGDNdbO5r0/XFw24jhHhXDATDTTUcfuaK9Ovz+5dX1&#10;TyU+n2zZ6N89tbx6uiuOAwAAAIDzIIab7w73Tr8pPrSZEcOZPTkxHKRMDGchTgw3mxhuukO99dsP&#10;iOEAmKF9bPji0fPmD7VXh7+f9FzypdburT8+2vvbq+uvjX9LAAAAAGAzMdz8l/UbkmI4sycnhoOU&#10;ieEsxInhZhPDTSeGA+BLmfxY1PW1pOeRC9qx0+9rHj9zWfzbAwAAAADjN8zaveF9iW+o2QVvfFEw&#10;PsSpE8OZPTkxHKRMDGchTgw3mxhuuvax00fEcAA8lUNHz3z1cm/4r+Yaw8Vrrw4/eHj1tB+jCgAA&#10;AAA+GS6dtXvrv9P86Jmnx4c5VZV6c7cYzmxjYjhI2bOuvXGHGM5CmxhuNjHcdGI4AGbZ+B+krg6P&#10;JT2HzGuj3//UjXetXxn/kQAAAAAQHjFcemuvrnfiw5wqMZzZk7uvuuvAX4vvGkAKxHAW4sRws01i&#10;uKEYbjQxHACzHDi29rz26uk7kp5D5r7e8GOHjg53x380AAAAAIRDDJfu2qvDm+JDnRoxnNmTE8NB&#10;ysRwFuLEcLOJ4aYTwwEwS6Yx3BPrrb9v+d7Hq/GXAAAAAADlJ4ZLd+3e+h/f+JH1r48PdyrEcGZP&#10;TgwHKRPDWYjbiOF2ieGeihhuOjEcALNs/JjU3vC+pOeQ1Hd0/fviLwMAAAAAyk0Ml/7avbUPxYc7&#10;FWI4sycnhoOUieEsxInhZmvf9cWXiOEmE8MBMMtNx9aedzjrT4bbtHZv/dMHjw1fFH85AAAAAFBO&#10;C/1fpQa09ur6zfEhnzsxnNmTE8NBysRwFuLEcLO1V8VwT6zdO33kwAfFcAAkG8dwy731n0x6Dsl4&#10;/zL+kgAAAACgfHwyXFZb/9RN96xfGR/2uRLDmT05MRykTAxnIU4MN5sYbrp2b10MB8BTytP/ILW9&#10;uv75m46feVr8pQEAAABAeUxiuNNiuEy2/o/jwz5XYjizJyeGg5SJ4SzEieFm24jhVsVw44nhAJjl&#10;pmNn8vLJcE+uvbq+FH95AAAAAFAOGzFcb/3nkt4QszmvN/z1Q0cff2586OemclXzsuo4Akq4eGsW&#10;2E5dfvX1qXwCIzARx3DvSrj/mZV2GzFcrfnm+G7AFmK46cRwAMySxxgu3o/FXyIAAAAAFJ8YLuMd&#10;O/3340M/N1dcc/1zK7XWzyRdvDULbD4ZDlImhrMQJ4abrb16WgwXbxzDtVcff058aADgLHn6MakJ&#10;uz/+MgEAAACg2MRw2a69Ovyl5Xsfr8aHfy6ec9XSMyu15m1JF2/NApsYDlImhrMQJ4abTQw3nRgO&#10;gFly/Mlw8db/5I0rZ/58/OUCAAAAQDHl/H+VWs711l8TH/75uKr5f1fqzR9JunhrFtjEcJAyMZyF&#10;ODHcbGK46cRwAMyS/xhusoMfefzZ8ZcMAAAAAMVz+CPrf2V51SfDZbx/GR/+uanWWrckXbw1C2xi&#10;OEiZGM5CnBhuNjHcdGI4AGYp0v8g9cCxtefFXzYAAAAAFIsYbgHrrd9+0wfPPCM+BXNRrTXflHTx&#10;1iywnbr86uuvjO8WQArEcBbixHCzieGmE8MBMEtRPhnuibWPPf7C+EsHAAAAgOIQw2W/9urwntcd&#10;G74oPgVzUd194NXVevOzSRdwzQKaT4aDlInhLMSJ4WYTw00nhgNgluUPr31toWK41eHpQ0fPfHX8&#10;5QMAAABAMYjhsl+7t/47N9699jfjUzAX40/DqtSaH026gGsW0MRwkDIxnIU4MdxsYrjpxHAAzDKJ&#10;4U4XJoYbr706/G/xlw8AAAAAxdA8fuaydm94X9IbXpbSeuuPHeqtvyo+BXNTrbXemXQB1yygfVwM&#10;B+m6YvdSRQxnoU0MN9s4hmv31nqJ3/cGtkkM90UxHAu1/46Hnnbdrfc/b+vG/zz+V4AFKep7cOOv&#10;Ob4JAAAAAJB/Phku+7VXh6cO9dbeFJ+CuanUl74r6QKuWUATw0HKxHAW4sRws4nhphPDkaWN6K3b&#10;f3nUPfGWqDPojna80R18drQz57Hxv/fRqHvy1mil/+bx7yOWg/QV8ZPhnlxv/XvimwEAAAAA+SaG&#10;y35pxXDVXa1XVOut+7dewDULaGI4SJkYzkKcGG42Mdx0Yjiy0Og8uLvR7X//OH6LOv21LZHbRW38&#10;+238viv9t47/nPiPBOakyDFce3X9/ywfPd2IbwoAAAAA5JcYLvuNY7j2sdN/Nz4Fc1WttT6ZdBHX&#10;LJCduvzq66+M7w5ACsRwFuLEcLOJ4TbvdFcMR1r2dPsvmERqg35SyJbWou7gU1Fn8H3jH7UafynA&#10;BSrqj0l9Yu3V9U/GNwUAAAAA8ksMl/3aq+vpxXC7lv5B0kVcs0Dmk+EgZWI4C3FiuNnEcJsnhiMF&#10;t5z5ssaRkzdE3cFPNzr9R5OCtezW/9Oo27+jsdL/tvirA7ah0D8mNV57dbgc3xwAAAAAyCcxXPZL&#10;NYa75mCtWm/+VtKFXLMAJoaDlInhLMSJ4WabxHBDMdzGxHDMX7TSf03UHXwiOU5b7MY/UvW6bv/l&#10;8ZcKfAklieF+4Y0rZ/58fJMAAAAAIH/aq+tXieGyXZox3Fil3npb0oVcswAmhoOUieEsxInhZhPD&#10;bZ4YjvlqdAff0uj23781QsvpfmrfyslXxF86kKDoPyZ1Y731xw73Tn9DfJMAAAAAIH/EcNkv7Rhu&#10;Z631rZV6638lXcw1K/nEcJAyMZyFODHcbGK4zRPDMT/7Vx7YEXVP3hp1B48lhGe5Xfz1/vD+Ox56&#10;RnxTgNjyvY9/bXt1/aeSn0MKs/99ePX0zfFNAgAAAID8EcNlv9Q/Ge6q5mXVevMXki7mmpV8YjhI&#10;mRjOQpwYbrYb7/7iS8VwT0wMx/w0uv0Dje7g1zaHZkVb1B388vjHvMY3CYJXkhjuzHJv+EPxTQIA&#10;AACA/BHDZb+0Y7ixyq6lpaSLuWYl36nLr77+yvhuAKRgEsM1fyLh/mdW5j0shntqYrjNE8MxH7Uf&#10;/u2/uLfb/yeN7uDU1sCskOsMfq/R6f/D/bccvzS+iRCkUvyY1PF6wzv3Hz/j/gwAAABAPonhsl8W&#10;Mdwl+/dfWqk370q4mGtW4jU/Xt11g0+GgxSJ4SzQieFmEMNt3roYjrnY/67fuazRHXzwnKisBIs6&#10;g/eJ4ghVaT4ZbnV4601HH7kivlkAAAAAkC9iuAWsN/zv7aMpx3AjPh3OwpsYDtImhrNAJ4abQQy3&#10;eWI45iNaOfmSqNP/QFJMVpp1Bj+z5z2DXfFNhiCI4QAAAAAgA2K4BWwjhltLPYYbq9SaP51wQdes&#10;pBPDQdrEcBboxHAziOE2TwzHfOxbOfmKRqf/scSIrHw72ug8+LL4pkOpieEAAAAAIANiuAUswxiu&#10;unvpr1fqzUcSLuqalXBiOEibGM4CnRhuhhvvPi2Ge3Lr3dd97PH/Jz40cMH2rpzc1+j0TyWEY+Xd&#10;6PZGKw9cGR8CKKVDR9eeL4YDAAAAgJSJ4RawDGO4sWp96d0JF3XNSjgxHKRNDGeBTgw3gxhu88Rw&#10;zEe00n9N1B18KjEaK/36H20cGXxDfCigVMRwAAAAAJABMdwClnEM96xrb9xRrbUeS7iwa1a2nbr8&#10;6ut9mgSkSAxngU4MN4MYbvPEcMxH2DHcZFGn/wvX3Tr4+viQQCmI4QAAAAAgA2K4BSzjGG6sWm9+&#10;d8KFXbOSrfnxnbWlvxr/tQdSIIazQCeGm0EMt3liOOZj/GNSo+7g4aRILMDdvf+W45fGhwYKrSwx&#10;3Og23NoUwwEAAACQV2K4BWwBMdxYtdY6mnBx16xEE8NB2nbWXlsVw1mAE8PNcOM9Yrgnd3S9+7q7&#10;xXBcPJ8Md+6iTv9fxIcHCksMBwAAAAAZEMMtYAuK4Sr11t5KvbmWcIHXrCQTw0HaxHAW6MRwM4jh&#10;Nk0Mx5xER8RwSYs6g8/v7Q5uig8TFM4khjtdihju4Mce3xnfLAAAAADIFzHcAtYb/vfl1dNvjE9B&#10;pqq1A/884QKvWUkmhoO0ieEs0InhZnjdOIY7JobbmBiOOdmI4Tr9304Kwmxjv9noPPiy+HBBYYjh&#10;AAAAACADYrgFbIEx3CXXvvHPV+vNX0m4yGtWgonhIG0bMVxdDGfBTQw3w0YMt7q2mvh9b2gTwzEn&#10;e1dO7ou6g4cTIjA7ex+NDxkUghgOAAAAADIghlvAeuuLi+FGKvXm7oSLvGZl2KnLr77+yvivOpAC&#10;MZwFOjHcDOMYblkMN9lGDPdFMRwXzSfDbW/RkZPfHh86yDUxHAAAAABkQAy3gC04hhur1JpvSbjQ&#10;a1bw+WQ4SJsYzgKdGG4GMdymieGYEzHcBawzOL535eTXxIcQcmkjhuutv/ec54+CTQwHAAAAQK6N&#10;Y7h2b/jzSW9uWUrLQQw3Vq21fi7hYq9ZgSeGg7SJ4SzQieFmEMNt3umOGI558GNSL3xR98Rb4sMI&#10;uSOGAwAAAIAMiOEWsJzEcM98afurqrVWP+GCr1lBJ4aDtInhLNCJ4WYQw22eGI758MlwF7lO/9PX&#10;3Tr4+vhwQm6I4QAAAAAgA2K4BSwnMdzYzvqBlydc8DUr6MRwkLZJDLf07uT7oFlpJ4abQQy3eWI4&#10;5kMMN7d9T3xIIRdKE8MdXb/14IfFcAAAAADklBhuActRDDdWrS39w4SLvmYFnBgO0iaGs0D3cLXW&#10;+v/FdwO2mMRwQzHcxsRwzIcYbn4bHcffaBy5/9nxoYWFKlcM97AYDgAAAIB8EsMtZH+YpxhurFJr&#10;/nTChV+zgk0MB2kTw1mgE8PNIIbbPDEc87F35eS+qDt4OCnusgtc58HXx4cXFubQ0TPliOF6w3eL&#10;4QAAAADILTHcQpa7GG6sUm9+OuHir1mBJoaDtInhLNCJ4WZYPvrF60bf34rhNiaGYz58Mlw6i7qD&#10;D8eHGBbi0EfPPL+9KoYDAAAAgFSJ4RayP1xeXctdDPesa2/csXGxN/kisFkBJoaDtO2sLVdH9zcx&#10;nIU2MdwMYrjNE8MxH2K49BZ1+w/v6Z58aXyoIVNiOAAAAADIgBhuIctlDDd2+TU3fEPCBWCzgkwM&#10;B2kTw1mgE8PNIIbbPDEc87GnM3ht1BmI4VJc1D3xlvhwQ2bEcAAAAACQATHcQpbbGG6ssmtpKeEi&#10;sFkB1vwVMRykSwxngU4MN4MYbvPWxXDMxd6Vk/ui7uDhpIjL5reo2/9kfMghEwdW175ODAcAAAAA&#10;KRPDLWS5juHGKrXmmxMuBJvlfGI4SJsYzgKdGG4GMdzmieGYj41Phuv6ZLhs1v9idMdDV8aHHlIl&#10;hgMAAACADIjhFrLcx3Bj1VrrnQkXg81yPDEcpE0MZ4FODDeDGG7z1jvf/pHHnx0fGrhgYrgFrHOi&#10;HR9+SI0YDgAAAAAyIIZbwHrFiOHGKvXmRxMuCJvldacuv/p6n+oAKapefXDn6L4mhrPQJoabYfno&#10;aTHckxPDMR9iuMVsdMzfFp8CSMXrVte+bvRcIYYDAAAAgDSJ4RawcQx3tBgx3Fil3vr1hIvCZjmc&#10;T4aDtInhLNCJ4WYQw22eGI752Ltycl/UHTycFGxZuhsd90/FpwHmrjwx3LoYDgAAAID8EsMtYL3h&#10;Hx7uDf9OfAoKoVJv/ZeEC8NmOZsYDtImhrNAJ4abQQy3eWI45sMnwy12Ubf/udp7f/svxqcD5qZM&#10;MdzyvY9X45sFAAAAAPkihlvAChjDjVXqrZMJF4fNcjQxHKRNDGeBTgw3gxhuutFrq85BMRxzIIbL&#10;x/bdeuKq+JTAXExiuNNiOAAAAABIkxhuAeutFzKGG6vUW3+UcIHYLCcTw0HaxHAW6MRwM4jhphPD&#10;MS9iuPxs78rgm+PTAhdNDAcAAAAAGRDDLWAFjuFG/lyl1vxiwkVisxxMDAdpE8NZoBPDzSCGm04M&#10;x7zsXTm5L+oOHk6Ks2wR678hPjVwUcRwAAAAAJCBgx8evkgMl/GKHcNdcvkLv+0rEy4Sm+VgYjhI&#10;mxjOAp0YboZxDNfurR9L/L43sInhmBefDJfDdfr/ND49cME2Yrje+vuSnkOKNDEcAAAAALkmhst+&#10;7d76Hx4qcAz3hIQLxWaL3qnLr77+yvivKJACMZwFOjHcDGK46SYx3BfFcFw0MVxed/LfxqcILogY&#10;DgAAAAAyIIbLfmWJ4a66qvl/V2vN0wkXjM0WNJ8MB2kbx3CVeuvW5PugWWn3BTHcUxPDTSeGY17E&#10;cPld1O3fGp8m2DYxHAAAAABkQAyX/coSwz2hWm/+ScJFY7MFTAwHaRPDWaATw80ghpuufWy4IoZj&#10;HjZiuE7/PyfFWJaDdQY/E58q2BYxHAAAAABkQAyX/dqrw/9WphhurFpvfjbhwrFZxmv+ys5665vi&#10;v5ZACsRwFujEcDOI4aYTwzEvYrgCTBDHBRDDAQAAAEAGxHDZr4wx3Fi13rp/y4Vjs4wnhoO0ieEs&#10;0InhZli+Vwz3xEavq1YOfkgMx8UTwxVjfmQq21WWGG752PAnlu99WAwHAAAAQD6J4bLfJIZbK10M&#10;N1attz655eKxWYYTw0HaxHAW6MRwM0xiuKEYbjQxHPMihivS+v82Pm3wJb1u9XExHAAAAACk7eCx&#10;4Yvax8RwWa7MMdxYpdY8nnAR2SyLnbr86uuvjP8qAikQw1mgE8PNsBHDrYrhxhPDMS9iuIKt0/+n&#10;8amDmcRwAAAAAJABMVz2K3sMN1atL7034UKyWcrzyXCQNjGcBTox3AxiuOnEcMzL3pWT+6Lu4OHE&#10;8Mpyuv4b4tMHT0kMBwAAAAAZEMNlvxBiuLFKvfUvEy4mm6U4MRykTQxngU4MN0N79Yt7xHCTieGY&#10;F58MV8yNztnfjE8hJBLDAQAAAEAGxHDZL5QYbmxHrfntCReUzVKaGA7SVrmqeYUYzgKcGG4GMdx0&#10;YjjmRQxX3EUrD1wZn0Y4x/KH114ghgMAAACAlInhsl9IMdzYztrSX024qGyWwsRwkDYxnAU6MdwM&#10;Yrjp2r11MRxzIYYr8vp/tOdtv/7l8amEs5QmhusNf2L5A2I4AAAAAHJKDJf9xjHc6Ji/IT4FQaju&#10;uv75CReWzeY8MRykTQxngU4MN4MYbjoxHPOyd+Xkvqg7eDg5trK8b3TuPhWfSjiLGA4AAAAAMiCG&#10;y34hxnATt3xZpdb6/YQLzGZzmhgO0iaGs0AnhptBDDfdOIZrH3v8WfGhgQu2t/vg9ZFPhiv0om7/&#10;h+LTCU8SwwEAAABABsRw2S/cGG6iUm9+IuEis9k8duryq6+/Mv6rBqRADGeBTgw3gxhuOjEc8zKO&#10;4RpiuBKsfyA+pbBh+Z61FywfK0MMty6GAwAAACC/Xnds+KLDYrhM115dDzqGG6vWWz+w5SKz2Rzm&#10;k+EgbWI4C3RiuBnaq6fFcPHEcMyLGK4cizqDL1z3nsHXx6cVShXD/e3VxyvxzQIAAACAfBnHcMu9&#10;tTsT39yyVCaGm9hRb7YSLjabXfhqYjhImxjOAp0YbgYx3HRiOOZl78rJfVF38HBSYGXFWtTt3xef&#10;VohjuNNiOAAAAABI0ySGG4rhMpwYbqpyzdILqrXmnyVcdDbb/mqtfy+Gg5Tt33/p6P525zn3P7Py&#10;7+b4XsAWYrjpxHDMi0+GK9eilf6b41NL4MRwAAAAAJABMVz2a/fW/1u7J4bbbBwxJVx0NtvexHCQ&#10;vmvf+OdH97cfPuf+Z1bufaFaO/AP43sBW4jhphPDMS9iuHIt6vQ/v+e2/ovj00vAxHAAAAAAkAEx&#10;XPYTwyWr1Fo/mnDx2ez8J4aDTFRrS/888T5oVt6J4WYQw00nhmNexHDlW9TpfyA+vQRsHMONnit+&#10;euvzR+EmhgMAAAAgz8Rw2U8M99Sq9dZrtlx8NtvOTl1+9fVXxn+dgJRU683vrtSaawn3QbOyTgw3&#10;w0YM11u/J+n73tAmhmNe9q6c3Bd1Bw8nRVVW5J1Yjk8xgRLDAQAAAEAGxHALWG/4WTHcU6u86MDX&#10;VWrNhxIuRJvNnk+Gg0xUd7XeUKm1/jjxfmhWyjXFcDOI4aYTwzEvPhmunIu6g4/vu/2EgChgYjgA&#10;AAAAyIAYbgETw52XSn3pSPIFabOnmBgOMnH5NTd8w+g+9/A590Gzcu/m+C7AFmK46SYx3CNiOC6a&#10;GK7MO/nd8WkmQGI4AAAAAMiAGG4B24jh1sRw52FnrXUw4WK0WfLEcJCJnfUbXlSpNY8n3g/NSrnx&#10;J8Mt+WS4pyCGO2u3ieGYBzFcidfp/9Z1dzz0vPhUExgxHAAAAABkQAy3gInhtuWK3UuVSr31n5Mv&#10;TpttmhgOMnLLl43uc+8+5z5oVtqJ4WYRw501MRxzsbc7uL7RGYjhyrrO4B/Fp5rAlCWGO7w6fNff&#10;Xv2CGA4AAACAfBLDLWBiuAtSqbV+NPkCtVk8MRxkZvSY/P8l3g/NSjkx3CxiuLMmhmMuxHDlXtTp&#10;f+Qldzx0RXy6CcjyPY+L4QAAAAAgbWK4BUwMd8F21Jf+VvJFarPRxHCQmeru1itG97sHzrkfmpVy&#10;YrhZJjHcUAw3mRiOuZjEcP3/khRSWRnWf7zRPbkcn24CIoYDAAAAgAyI4RYwMdxFq9Zan0q+WG2B&#10;79TlV19/ZfzXBEjRM3e99jmVWvNDCfdDsxJODDeLGO6sieGYi70rJ/dF3cHDySGVlWR3x6ebgIjh&#10;AAAAACADYrgFTAw3F5Xa0v+bfMHagp1PhoNMVWvNf5Z4XzQr3cRws4jhzpoYjrnwyXDlX9Qd/Pqe&#10;7smXxqecQNx49/rXlyGGa68O37UkhgMAAAAgr8RwC1hv+NnRr98RnwIuwo4Xv/ZZlXrzE8kXri24&#10;ieEgU5Vac1+13hwk3h/NSjUx3Cw33vVoJIZ7cmI45kIMF8A6/T+KjgwOxqecQIjhAAAAACADYrgF&#10;TAw3d5V68x8nX7y2oCaGg8yNHn+7ifdHs1JNDDeLGO6sieGYCzFcIOv0/2l8ygmEGA4AAAAAMiCG&#10;W8DEcKm4fNfSCyu11u8mX8S2ILYRwx14efxXAshAdffSoWqteTrxPmlWmonhZhHDnTUxHHOxd+Xk&#10;vqg7eDgxoLISrf/++JQTCDEcAAAAAGRADLeA9dbFcCmq1Fv/OvlCtpV+YjjI3PjHVVdrzXsT75Nm&#10;pZkYbhYx3Oati+GYC58MF8aiTv9nXvae/l+KTzsBEMMBAAAAQAaW7374ajFcxhPDpa5yVfOKaq31&#10;+eQL2lbinbr86uuvjP8aABmp1JpvTrg/mpVtN8d/5dlCDLdpvfXbbjp65or40MAFE8MFsk7/6J7b&#10;Brvi004AyhPDrb/rxuNndsQ3CwAAAADyZfnuoRgu64nhMlOpt74n4WK2lXU+GQ4W4oprrn/u6D74&#10;n865T5qVZj4ZbpYbj4nhnpwYjjnxY1KD2f0vueMhjxkBEcMBAAAAQAbEcAuYGC5T1asP7qzWW8fO&#10;vbBtpZsYDhZmdB+8+Zz7pFlZVmv+mRjuqR0ex3CrYriNieGYE58MF8aizuD4dd2+1y8BmcRwp8Vw&#10;AAAAAJAmMdwCJoZbiJ211sFKvbmeeJHbyjExHCzMs669cUe13vx44n3TrOgTw810+NjpaPS9rRhu&#10;PDEccyKGC2NiuPCI4QAAAAAgA2K4hewPRhPDLUil1rwt8UK3FX9iOFioar35dxLvm2ZFnxhuJjHc&#10;ponhmJONGK4rhiv7xHDh2Yjhjq7/TOJzSIE2ug3vuvEuMRwAAAAAOSWGW8jEcAtWvWYpqtabDyZe&#10;8LbiTgwHC/WcPUtfProv+rHUVr6J4WYSw22aGI45EcOFMTFceMRwAAAAAJABMdxCJobLiWqt+abE&#10;i95W1J26/Orrr4xPL7AAO2sHXpVw3zQrw26O/5qzhRhu08RwzIkYLoyJ4cIjhgMAAACADIjhFrI/&#10;WF5dE8PlxAte8Mq/UKm1OgkXva1o88lwkAuj++Pt59w/zYo8nww300YM11u/N+F73vAmhmNOxHBh&#10;TAwXnhs/sv717VUxHAAAAACkSgy3gPWGf7B8VAyXN5XdrXq13vx44kVwK8bEcJAL1V3XP79Saz6U&#10;eD81K+LEcDOJ4TZNDMeciOHC2DiG23P7Z/bHp50AiOEAAAAAIANiuAVMDJdrO+rNVqXW+uPEi+GW&#10;79Vax8VwkA87awe+I/F+albEieFmEsNt2kYM94gYjovWWDlxgxiu/BPDhac0Mdzq8J1iOAAAAABy&#10;Swy3gInhCqFaO/DPEy+IW34nhoNcqdRaP5N4XzUr2sRwM4nhztqtYjjmQQwXxsRw4SlXDPcFMRwA&#10;AAAA+SSGW8DEcMWxf/+llXrzo4kXxi2PO3X51ddfGZ89YMGuuObAXxnfL7fcT82KNzHcTGK4syaG&#10;Yy7EcGFsI4ZbEcOF5MaPPC6GAwAAAIC0ieEWMDFc4VSvvqFWqbWOJl4gt9ysUmsev7x+g0+Ggxyp&#10;7mq9Ien+albA3Rz/tWYLMdxZE8MxF2K4MCaGC8/rP/L41y+L4QAAAAAgXWK4Baw3/IPDq8Nvj08B&#10;BVKpt/ZWa61/n3CB3HIwMRzk0+j++d6t91ezQs0nw80khjtrYjjmQgwXxsRw4RHDAQAAAEAGxHDZ&#10;r90b/kFbDFdolVrrb1brzd9MvGBuC5sYDvLpOXuWvnz0uPm7Sfdbs0JMDDfTJIYbiuEmE8MxF2K4&#10;MCaGC8/h3vpfFsMBAAAAQMrEcNlPDFceld1LS9Va60TihXPLfGI4yK+NT9ZMuN+aFWJiuJnEcGdN&#10;DMdciOHCWNQ5cXzPygkxXEDEcAAAAACQATFc9mv31sVwJbOzduBV1VrrscQL6JblPnv51ddfGZ8W&#10;IGd21Jp/P+F+a5b/ieFmWj76aEMM9+TEcMyFGC6MieHCI4YDAAAAgAyMY7j20bVfSHpzy9KZGK68&#10;dtSa316ttfqJF9It/dWavUqtuS8+HUAOje6rP3nOfdcs7xPDzSSGO2tiOOZCDBfGxHDhEcMBAAAA&#10;QAYmMdxQDJfhxHDlV9l9oFmtN38r8YK6pbZKvfXvKrtb9fg0ADn0ghe88i9U6s1PJ92HzXI7MdxM&#10;YrizJoZjLhorJ29odAdiuJJPDBceMRwAAAAAZEAMl/3EcOGo1JZeWa03fyXxwrrNfZV6s1vddej5&#10;8eEHcuqZu177nKT7sFnOd3P8V5gtxHDTtVfXb22K4ZgDMVwYi7qDXxbDhaU8Mdz6Ow9/9PHL45sF&#10;AAAAAPkihst+YrjwVOqtvdVa62jChXWb4yq11o9esXupEh92IMcmsXDyfdksd/PJcDOJ4aYbx3AH&#10;P/b4zvjQwAUTw4UxMVx4xHAAAAAAkIHle4dXt1fFcFludLx/XwwXpqfXX/2MSq15PPFCu130Rsf2&#10;++NDDRRAtX7gjUn3ZbPcbRzD1ZvfHf/VZQsx3HRiOOZlI4br9D+dFFBZeSaGC88khjsthgMAAACA&#10;NInhsp8YjvGnl1XqS/+iUm/9z8SL7rbtVWrNT1Z2N2+KDzFQEKPHwX+ddJ82y9XEcDOJ4aYTwzEv&#10;YrgwJoYLjxgOAAAAADIghst+Yjg2q+5q3litNX8t8eK7nfcqtdb7qrtae+LDChRIpdb86aT7tVlu&#10;JoabafnoaTFcPDEc89I4IoYLYWK48GzEcL31n016DinSxHAAAAAA5JoYLvtNYrg1MRxn2VE7eE21&#10;3rr9nAvwdj47Va0f+N7xj6GNDydQMKP78X1b7tdm+ZkYbiYx3HRiOOZFDBfGxHDhEcMBAAAAQAbE&#10;cNlPDMeXUq23bq7Um2vnXIy35NVafZ8KB8U3ui9/PvE+bpaP3Rz/VWULMdx0YjjmRQwXxsRw4RHD&#10;AQAAAEAGxHDZTwzH+dqx68DLqvXWkWqt9b+3XJC3eJV66zOj43PLFdccem582IDCuuXLKrXWo0n3&#10;dbOFzifDzSSGm04Mx7yI4cKYGC48YjgAAAAAyIAYLvuJ4bgQ1XpzuVJrfjTxIn2wa/6f0a+379jV&#10;+sb4MAEF98yXtr/q3Pu62YInhptpHMO1j65/JOn73tAmhmNexHBhTAwXHjEcAAAAAGRADJf9xHBc&#10;jGfWl/6fan3pe6u15onEC/YBrVJvfqxSWzocHxqgJC6/5uCzk+7zZgubGG4mMdx0o+Nw68EPi+G4&#10;eGK4MCaGC09ZYrjlY8MfF8MBAAAAkFtiuOw3juGW7xn+7fgUwAWrXNW8olJrvr1Sb64lXrwv82qt&#10;/ujXm5/73JueFh8OoER21A785XPu92aLmhhupuV7xHBPTAzHvIjhwpgYLjzliuH+TAwHAAAAQD6J&#10;4bKfGI40VK85WKvWWrdUa83fTryQX6bVWkeru1pvePZLDnvzHUpsx67WixMfA8yynhhupo0YblUM&#10;N167N3z3wQ8/LIbjoonhwljUEcOF5nDv8XLEcL3hjx/+RTEcAAAAADklhst+7d7w95d7YjjSU911&#10;/fOrtQP/sFpv3XfOBf0Cr1JrPVqpt362svtA85Jr3/jn45sLlNjl9RtenvR4YLaA3Rz/tWQLMdx0&#10;YjjmRQwXxsYxXHTkM98Yn3YCIIYDAAAAgAyI4bKfGI4sPevaG3fsqDdblXrr1mq9+WDCxf1irNb6&#10;9+NPvtux68DL4psGBKJSa+5LfFwwy2o+GW4mMdx0YjjmJeqcWBLDlX9iuPC0P7T+QjEcAAAAAKTs&#10;UO/hXWK4bNfurYvhWJhn7nrtcyq1pcPVWuuOSq31e4kX/XO0Sr35G9V6899Udy/99Uuazf8rvhlA&#10;YEaPBbuTHiPMMlmt9adiuKcmhptODMe8iOHCmBguPO1j6y9cXhXDAQAAAECqxHDZTwxHnlSual5W&#10;rbdeU6k1316ttT51TgCwmD082rHR1/SW6q7WnvhLBQK3Y/f1X7/lscIsm4nhZprEcEMx3GhiOOZF&#10;DBfGxHDhEcMBAAAAQAYO9YZiuIwnhiPvxoFcpbb0ymq99QOVevMT1Vrr8+eEAfPfZyu15gdHv958&#10;+TU3fMMl+/dfGn85AE/a8eLXPmvLY4dZ+hPDzSSGm04Mx7yI4cKYGC48YjgAAAAAyIAYLvuJ4Siq&#10;Z117447xJ7VV683lSq35/ZV68/2jX49X6637R78+9CWiuXHsNv53Pjn67320Um/dOvrPbx7989fs&#10;rLWufu5zb3pa/McAzHT5C7/tK7c8vpilOzHcTId6j+4Vw00mhmNexHBhTAwXHjEcAAAAAGRADJf9&#10;xHCEYBy37awfeN4zd732OfE/ApinP1epNx9JDJfM5j0x3ExiuOnEcMyLGC6MieHCU6YY7jvuefyZ&#10;8c0CAAAAgHwRwy1kvyeGAyAL++946GnX3Xr/87Zu/M/jf6XQKrXm5xLjJbP57+b4rx1biOGmE8Mx&#10;L2K4MCaGC095Yrh1MRwAAAAA+SWGW8jEcADM1Ub01u2/POqeeEvUPXlrozv46Gif3XzBdcY+G3UG&#10;x0frjv/749+nSLFc/OOak+Ils/nMJ8PNJIabTgzHvIjhwpgYLjxiOAAAAADIgBhuIRPDATAXjc6D&#10;u6OV/lsnMVt/LelC64Vu/Ptt/L6j33/858R/ZC5V662fPCdgMpvXxHAzieGma/fW37187+PV+NDA&#10;BRPDhTExXHgmMdxpMRwAAAAApEkMt5D93nJvTQwHwAXb0+2/IOoMvi/qDj6VdHE1tXUG/XEcN/7z&#10;4y8lNyr11r9IDJnMLnZiuJnEcNOJ4ZgXMVwYE8OFZxzDjZ4r3p/0HFKoieEAAAAAyDMx3EImhgPg&#10;gjVW+t8Wdft3NDr9P0u6sJrZOv1Ho+7gpxsrJ2+45JZbviz+8hZqZ23pOxJjJrOLmRhuJjHcdGI4&#10;5mUjhuuK4cq//i9FRx4UwwVEDAcAAAAAGRDDLWRiOAAuyHXd/svHP7o0+YLqYhd1B5+IVvqvib/U&#10;hanubr0iMWgyu9CJ4WYSw00nhmNexHChTAwXGjEcAAAAAGRADLeQieEA2LZ9Kydf0egOfurcC6l5&#10;XP/9o1+/Jf7SM1e5qnlFYtRkduG7Of7rxRaHeqfFcPHEcMxL1Dm5FHVP/M65z69WronhQiOGAwAA&#10;AIAMiOEWMjEcANuy/46HntHoDn446g4eO/dCan43/nqj7slb9688sCO+KZmq1pu/mRA1mW1vPhlu&#10;JjHcdGI45mUSww3EcKWfGC40YjgAAAAAyIAYbiH7veVjw9fHpwAAvqToSP81UXfwy8kXUguzX2t0&#10;+wfim5SZSq3VSQyczM53YriZxHDTieGYFzFcKBPDhaYsMdzoef8dS2I4AAAAAPJKDLeQieEAOG/7&#10;bzl+aaPT/4eNzuD3ki+kFm6n9nb7/+TalT/8ivgmpq5aa74pMXIyO5+J4WbaiOF66x9N+J43uInh&#10;mBcxXCgTw4VGDAcAAAAAGRDDLWRiOADO2ziGizqD9yVfRC38Prj/Xb9zWXxTU3XF7tZLEkMnsy81&#10;MdxMYrjpxHDMixgulInhQlOuGO5PxXAAAAAA5JMYbiETwwFw3va8Z7Cr0Rn8TPJF1HIs6vQ/EK2c&#10;fEl8k1N0y5dVa61PJQZPZk81MdxMYrjpxHDMixgulPV/KbpNDBeS9rHHxXAAAAAAkLaNGK639oGk&#10;N7csra2L4QA4b43Ogy+LOv1e8kXUkq3T/9i+lZOviG96air11pHE6MksaWK4mcRwm3Zs+BPL9z4s&#10;huOiieFCmRguNGI4AAAAAMiAGG4RE8MBcP6ilQeubHT6p5IvopZ0o9s7vt3xIUjFztrSdySGT2Zb&#10;J4abSQy3aWI45kQMF8rEcKG58a71K8VwAAAAAJCySQw3FMNlOjEcAOdvT7f/yqg7+ETyRdRyb3S7&#10;79t7+8l98aGYu521pa+t1JoPJQZQZk9sI4Zr3Rz/tWELMdymieGYEzFcKBPDhUYMBwAAAAAZEMMt&#10;YmI4AM5fyDHcdP2je24b7IoPydxV663bz4qfzDZPDDeTGG7TxHDMiRgulPV/qdE5+bL4tBMAMRwA&#10;AAAAZEAMt5A9JIYD4HwF+WNSn2JRt3/f/luOXxofmrmq1lvtswIosycmhptJDLdpYjjmRAwXysRw&#10;oRHDAQAAAEAGxHALWG/40PJRMRwA58cnw527qNv/ofjwzNXl1xx8drXevP+cGMrCnhhupkkMNxTD&#10;jSeGY06ilX5TDBfCxHChEcMBAAAAQAbEcAuYGA6AbRDDJW90TNYbncGb4sM0V9V68yfOCaIs3Inh&#10;ZhLDbVpv+BPLHxDDcfHEcKFMDBea0sRwveE7Dh0989XxzQIAAACAfBHDLWBiOAC2YSOG6/R/I/ki&#10;qjU6g//auO3E34gP19xUas1950RRFvLEcE/hxrse3SeGiyeGY07EcKFMDBea8sRwa2I4AAAAAPJL&#10;DLeAbcRwa2I4AM5LtPLAlY1O/1TyRVR7YlG3/8n4kM1Vtd78QEIYZSHNJ8PNdHj10X3tVTHcxsRw&#10;zIkYLpSJ4UIjhgMAAACADIjhFjAxHADb4JPhtre93f53xYdubqr1VvusOMrCmhhupnEMN/oeVww3&#10;nhiOORHDhTIxXGhuvGf9yvax02I4AAAAAEiTGC77jY73Q4fEcACcJzHcBawz+A/jT9SLD+FcPOva&#10;V31Ftd46dlYkZWFMDDeTGG7Teus/8bdXH6/EhwYuWHREDBfGxHCh2YjhVtf/XeJzSIEmhgMAAAAg&#10;18Rw2U8MB8B2+DGpF7HO4Afiwzg31XrzjefEUlbuieFmEsNtmhiOORHDhTIxXGjEcAAAAACQATFc&#10;9hPDAbAdPhnu4hZ1BycbnQd3x4dzLq7YvVSp1lsfPyuYsvJODDeTGG7TxHDMiRgulInhQiOGAwAA&#10;AIAMiOGy3ziGa68Ob4pPAQDMtKf70Cuj7kAMd5GLjvT/RXxI56a6q/WGc8IpK+vEcE9BDLdpYjjm&#10;RAwXysRwoRHDAQAAAEAGxHDZTwwHwHbsXRl8c0MMN591+p++7tbf/fr40M7F5S/8tq+s1psfSIin&#10;rCzzyXAzieE2TQzHnIjhQpkYLjQ33bN+5bIYDgAAAADSJYbLfmI4ALYjWnngykanfyr5IqpdyPZ0&#10;Tsw9bKruWvq2ar35J+eEVFb8ieFmOrx6Wgz3xMRwzIkYLpSd/JgYLixlieFG+zExHAAAAAC5dfDD&#10;D9fEcNlODAfAdvhkuLTW/6X4EM9VpdZ8+zkxlRV7YriZxHCbJoZjTsRwoUwMFxoxHAAAAABkQAyX&#10;/dq9dTEcAOdNDJfuos7gr8aHem4q9ebuaq352+dEVVbMieFm2ojheusfS/q+N7iJ4ZiTjRiu0//d&#10;pOctK9PEcKEpVwz3p2I4AAAAAPLp4OrDtfaqGC7LieEA2A4xXPqLOoN/FR/uuarWmm86J6yyok4M&#10;9xTEcJsmhmNOxHCBrNP/WKPzoBguIDfdc0YMBwAAAABpO7g6FMNlPDEcANsRrTxwZaPTP5V4EdXm&#10;t86gHx/yuXrmS9tfVa233rslrLIizSfDzSSG2zQxHHMihgtkYrjgHD66/lfEcAAAAACQMjFc9hPD&#10;AbAdPhku20UrJ18SH/q52lk7eF211vrkOaGV5X+11udHv4rhnoIYbrrDq8N3ieGYBzFcIBPDBUcM&#10;BwAAAAAZEMNlv9Hx/owYDoDzJYZbwDon3hQf/rmr1JuvH+2Rc4Iry+/EcDOJ4aabxHBfEMNx0aIj&#10;n2lGnYEYruwTwwVHDAcAAAAAGRDDZT8xHADbIYZbzKLuoBOfglRUa80fPCe6snxODDeTGG46MRzz&#10;IoYLZGK44IjhAAAAACADYrjsJ4YDYDuilQeubHT6pxIvolrK6z8Un4ZUPOuq5tdU6s27zomvLF8T&#10;w80khptODMe8iOECmRguOGI4AAAAAMjA61aHtWUxXKYTwwGwHXtvH3xzo9P/D4kXUS39dfrDl932&#10;e8+KT0cqKtcsvaBab506K8CyvE0M9xTEcNOJ4ZgXMVwgE8MFp0wx3E3HzzwjvlkAAAAAkC9iuOw3&#10;ieEeFcMBcF7EcPnY3s6JPfEpSU1l99JStdY6kRBi2SLnk+FmmsRwQzHcaKPv89+1JIZjDsRwgUwM&#10;FxwxHAAAAABkQAyX/cRwAGyHGC5P6x+IT0uqKvXW3676pLj8TAw3kxhuOjEc8yKGC2Sd/sf23n5y&#10;X3zaCUB5Yrg1MRwAAAAA+SWGy35iOAC2I1p54MpGp38q8SKqZb5opf/m+NSkbmet+fcr9eYj58RZ&#10;lu3EcDO17370ZWK4ycRwzIsYLpCJ4YIjhgMAAACADIjhsl+7N/xM+24xHADnxyfD5W9Rp/+D8enJ&#10;RLXe+r6z4izLdmK4mcRw04nhmJc9nX5LDBfAxHDBmcRwp8VwAAAAAJAmMVz2G8dwy73h6+JTAAAz&#10;ieHyuah78tb4FGWmUmu+/ZxQy9JfrfVYpd58fXwa2EIMN50YjnnZiOG6YrjSTwwXnI0Yrrf+c0nP&#10;IcWaGA4AAACAHBPDZT8xHADb0eg++C1iuLyu/7PxacpUpdb6J9V66wvnRFuWzmqt/o5a89vjw88W&#10;YrjpxjHcjcfP7IgPDVwwMVwgE8MFRwwHAAAAABkQw2U/MRwA29HoDr6l0RmI4fK7o/GpylylvvRd&#10;1VrzDxMDLpvnfquy+0AzPuxsIYabrr26LoZjLsRwgUwMF5zSxHBH137spg+K4QAAAADIKTFc9hPD&#10;AbAdDTFcAdZfWBA3VtndvKlabz2wJeCyua35K5Xa0ivjw80WYrjpxHDMixgukInhgiOGAwAAAIAM&#10;bMRwvbVfTHxzy1KZGA6A7WiI4QqyxfzI1M0qtQPXV2vNTyYHXXbBq7WOVuqtvfFhZgsx3HRiOOZl&#10;b6ffGj23iOHKPjFccEoTw/WGbxfDAQAAAJBbYrjs1+6ti+EAOG8NMVxhFnX7t8anbaF27F7aX623&#10;7jwn6rILWqXeunVn/YYXxYeXLcRw07WPrr/rxrvEcFw8MVwgE8MFRwwHAAAAABkQw2U/MRwA29EQ&#10;wxVqUaf/g/GpW7jKVc0rKrXWv6rWmn+WFHnZ+aw5GP168yX7918aH1a2aN99WgwXTwzHvIjhApkY&#10;LjiHP7L+V5ZXxXAAAAAAkKpJDDcUw2U4MRwA2xGtPHBlo9M/lXgR1XK5aKX/5vj05Ual1npdpdb8&#10;j+fGXjZztWZvx+4D3xwfRhK0j51+2fIxMdx4YjjmRQwXyMRwwSlXDPd5MRwAAAAA+SSGW8hOiuEA&#10;OF8NnwxXyEUr/WZ8CnNlZ+2G6yq11vsSwy87e7XWY5Va8+2VFx34uvjwkWAcw7VX138p4Xve4CaG&#10;Y17EcIFsHMOtiOFCcvgjj4vhAAAAACBtYriFTAwHwHlriOEKuz3dB18an8bceXr91c+o7lr6B9V6&#10;87cSQzA7U6k3P1apLR2ODxlPQQw3nRiOeRHDBbOPiuHCMnq+vEoMBwAAAAApE8MtZGI4AM5bQwxX&#10;2EWd/tp13ZM741OZW9Wrb6hV6ktvq9Sa/zMpCgtyteaJan3pe5+567XPiQ8TT0EMN50YjnnZiOE6&#10;/f+a9NxipZoYLjBiOAAAAADIgBhuIRPDAXDeopUHrmx0+qcSLqBaEdYZ9ONTWQg7awdeVa217kwM&#10;xAJZpd5ar9RaK5XdBxrxYWEGMdx07dXhO8VwzIMYLpiJ4QIjhgMAAACADIjhFjIxHADnrTH+ZLhu&#10;/z9uuXhqBVrU7d8an85Cqdaby5V689NJwViZV6k1j19ev+Hl8WHgSxDDTTeJ4b4ghuOiieGCmRgu&#10;MGI4AAAAAMiAGG4hO7nce1QMB8B5aYjhSrKTb4hPaeFUrmpeNg7jRvuFar31v7fGY2VZpd76X6Nf&#10;b99Za31rfNM5D2K46cRwzIsYLpiJ4QIjhgMAAACADIjhFjIxHADnrSGGK8323NZ/cXxaC20ci1Vr&#10;zfdU680/2RqUFXWVWvOhSq31ozt2tb4xvpmcJzHcdGI45kUMF8zEcIEpUwz3xo+eeXp8swAAAAAg&#10;X8RwC5kYDoDzFq08cGWj0z+VcAHVirbOoB+f1tLYWT/wvMqu5lurtVY/KTIrwir15idGv978rGtv&#10;FDFdADHcdGI45kUMF8r6YrjAiOEAAAAAIANiuIVMDAfAeWv4ZLhSLer23xqf2tJ5wQte+Rd27G59&#10;S6Xeelu11vztrdFZDndfpd58645dB14W3wQugBhuOjEc8yKGC2XjGO4BMVxAyhPDrYnhAAAAAMgv&#10;MdxCdvLwseHh+BQAwEwNMVypFnX6j0W3PRjGj+Lcv//S6q7WKyq15ts3Pn2t1nosIUjLdKOvY230&#10;9Rzf+DS7Xa098VfKRZjEcEMx3GhiOOZFDBfKxHChEcMBAAAAQAbEcAuZGA6A8xbd9uDfEsOVbvfE&#10;pzc4laual20Ecruabx1HadVa6/NJ0do8N/pzPjfaB0d7y0YAt3//pfGXwxwcOvroN4rhJhPDMS97&#10;O59pNToDMVzpJ4YLzTiGa/eGP5/0HFKoieEAAAAAyDMx3EImhgPgvEUrD1zZ6PRPJV9EtaJuz0r/&#10;u+JTzMizrr1xR6XW3Ffd1XpDtd76gdHurNSbnx79s4fG2xy3bV38aW+Tf6/W+uToP79/HNvtrLUO&#10;Xn7NDd/w9PqrnxH/MaRADDedGI552Xu7GC6MieFCU5YY7lBv7e1NMRwAAAAAeSWGW8jEcACcN58M&#10;V9r95nW33v+8+DSzDeNPl9tZP/C88Z773JueFv9jFkQMN50YjnkRw4Wy/kf3dQd749NOAMRwAAAA&#10;AJCB5bsfqYvhMp8YDoDzJoYr76LO4Pvi0wyFJYabbhzDHf7o45fHhwYumBgulInhQiOGAwAAAIAM&#10;iOEWsN76ycNHxXAAnB8xXHkXdfsP7u30XxSfaigkMdx07dV1MRxzMXrePyCGC2FiuNCI4QAAAAAg&#10;A2K4BUwMB8A2iOFKvs7glvhUQyGJ4aYTwzEvYrgwFnX7H90jhgtKWWK49rHhj4rhAAAAAMit5buH&#10;YrisJ4YDYBvEcCVfp/+r+25/8Pnx6YbCEcNNJ4ZjXsRwYUwMFx4xHAAAAABkQAy3gPWGAzEcAOdL&#10;DFf+7Vl58O/GpxsKRww3nRiOeRHDhTExXHjEcAAAAACQATHcAiaGA2AbopUHrmx0+qeSLqJaORZ1&#10;+/fFpxsKRww3nRiOeRHDhbGoI4YLTbliuD8RwwEAAACQT2K4Baw3HBwSwwFwnqLbBn+r0R34ZLgS&#10;L+oOPrVn5cT++JRDoRw6eloMF08Mx7yI4cJYJIYLzsEPD18khgMAAACAlInhsl9bDAfANkRHxHBl&#10;X9TpfyHqDv52fMqhUDZiuN76L2/9njfEieGYFzFcGIvEcMEpTQzXG/5o8+fFcAAAAADklBgu+4nh&#10;ANiOcQwXdfqfTLqIamVa//vjUw6FIoabTgzHvIjhwlgkhguOGA4AAAAAMiCGy36TGO5RMRwA5yVa&#10;eeDKRqd/KukiqpVqd++/5fil8WmHwhDDTSeGY17EcGEsEsMFRwwHAAAAABkQw2U/MRwA2+GT4cLY&#10;6Bx/YF/n5F+OTzsUhhhu044Nf1wMxzyI4cJY1Bl8RAwXFjEcAAAAAGRADJf9xHAAbIcYLpB1+h+L&#10;Vk6+JD7tUBhiuE3biOH+TAzHRRPDhTExXHgOHhu+qH2sHDFce/Xxr4pvFgAAAADkixgu+41juPbq&#10;cDk+BQAwkx+TGshG53h8ruPTDoUhhtu03vDHD/+iGI6LN4nh+vcnPl9YaSaGC48YDgAAAAAyIIbL&#10;fmI4ALbDJ8OFsag7+MSebv+V8WmHwhDDbZoYjjkRw4UxMVx4xHAAAAAAkIHle4b15WNiuCwnhgNg&#10;O8RwYUwMR1G97t7T37i8KobbmBiOORHDhTExXHjKE8OtieEAAAAAyC8xXPYTwwGwHWK4MCaGo6jE&#10;cJsmhmNOxHBhTAwXntcdG77osBgOAAAAANI1juHaq2sfTHpzy9KZGA6A7RDDhTExHEU1ieGGYrjx&#10;xHDMiRgujInhwjOO4UbPFXcmPocUaGI4AAAAAHJNDJf9xHAAbIcYLoxtxHC3ieEonsOrj+4ffY8r&#10;hhtPDMecbMRwXTFc2SeGC48YDgAAAAAyIIbLfu3euhgOgPMWdU68KhLDlX5iOIpKDLdpYjjmRAwX&#10;xsRw4RHDAQAAAEAGxHDZTwwHwHaI4cLYOIaLOp/5m/Fph8IQw22aGI45EcOFMTFceMRwAAAAAJCB&#10;SQw3FMNlODEcANshhgtjYjiKSgy3ab3hj3/HPY8/Mz40cMHEcGFMDBceMRwAAAAAZEAMl/1Gx7sv&#10;hgPgfG3EcF0xXNknhqOoxHCbJoZjTsRwYSzq9D+yp/uAGC4gZYnhRnubGA4AAACA3BLDZT8xHADb&#10;IYYLY2I4ikoMt2m9dTEccyGGC2NRp/+R6D39RnzaCYAYDgAAAAAyIIbLfmI4ALZDDBfGxHAUlRhu&#10;08RwzIkYLoxFYrjgiOEAAAAAIANiuOzX7onhADh/YrgwNjrHn4g6fTEchSOG2zQxHHMSrQwOjp4b&#10;xHAlXzSO4VbEcCEpVwz3P8VwAAAAAOSTGC77bcRwR8VwAJyfqHPyVVH3pBiu5BPDUVRiuE0TwzEn&#10;YrgwFonhgrN89/BqMRwAAAAApEwMl/0mMdyjYjgAzosYLoyJ4Siqw6unxXBPTAzHnIjhwlgkhguO&#10;GA4AAAAAMiCGy35iOAC2YxLDDf5T0kVUK8/EcBTVRgzXWz++9XveICeGY07EcGEsEsMFRwwHAAAA&#10;ABkQw2U/MRwA2yGGC2NiOIpKDLdpYjjmRAwXxiIxXHDEcAAAAACQATFc9hvHcKNf2/EpAICZxHBh&#10;TAxHUYnhNk0Mx5yI4cJYJIYLjhgOAAAAADIghst+YjgAtkMMF8bEcBSVGG660euqdyyJ4ZgDMVwY&#10;i8RwwSlTDPftv/r4V8Y3CwAAAADyRQyX/cRwAGyHGC6Mjc7xr0diOApIDDedGI55EcOFsUgMFxwx&#10;HAAAAABkQAyX/cRwAGyHGC6MieEoKjHcdJMY7k/FcFw0MVwYi8RwwRHDAQAAAEAGDh19ZLcYLtuJ&#10;4QDYDjFcGBPDUVRiuOnEcMyLGC6MjZ777xXDhaU0MdzRtbd9+4fEcAAAAADklBgu+4nhANgOMVwY&#10;E8NRVGK46cRwzIsYLoyJ4cIzjuHaR9d+Iek5pFATwwEAAACQZ2K47NfurYvhADhve7onvlUMV/6J&#10;4SgqMdx0YjjmJToyOBh1+g8kPV9YeSaGC88khhuK4QAAAAAgTWK47CeGA2A7xHBhTAxHUYnhphPD&#10;MS9iuDAmhguPGA4AAAAAMnDo6FAMl/1OjCaGA+C8iOHCmBiOomrfvfby5d5QDDeaGI55EcOFMTFc&#10;eJbvHV49eq4QwwEAAABAmsRwC5kYDoDzJoYLY1FHDEcxieGmE8MxL2K4MCaGC48YDgAAAAAyIIZb&#10;yMRwAJw3MVwYE8NRVGK46cRwzIsYLoyJ4cJTmhhudfgjYjgAAAAAcksMt5CJ4QA4b2K4MCaGo6jE&#10;cNO1e8N3HDp65qvjQwMXTAwXxsRw4RHDAQAAAEAGxHALmRgOgPMmhgtjYjiKSgw3nRiOeRHDhTEx&#10;XHjEcAAAAACQATHcQiaGA+C8ieHCmBiOomofW3v56HtbMdxo7d6aGI65EMOFMTFceMRwAAAAAJAB&#10;MdxCdmJ59VExHADnZW/3xLc2xHClnxiOohLDTSeGY17EcGFs9NwvhgvMod7Du8oTw31ODAcAAABA&#10;PonhFjIxHADnbSOG65z4zaSLqFaejWO4xpHP/I34tENhiOGmE8MxL2K4MCaGC8+h3lAMBwAAAABp&#10;E8MtZGI4AM7b3u7Jb210BmK4kk8MR1GJ4aYTwzEvYrgwNo7hGkceiuLTTgDEcAAAAACQATHcQnbi&#10;8D3DQ/EpAICZxHBhTAxHUYnhphPDMS9R58EbIzFc6SeGC48YDgAAAAAyIIZbyMRwAJw3MVwYE8NR&#10;VO1jj7283Vv/9wnf8wY3MRzzIoYLY6NzLIYLjBgOAAAAADIghlvAesMTh3tiOADOjxgujInhKCox&#10;3HRiOOZFDBfGRuf43saRvhguIGWK4b7z+JnL4psFAAAAAPkihlvAxHAAbMNGDNcVw5V9YjiKSgw3&#10;nRiOeRHDhbHRORbDBaYsMdzoNvxIUwwHAAAAQF5txHC9tQ8lvbllKU0MB8A2iOHCmBiOohLDnbUf&#10;E8MxD6PnhBtHE8OVfJEYLjhiOAAAAADIgBhuARPDAbANYrgwJoajqMRwZ00Mx1yI4cJYJIYLjhgO&#10;AAAAADIghlvAemtiOADOW2Ol/20NMVzpJ4ajqMRwZ+3HDh39UzEcF00MF8YiMVxwyhPDrYnhAAAA&#10;AMgvMVz2Gx3vE4fEcACcJzFcGBPDUVRiuLMmhmMuxHBhLBLDBWcjhuutfWDLc0fhJoYDAAAAINcm&#10;MdxQDJfh2qvDB8VwAJwvMVwYizonfr1x5IQYjsIRw501MRxzsRHDdcVwZV8khgvOJIYbiuEAAAAA&#10;IE1iuOwnhgNgO8RwYUwMR1GJ4c6aGI65EMOFsUgMFxwxHAAAAABkQAyX/cRwAGyHGC6MieEoKjHc&#10;WRPDMRdiuGB2jxguLGI4AAAAAMiAGC77ieEA2A4xXDD7NTEcRXTo6No3jV5PiOEmE8MxF2K4YCaG&#10;C4wYDgAAAAAyIIbLfmI4ALZDDBfMxHAUkhjurInhmItJDNd/MOG5wso1MVxgShPDHRv+sBgOAAAA&#10;gNwSw2U/MRwA2yGGC2a/1rhNDEfxiOHOmhiOuRDDBTMxXGBKE8P1hj/c/HkxHAAAAAA5JYbLfpMY&#10;7lExHADnRQwXzMRwFJIY7qz92E3HzzwjPjRwwcRwwUwMFxgxHAAAAABk4NC9w93tVTFclhPDAbAd&#10;GzFcp/9bCRdQrVwTw1FIYrizJoZjLsRwwUwMFxgxHAAAAABkQAyX/cYxXPvY8Mb4FADATGK4YCaG&#10;o5DEcGdNDMdciOGC2T2N28RwITn44Ydr5Ynh/kgMBwAAAEA+ieGynxgOgO1oHBHDBTIxHIUkhtu8&#10;NTEccyGGC2ZiuMAcXB3W2qtiOAAAAABIlRgu+4nhANiOxpHPiOHCmBiOQhLDbZ4YjvkQwwUzMVxg&#10;xHAAAAAAkAExXPYTwwGwHZMYbiCGK//EcBSSGG7zxHDMhxgumInhAiOGAwAAAIAMHF595JplMVym&#10;E8NB/lWual52ef2Gl1d2LS1V6kvfVdnVfOvGNv7vpaWN/9/o34n/dUiVGC6YieEoJDHc5onhmA8x&#10;XDATwwXmdavD2uj5QgwHAAAAAGkSw2U/MRzk185a6+pKrfmW0Y5Xa63HqvXWmZkb/Tvjf3f83xn/&#10;d+PfBuZKDBfMxHAU0qGjj31Tu7f+K0nf94Y3MRzzIYYLZmK4wJQphlu+9/G/GN8sAAAAAMgXMVz2&#10;E8NBPu2stb61Um/9bLXeevyc6O3893il1vqZ8e8V/7Zw0cRwwUwMRyGJ4Tbt6NqP3fRBMRwXTwwX&#10;zO7Z23loT3zaCYAYDgAAAAAyIIbLfu3VNTEc5EzlmqUXVOrN9yfEbRe18e85/r3jPwYuSKPTf7UY&#10;LoiJ4Sik1x197JuWxXCTieGYkz23nTgkhgtiYrjAiOEAAAAAIANiuOwnhoP8qdabf6dabz2wNWab&#10;35r376wtfUf8x8G2iOGC2a/t7Z786/Fph8J43T2PfdPyqhhuY73h28VwzIMYLpiJ4QIjhgMAAACA&#10;DBxeHYrhsl5v+ED7qBgO8uKZL21/VaXefGu13vrCuRHbnFdrfb5aP/C9z33uTU+L/3j4ksRwwUwM&#10;RyGJ4TZNDMeciOGCmRguMBsxXG/tFxOfQwq0dm9NDAcAAABAfonhFjAxHORK5armZZV68+7EeC3F&#10;VWqt98VfAswkhgtmYjgKSQy3aWI45kQMF8zEcIERwwEAAABABsRwC5gYDnJlZ/3A86q11h1JwVoW&#10;q9Sa3x9/KZBIDBfMxHAUkhhu0zZiuM+L4bhoe7piuEAmhgvMJIYbiuEAAAAAIE1iuAVMDAe5sugY&#10;brxKrfVopd78e/GXBGcRwwUzMRyFJIbbNDEccyKGC2Un7tnbOSGGC4gYDgAAAAAyIIZbwMRwkCvj&#10;H5Narbfu2xqoLWKVenPt8mtu+Ib4S4MNYrhgJoajkMRwmyaGY07EcKFMDBcaMRwAAAAAZEAMt4CJ&#10;4SBX8vDJcFtXqTfvGkd68ZdI4MRwwUwMRyGJ4TZNDMeciOFCmRguNGWJ4Ub7ITEcAAAAALklhlvA&#10;NmK4R8VwkBNxDPeTSVHa4tf8O/GXScDGMVzU7X8q+SKqlWhiOAppubf2V8Vw8cRwzMme7uBQ1B2I&#10;4Uo/MVxoxHAAAAAAkAEx3AImhoNcyXcM1zpTqTV/uXr1wZ3xl0uAxHDBTAxHIU1iuKEYbjwxHHMi&#10;hgtlYrjQiOEAAAAAIANiuAWsN3xg9OvB+BQACzb+caTVeuu+rRFa/tZcjr9kAiOGC2ZiOApJDLdp&#10;YjjmRAwXyI4MjonhwiKGAwAAAIAMiOEWMDEc5ErePxlu8yq15k/HXzYBEcMFMzEchSSG27Te8O1v&#10;/OiZp8eHBi6YGC6QdcRwoVm++5G6GA4AAAAAUiaGW8DEcJArRYrhxqvUWyf92NSwiOECWUcMRzGJ&#10;4TZNDMecbMRwnf6JxOcLK8/EcMEpVwx3SgwHAAAAQD6J4RYwMRzkStFiuOmWXhvfBEpODBfIxHAU&#10;lBhu08RwzIkYLpCJ4YKzfPdQDAcAAAAAaduI4XprH054Y8vSmhgOcqVyVfOyar1137mxWSH2ffHN&#10;oMTEcIGsc/JXxXAUkRhu03prYjjmQgwXyMRwwRHDAQAAAEAGxHALmBgOcqW4nww3WaXWWolvCiXV&#10;6Hzm1VF3IIYr+zr9X93bPSGGo3DEcJsmhmNO9nYHh0bPC2K4sk8MFxwxHAAAAABkQAy3gInhIFd2&#10;1pa+tlovbgw3XqXW/GB8cyghMVwgE8NRUGK46Q711t7eFMMxB2K4QCaGC05pYrje8IeW3yuGAwAA&#10;ACCnxHALWG9NDAc5UoYYbmO15q/FN4mSiVb6rxHDBTAxHAUlhptODMe8iOECmRguOGWK4d5415mv&#10;iG8WAAAAAOSLGG4hu380MRzkROWq5mXVeuu+c+KyAq5Saz4U3yxKRAwXyMRwFNRGDNdb//iW73eD&#10;nBiOeRHDBTIxXHDEcAAAAACQgUkMNxTDZTsxHORIaT4ZLl6l3vql+KZREmK4QCaGo6CWe4+J4eKJ&#10;4ZgXMVwgE8MFRwwHAAAAABkQwy1kYjjIkbLFcONV6s33xzePEhDDBTIxHAUlhptODMe8iOECmRgu&#10;OMv3DOvLx8RwAAAAAJAqMdxCJoaDHCljDBfvHfFNpODEcIFMDEdBieGmax8b/qgYjnkQwwWyzuDY&#10;vts/c1182gnAOIZrr659MOk5pFDrrYnhAAAAAMgvMdxCJoaDHKlc1bysWm/dtyUkK8tujm8mBRYd&#10;EcMFMTEcBSWGm04Mx7yI4QKZGC44YjgAAAAAyIAYbiETw0GOlPiT4TZWqbf2xjeVghLDBTIxHAUl&#10;hptODMe8NDon2o2uGK70E8MFZxLDDcVwAAAAAJAmMdxCJoaDHCl/DNf8xCWX3PJl8c2lgMRwgUwM&#10;R0GJ4aabxHB/IobjoonhApkYLjhiOAAAAADIgBhuAesN71++WwwHeVH2GG68Sq31o/HNpYA2YrhO&#10;/7cTL6JaeSaGo6DEcNOJ4ZgXMVwgE8MFRwwHAAAAABkQwy1gGzHco2I4yInKVc3LqvXWfVsDsrKt&#10;Um/ujm8yBSOGC2RiOApKDDedGI55EcMFMjFccMoSwx1eHf6gGA4AAACA3BLDLWC94f2He8MD8SkA&#10;FmzyyXDNn0oKyMq0Sr11JL7JFIwYLpB1+r+67/aTr4hPOxSGGG66dm/4o82fF8Nx8cRwgUwMFxwx&#10;HAAAAABkQAy3gInhIFeCieFqrT+u7moJbQpIDBfIxHAUVPuutb8mhptMDMe8iOECmRguOGI4AAAA&#10;AMiAGG4BE8NBroTyY1LHq9Sb3fhmUyBiuEAmhqOg2qtrf230Pa4YbjQxHPMihgtkYrjgiOEAAAAA&#10;IAPtux55sRgu27V7w/sPieEgN0L5ZLiN1Zq9y6++8cr4plMQYrhAJoajoMRw04nhmBcxXCAbx3C3&#10;ieFCcujoI7vFcAAAAACQMjFc9hPDQb6EFcO1PlXddeCvxTedghDDBTIxHAUlhptuHMO1Vx//qvjQ&#10;wAUTwwWyzolj+257UAwXkLLEcKPb8IOvuusPxXAAAAAA5JMYLvuJ4SBfQorhKrXWH1dqS4fjm05B&#10;iOECmRiOghLDTSeGY17EcIFMDBecQ0eHYjgAAAAASJsYLvuJ4SBfKlc1L6vWW/dtDcdKuVrrscqu&#10;paX4plMQYrhANo7hVsRwFI8YbjoxHPMihgtl/VUxXFjEcAAAAACQATFc9mv31sRwkCOB/ZjUz49+&#10;vTm+6RTEns6Dr43EcOWfGI6CEsNNJ4ZjXhqdk+1G96QYruSLuv3V68RwQRHDAQAAAEAGxHDZr706&#10;/K9iOMiP4GK43Qf+QXzTKYg9ncFro85ADFf2ieEoKDHcdO3emhiOudiI4TqDfuLzhZVmYrjwlCmG&#10;W/r1x788vlkAAAAAkC/tu4ZiuIwnhoN8EcORdxsxXFcMV/ZFnf6v7hHDUUBiuOnEcMyLGC6MieHC&#10;I4YDAAAAgAyI4bKfGA7ypbrr+ueL4cgzMVwYi8RwFJQYbjoxHPMihgtjYrjwiOEAAAAAIAPtY8MX&#10;L6+K4bKcGA7yRQxH3onhwlgkhqOgxjFcu7d+39bveUOcGI55EcOFMTFceMRwAAAAAJABMVz2E8NB&#10;vojhyDsxXBiLxHAUVHv1MTFcPDEc8yKGC2NiuPBsxHC9tQ8lPYcUaWI4AAAAAHJNDJf9xHCQL8HF&#10;cLvEcEUjhgtjo3N8nxiOIhLDTSeGY17EcGFMDBee8sRwa2I4AAAAAPJLDJf9xHCQL2HFcM3PV3ct&#10;ieEKRgwXxsRwFJUY7qy9TQzHPIjhwpgYLjxiuLC95I6Hrog6J161p3Pi5saRwTtHj/PHJo/1/Ycm&#10;ix8bOv21J/7Z6DXCp0b/7M7Rv/cDjc6JN13X7b98/7t+57L4twQAAAAgiRgu+4nhIF/EcOTdRgzX&#10;6f/nJy6OWDknhqOoxHBnTQzHXDSOiOFCmBguPJMYblj8GO7o2g8u/ZwY7nzsX3lgR7QyOBh1T946&#10;ut/fv/Vx4EI3eu3w2GifGEdye1YefMX+W45fGv+RAAAAAIjhst84hhsd91Z8CoAFE8ORd2K4MCaG&#10;o6jEcGdNDMdciOHCmBguPGK4cOy7/fef3+j23zDazzY6/f+R9Bgw93X6nx7tHaO9unHk/q+MvxQA&#10;AACA8Ijhsp8YDvJFDEfeieHCmBiOohLDnTUxHHMhhgtj4xhuT/fkS+PTTgBKE8P1hv9WDPfU9nT7&#10;L2h0T7492vhxp8n3/4z22fGPZN1/x0NPi780AAAAgDCI4bKfGA7yJagYrt78EzFc8YjhwljU7d83&#10;/hFH8WmHwhDDnbW3tVf/pxiOiyaGC2NiuPBsxHCrYrgya3Qe3B11Bu8b/xjTpPv9ohZ1+p+PVvpv&#10;3X/HQ8+Iv1QAAACA8hLDZT8xHOTLJIZbem9yPFa2ieGKSAwXxsRwFJUY7qyJ4ZiLRvfEshiu/BPD&#10;hefQvWK4Mtt3+2eua3T6PxF1Bl9Ius/nZVGn/7vRkcE/bhz5/WfHXzoAAABAuYxjuHZv7a6tb2xZ&#10;ehPDQb6I4cg7MVwYE8NRVGK4syaGYy7EcGFMDBceMVx5RUd+97lRZ/B9o/v1g0n399yu0//Y3u7g&#10;pktuueXL4psCAAAAUHxiuOwnhoN8qe469PxqvSWGI7f2dgavbYjhSj8xHEV16OjaK8RwT04Mx1yI&#10;4cKYGC48Yrjy2nv74JtH9+t7tt7PC7afaBz5zAvjmwQAAABQXGK47NfuDf9r+6gYDvJCDEfeieHC&#10;mBiOohLDnTUxHHMhhgtjUUcMF5rDq49cM3quEMOV0J6V/nc1uv0TSff14u3EPXtXBt8c3zQAAACA&#10;4hHDZT8xHOSLGI6823u7GC6EieEoqkkMNxTDTSaGYy7EcGEsEsMFp1wx3B+I4WL7bzl+adQ9eWvS&#10;/bzIi7qDh8fPR/HNBAAAACgOMdwC1hv+rhgO8kMMR97t7T54vRiu/BPDUVRiuLP2tm//1ce/Mj40&#10;cMHEcGEsEsMF5/DqUAxXQns7/ReN7tPv3XofL8/6X4y6g3927cp/+vPxTQYAAADINzHcAiaGg1wR&#10;w5F3YrgwJoajqMRwZ00Mx1yI4cJYJIYLjhiunKKVfiPq9O9Kup+Xbp3Bj+xf+cMd8U0HAAAAyKdJ&#10;DDcUw2U5MRzkihiOvBPDhbFxDBcdGfy1+LRDYYjhzpoYjrkQw4WxSAwXHDFcOUUrD1w5uk9/dut9&#10;vOS7c/zjYeNDAAAAAJAvYrgFTAwHuRJaDLez1vz78U2nIPZ2B9c3OgMxXMkXdcRwFJMY7qyJ4ZgL&#10;MVwYi8RwwSlTDHfT8TNPi29W8PZ0+6+MuoNPJN3Py76o03/3/jseekZ8KAAAAADyQQy3gInhIFfE&#10;cOSdGC6MRWI4CkoMt2lH19727R8Sw3HxxHBhLOqc7InhwiKGK6eQY7gnFnX6P9j8+TP/V3xIAAAA&#10;ABZLDLeAieEgVyovOvB1VTEcOSaGC2ORGI6COnx07RWj72/FcOOJ4ZgTMVwYE8OFRwxXThs/JrXT&#10;P5V0Pw9tUffEW+LDAgAAALA4YrgFTAwHuSKGI+/EcGEsEsNRUIePrb1i+ZgYbmNiOOZkHMNFnf4g&#10;6fnCyjMxXHjEcOXkk+HO2Z81Og++Pj48AAAAANkTwy1gYjjIFTEceSeGC2ORGI6C2ojhVtd/9Zzv&#10;eUOcGI45EcOFsdE57u3pPiiGC8hGDNdb+/BZzx0FnBjubGK4p9xv7ukO9saHCQAAACA7YrgFTAwH&#10;uSKGI+8mMVz/vyRcXLASLRLDUVBiuE0TwzEnYrgwNjrHYrjAlCeGWxPDbbIRw3X6v5F0P7fxY93g&#10;313XPbkzPlwAAAAA6RPDLWC94e8ePjZsxqcAWDAxHHknhgtjkRiOgjp87DEx3BMTwzEnYrgwNjrH&#10;YrjAiOHKKVp54MrR67VTSfdzmy5a6b81PmQAAAAA6RLDLWBiOMiVkGK4Sr35JzvEcIUjhgtjkRiO&#10;ghLDnbUfEcMxD43uyeWoOxDDlXyRGC44kxhuKIYrGZ8Mt619Zu/tJ/fFhw4AAAAgHWK4BUwMB7ki&#10;hiPvxHBhLBLDUVBiuLMmhmMuxHBhLBLDBUcMV05iuO0vWhl04sMHAAAAMH9iuAVMDAe5IoYj78Rw&#10;YSwSw1FQYrizJoZjLsRwYSwSwwWnLDHc8rHhD4jhpsRwF7bRMVuLjvS9PwoAAADM36GjX7xWDJfx&#10;xHCQK2HFcK3/JYYrno0YriuGK/siMRwFJYY7a2I45kIMF8YiMVxwxHDlJIa72PV/8ZJbbvmy+HAC&#10;AAAAXDwx3AImhoNcGcdwlVrrfUnxWNkmhismMVwYi7qDj4vhKCIx3Fn7kW//0OfEcFw0MVwYi8Rw&#10;wRHDldOe7kOvHD1mi+EuclHnxFJ8SAEAAAAujhhuARPDQa6I4cg7MVwYE8NRVGK4syaGYy7EcGEs&#10;EsMFRwxXTntXBt88uk+L4eay/s/GhxUAAADgwonhFjAxHOSKGI68E8OFMTEcRSWGO2tiOOZCDBfG&#10;ok6/F73n5Evi004A2nc98mIxXPlEKw9c2ej0TyXdz+0C13lwd3x4AQAAALZPDLeIrf+OGA7yQwxH&#10;3jVWTtwghiv/xHAU1XJv7a+L4Z6cGI65EMOFsWgcw62I4UJSmhiuN/yBm+4Qwz3BJ8OltE7/HfEh&#10;BgAAANgeMdwiJoaDPBHDkXdiuDAmhqOoxHBnTQzHXEQr/cNiuPIvEsMFp1wx3ENiuJgYLsV1+p+O&#10;3j2oxocaAAAA4PwcOnpaDJf5xHCQJ5UXi+HINzFcGBPDUVSTGG4ohptMDMdciOHCWCSGC077rqEY&#10;roTEcOlv9DrpYHy4AQAAAL40MdwiJoaDPBHDkXdiuDAmhqOoxHBn7Ue+8/iZy+JDAxdMDBfGIjFc&#10;cNrHhi8ePVeI4UomWnngykanfyrpfm7zW9QZvC8+5AAAAACzieEWsN767xw+KoaDvBDDkXdiuDAm&#10;hqOoxHDTtVeHP9IUwzEHYrgwFonhglOmGO7/W338L8Q3K3g+GS67jZ4bf3e/EBMAAAD4UsRwC5gY&#10;DnIltBhudFv/v/imUxBiuDAmhqOoxHDTieGYFzFcGIvEcMERw5WTGC777ekO9saHHwAAAOBcYrj/&#10;P3v/Ay/pXdd3/9hSS1taqeRs4i39YR+l943AztkIIXvNLi5qFe6KCmTnbLIzSxAU8E97U2t/tYri&#10;v2qtvW/aSiU7syG2trWFQiB7ZjYhQEAEWsXin9RNdmazCNVo1RvbkD0zJy17X+ecC/fM7hXITs6Z&#10;ub7X5/l8PN6PyL9k51wz18xc83LOAiaGg0oRw1F1zeNnb2j2RmK4mi/rDcVwJEkMd3FiOHaKGC7G&#10;MjFcOGK4etqM4brD/1T2OLddXHfo2gYAAABQTgy3gInhoFKWrj38DDEcVSaGi7HNGO6W+8RwJEcM&#10;d3HtwZoYjh0hhouxTAwXjhiunrLj9z2z2R0+WPY4t93e8BeKwwAAAABwkRhu/mv3x/e2B48cLg4B&#10;sGBiOKpuM4brDn+z/OK/1WViOFIlhrs4MRw7RQwXY5kYLpyNGK7dX0v/GpwYbsqBW30z3CKXdYe/&#10;UhwKAAAAgC1iuPlvK4Ybi+GgIsRwVJ0YLsbEcKRKDHdxYjh2ihguxjIxXDhiuHoSw1Vhw9/f/39/&#10;8s8VhwQAAACITgw3/4nhoFrEcFRd84QYLsI2Y7ju6GuLww7J2Ijh8te3Hy573RttYjh2ihguzFbF&#10;cLHUJ4ZbE8NtI4arzjZ+ZW1xWAAAAIDIxHDznxgOqkUMR9WJ4WJMDEeqxHAXJ4Zjp2QnxHBBJoYL&#10;RgxXT2K4iu3EA99QHBoAAAAgqs0YbnXtZOnFLduVieGgWsRwVJ0YLsbEcKSq039EDFdMDMdO2Yzh&#10;usOzZc8XVquJ4YLZiuFq8P+QKoabIoar3vb3zhwtDg8AAAAQkRhu/hPDQbWI4ag6MVyMieFIlRju&#10;4tqnJj8thmMniOHCTAwXTF1iuGODyU+I4S4Sw1V03dHrikMEAAAARCOGm//EcFAtYjiqTgwXY2I4&#10;UiWGuzgxHDtFDBdmYrhgxHD11Ozd/zfFcNVc/v7q7xeHCQAAAIhEDDf/ieGgWoLFcH8ohkuPGC7G&#10;xHCkSgx3ce3+5KdbbxPD8fiJ4cJMDBdMXWK49mDyEy8Ww/2J/LH8N5vdkRiuost6o39YHCoAAAAg&#10;CjHc/CeGg2rZiuFa/7osHqvbxHBpEsPFmBiOVInhLk4Mx04Rw0XZcDU7fp8YLhAxXD3lj+Nn5u/X&#10;Hix/nFsVlh0f/nBxuAAAAIAIjt61/tz2QAw3z7UH498Uw0F1iOGouqx75rAYrv4Tw5Gqzp2PfH3+&#10;2lYMl08Mx04Rw0WZGC4aMVw95Y9n3wyXwrpnv784ZAAAAEDdieHmPzEcVIsYjqoTw8WYGI5UieEu&#10;biuG+30xHI+bGC7KxHDRHF19+LliuPrJH89iuER2oDf87uKwAQAAAHW2FcNNxHBznBgOqkUMR9WJ&#10;4WJMDEeqxHAXJ4Zjp2QnHjiWPyeI4eq+rhguGjFcPeWPZzFcQtt4ji0OHQAAAFBXYrj5TwwH1SKG&#10;o+rEcDEmhiNV7cHaN4jhtiaGY6eI4YJMDBdOvWK4M2K4Qv44fmb+eH6w9HFuldz+3vDFxeEDAAAA&#10;6ujmu9af2xHDzXViOKgWMRxVJ4aLMTEcqRLDXZwYjp0ihgsyMVw4R1fXxXA1lD+efTNcgjtw6wPL&#10;xSEEAAAA6kYMN/+J4aBaxHBUnRguxsRwpEoMd3FiOHaKGC7IusPV5onR84rDTgBiuHrKH89iuBTX&#10;Hf33Q7ede0pxGAEAAIA6EcPNf2I4qBYxHFUnhguzD4rhSNFWDDcRw+XbiOE6d332LxQ/GpiZGC7I&#10;xHDh1CmGa9174YuLmxVe/nj+m83e8Jcve4xbAhv+RnEYAQAAgDoRw81/YjiollAxXGPlD5eWj3x3&#10;cdNJxGYM1xPDBZgYjiSJ4S5ODMdO2d8dvkIMF2BiuHDEcPWUHb/vmfnj+cHSx7mlsJPFoQQAAADq&#10;Qgw3/23EcJ07H7mhOATAgonhqLqNGC7rnbm35KK91WtiOJIkhrs4MRw7RQwXZGK4cMRw9ZQ/nn0z&#10;XOrrDr+/OJwAAABAHYjh5r+tGG4shoOKuGrfy/+6GI4qy7pnD2e9kRiu/hPDkSQx3MWJ4dgpYrgg&#10;E8OFU5sYbnXyE623ieE+J388i+FqsKz7wIuKQwoAAACkTgw3/7X749/s9MVwUBViOKpODBdmYjiS&#10;JIa7ODEcO0UMF2RiuHA2Y7jVteSvwYnhpuWPZzFcDZY/737y4K1nlorDCgAAAKRMDDf/ieGgWsRw&#10;VJ0YLsi6YjjSJIa7uHZ/TQzHjhDDBZkYLhwxXD1lx+97Zv54frD0cW5prTs6VRxWAAAAIGXH+g8/&#10;ryOGm+vEcFAtsWK41h8uLR8WwyVGDBdkYjgSJYa7ODEcO0UMF2RiuHCO3rX+3Px5swYx3JoYbpv8&#10;8eyb4Wq1M99RHFoAAAAgVWK4+U8MB9UihqPqxHBBJoYjUZsxXH/8kbLXvdEmhmOnbMZwPTFc7SeG&#10;C0cMV0/541kMV699qnni9P9RHF4AAAAgRWK4+U8MB9UihqPqxHBBJoYjUWK4ixPDsVPEcEEmhgtn&#10;K4ZL/xqcGG5adsv93yiGq9m6Z/5VcXgBAACAFInh5j8xHFSLGI6qE8MFmRiORInhLk4Mx04RwwWZ&#10;GC6cm+9af27+fFGHa3D/UAx3UXb8vmfmj+cHSx/nluyy48OXFocYAAAASI0YbhFb/w0xHFSHGI6q&#10;E8MFmRiORLUHj4jhLu4fi+HYCWK4MDsphotFDFdPvhmupusO3/v8nz/zl4rDDAAAAKREDLeIjcVw&#10;UCHBYrg/EMOlJzs+bInhAkwMR6LEcFMTw7EjxHBhJoYLRgxXT2K4+i47cfY7i8MMAAAApEQMt4iJ&#10;4aBKtmK4w/+mLB6r28RwaRLDBZkYjkSJ4aYmhmNHbMVwwwdKny+sThPDBSOGqycxXH2Xvw//6Atu&#10;+cSXFYcaAAAASMWx/roYbu4Tw0GVXLXvpr++1FgRw1FZYrgg6w4/2Dwx/JrisEMyxHBTE8OxI8Rw&#10;YSaGC6ZG/w+pYrhtsuP3PTN/Lf9gyWPc6rDumdcVhxoAAABIhRhuERPDQZWI4ai67IQYLsTEcCRK&#10;DDc1MRw7QgwXZiebt4jhIhHD1ZNvhqv5uqNTB289s1QcbgAAACAFYrhFTAwHVSKGo+rEcEEmhiNR&#10;Yrip/ePOXQ+K4XjcxHBhJoYLRgxXT2K4ei9/L/7I/lvOHC0ONwAAAJACMdwiJoaDKhHDUXViuCAT&#10;w5EoMdzUxHDsCDFcmInhgqlXDHevGK7g16SG2O3F4QYAAABSIIZbxMRwUCViOKpODBdkYjgSddPJ&#10;tReJ4f5kYjh2hBguzMRwwdToGpwYbpvsxOgb88ezb4ar87rD/3Sge2Z/ccgBAACAqhPDLWJiOKgS&#10;MRxVJ4YLMjEciRLDTU0Mx44Qw4WZGC6YOsVwr/nYhT9T3KzwxHD1X/5+/A8O9EZ+VSoAAACkQgy3&#10;iI1/49ipR15eHAJgwcRwVN1mDNcd/peyi/JWo4nhSJQYbmpiOHaEGC7MxHDBiOHqaSOGy7rDXyl5&#10;jFuNlvVGP1gccgAAAKDqxHCL2EYMNxbDQUXEi+Fa31XcdBIhhgsyMRyJOnZy7UWd/kQMt7H+5B+/&#10;5o4Lf7740cDMxHBRNjzZvOW0GC4QMVw9Zcfve2b+Wv7B8se51Wi3F4ccAAAAqDox3CImhoMqEcNR&#10;dWK4IBPDkSgx3LaJ4dghYrgoE8NFI4arJ98MF2Td0duat5z5a8VhBwAAAKpMDLeIieGgSq5qHPnf&#10;xXBUWXbigVbWHYnh6j4xHIk6dmrtRflrXDHcxsRw7BAxXJQNTx7sjZ5bHHYC2LwG119bLX0OSWti&#10;uG3EcDGW9UZ37b9l+FXFYQcAAACqrEYX4hKaGA6qRAxH1YnhgkwMR6LEcNsmhmOH7L9ldHPWG4nh&#10;aj8xXDRiuHrya1KDLD/G+3vDZxSHHQAAAKgyMdwiJoaDKhHDUXViuCATw5EoMdy2ieHYIQduGd2c&#10;PzeI4Wo/MVw0Yrh68s1wMZb1Rh/d3xu+uDjsAAAAQJWJ4RYxMRxUiRiOqhPDBZkYjkSJ4batvyaG&#10;Y0eI4aJMDBdNfa7BrYnhthHDxZgYDgAAABIihlvExHBQJWI4qk4MF2YfaN4ihiM9YrhtE8OxQw70&#10;xHAxJoaLRgxXT2K4GBPDAQAAQELEcAtYf/3Xj62K4aAqxHBUnRguzMRwJGkzhuuPP1r6ujfaxHDs&#10;EDFclInhotm6BjdJ/xrcqcmPi+EuEsPF2GYMd4sYDgAAAJIghlvA+mMxHFSIGI6q298drojhQkwM&#10;R5LEcNsmhmOHiOGiTAwXjRiunsRwMbYRw2XdB15UHHYAAACgysRwC5gYDipFDEfVbcZwPTFcgInh&#10;SJIYbtvEcOwQMVyUieGiqU0M15/8+GuOi+E+J+ueeUkmhqv9xHAAAACQkNpciEtpYjiolFgx3Mp/&#10;E8OlRwwXZmI4knTs1CNiuGLHBpOfEsOxE8RwUSaGi0YMV09iuBgTwwEAAEBCxHDzX7s//vWjYjio&#10;jM0Ybnnl35bFY3WbGC5NB8RwUSaGI0liuIsTw7FTxHBRJoaLRgxXT2K4GMt6w4/mx1kMBwAAACkQ&#10;w81/YjioFjEcVbcRwzXFcBEmhiNJYriLE8OxU8RwUSaGi6Y9ePi6/PlCDFczmzFcTwxX94nhAAAA&#10;ICFiuPlPDAfVIoaj6sRwYSaGI0liuIsTw7FTxHBB1h3dIYaLRQxXT2K4GBPDAQAAQELEcPOfGA6q&#10;RQxH1YnhwkwMR5LEcBcnhmOniOGCTAwXjhiunsRwMSaGAwAAgISI4ea/jRiuPXjkZcUhABZMDEfV&#10;ieHCTAxHksRwFyeGY6dsxnDd4bmS5wqr08Rw4dQrhvuYGK4ghosxMRwAAAAkRAw3/4nhoFrEcFTd&#10;ZgzXHf5W2QV5q9XEcCRJDHdx7cHkp15yx++I4XjcxHBBJoYLpz1YF8PVUNY9+5Ksd1YMV/NlvdFH&#10;MjEcAAAApEEMN/9txXBjMRxUhBiOqhPDhZkYjiR1VtdeLIbbmhiOnSKGCzIxXDh1iuHeeM+FJxY3&#10;KzwxXIyJ4QAAACAhYrj5TwwH1SKGo+rEcGEmhiNJYriLE8OxU8RwQSaGC0cMV09bMdzoY6WPc6vN&#10;xHAAAACQkPYdD18nhpvvxHBQLeFiuH0r31ncdBIhhguzDxzonXthcdghGWK4ixPDsVPEcEEmhgtH&#10;DFdPYrgYE8MBAABAQtoDMdy8J4aDahHDUXViuDATw5GkrRhuIobLtxHDHf7IZ/9c8aOBmYnhgkwM&#10;F44Yrp7EcDGWdcVwAAAAkIzNGK4OF+ISmhgOquWpew//H2I4qkwMF2ZiuBksPav15KuXj3zF5hor&#10;z3nq8g0v3Ny1Nzzvc//+lz33pquK/zq7oHPn2jPag8mDZa97w60/eVPxY4HHRQwXZGK4cDZiuHZ/&#10;rV/6HJLSxHBTxHAxJoYDAACAhIjh5j8xHFSLGI6qO3DrAyvN7kgMV/+J4T6PjdAtP4+9dKnR+t78&#10;nP2W/K/35P/6we3nuMe0xsqn8/1Kfj78+fxfvyH/+964Ec49/ek3P6n4R3GFbrpj/Mz8Na73E/l8&#10;Mxw7RQwXZGK4cMRw9SSGizExHAAAACREDDf/tQfrvyaGg+oQw1F1YrgoG37gQG8ohiv85ee2vuTq&#10;xuGv3YrfWr+wZ7l1f9l5bUfXWPnd/J91cmn58I/s2Xv4m79078ueVvxx+Dxe9Uuf/YudwXq37HVv&#10;tInh2CliuBjLuqM7rhfDhVKXGO5of/Ljh8Rwf0IMF2NiOAAAAEiIGG7+E8NBtYjhqLpmb3hEDBdh&#10;YrgNG7/2dM9yq7PUaN2++S1uJeeyeW5pubVWfAvd68Vxj67dn/xw2eveaBPDsVPEcDEmhounPjHc&#10;mhhuGzFcjInhAAAAICFiuPmvPRiL4aBCxHBUnRguymLHcF/23Nb/b2lf6+Y9y61/me+TZeewKmxp&#10;ufWZjW+P29M48j1X7V35quKPH1775NoLy173hlt/8qbiRwKPy2YM1xPD1X0bMdz+t37Cc0kgYrh6&#10;EsPF2EYM1zzxwDcUhx0AAACoMjHc/CeGg2oRw1F1YrgoixvDLV17+BlLy61efp566NLzVgrL/+x3&#10;X9048pLi5oS08YF4pz95e9lr30jzzXDslGb3/leK4eq/rDu8Y/9bh2K4QLZiuEnyMVz+fPdjYriL&#10;9vfOfJMYrv4TwwEAAEBCNi7EdcRwc50YDqpFDEfVieGiLGYMt2ffkW/Z01j5uXx/XHbeSnCn9iy3&#10;XnPNvsNLxU0Moz2YdMpe+0aaGI6dIoaLsUwMF44Yrp7EcDEmhgMAAICEiOHmPzEcVIsYjqoTwwVZ&#10;N14Ml5+XXrrUaN1z6bmqNmusDPO/vv7pT7/5ScVNrrX24LN/qQ6/+u3xTAzHThHDxVgmhgtHDFdP&#10;YrgYE8MBAABAQsRw858YDqolVAy3vPL7Yrj0iOGCLFgMt9RYeVGUc+/Glhqt9y/tbd1c3Pza6qyu&#10;vbjs9W+Y9SdvKn4U8LgcOH72YNYbPVT6fGF12unrbjt3TXHYCUAMV09iuBgTwwEAAEBCxHDznxgO&#10;qmUrhmv9Qlm8ULeJ4dIkhguyQDHclz77yFfuaaz8o/y89OCl56kQa6zcdvXykdoe605/8s/LXgNH&#10;WLs/+UeH/71vhuPxy7pnD+fP/2dKny+sNst8M1w4N518+PliuPoRw8WYGA4AAAASIoab/9r98a+1&#10;T4rhoCrEcFSdGC7IuqN7osRwe5ZbnfycFDOE27b8uWdtqdH6sbr9GtXW2y58cf5692Nlr4PrPjEc&#10;OyXrPvCiZnf4n0ufL6w2y8Rw4Yjh6kkMF2NZ98xHmifOiOEAAAAgBWK4+W8jhuv0H3lpcQiABQsX&#10;w+0Vw6VGDBdkQWK4qxo3Xpufj2699PxkrTuvbhx5SfFjSt6xwflDZa+D6z4xHDtlf290oNkdfrD0&#10;+cJqs0wMF44Yrp7EcDEmhgMAAICEiOHmPzEcVIsYjqrbiuGGp8suyFuNFiSG27O3ddOeRuvDZeco&#10;y8/TjdYn8n3v0/YfTj6o6qyOv7fstXCt15+8qbj58Ljs/7lPfnnWHb6j9PnCarP8GIvhghHD1dOB&#10;3plvyh/TYrj678NiOAAAAEiEGG7+24rhxmI4qAgxHFUnhguyADHc1Y2X7cnPQz+S74/KzlE2vfzn&#10;dOKqxg3XFj++JLUHk58pez1c1/lmOHZS1h3+VOnzhdVm+TEWwwVTrxjuHjFcYTOG65751bLHudVq&#10;H27eIoYDAACAJIjh5j8xHFSLGI6qE8MFWYAYbulZrWvyc9GHLj032Rfcp/bsXdlf/BiT0+5P3lb2&#10;mriOE8Oxk/Ln/2/Ln//Plz5nWC2WieHCuenkej1iuP7kx1pvu/Cni5sVnhguzMRwAAAAkIqNGK7d&#10;X0v+QlxKE8NBtYjhqLrNGK4nhqv9IsRwy0e+YU9j5Z6y85N94eXn8Af2LLe+vfhxJiV//fuBstfF&#10;dZsYjp30/O6Zp2Xd4adLnzOsLjt93W3nrikOOQGI4erpQO/sN+Wv5cVw9Z8YDgAAAFIhhpv/xHBQ&#10;LWI4qk4MF2QRYrjGyg35uehjl56b7MqW/xz/257l1t8pfqzJaA8mv1X22rhOE8Ox07Lu8GdLnzOs&#10;FsuPr2+GC0YMV09iuDATwwEAAEAqxHDznxgOqiVcDNc48h3FTScRYrgYy7qje66vewy3r3Vzfi66&#10;79Jzk822pUZrbU+j9YNPOHToicWPuPI6/cmnyl4f12b9yZuKmwo7Yn939LKsN3qo7HnD0l+2EcPd&#10;IoaL5KY7xXB1JIYLMzEcAAAApEIMN/+J4aBaxHBUnRguxiLEcFc3Vm7c01h5pOz8ZI9vS41WMhFW&#10;ezD+j2Wvkesw3wzHTmueOP0Xm93R7WXPG5b+st7o3WK4WDZjuFNiuLoRw4WZGA4AAABSIYZbxNY/&#10;LoaD6njqc17+TDEcVSaGi7EIMVx+Hnr9nsbKpy89N9kOrrHyj57QalX+w+lOf/Lu8tfJaU8Mx27I&#10;umcOlz1vWC12+rrbzl1THGoCeMWd68/vDNYGZc8hKU0MN20zhuuJ4QJMDAcAAACpEMMtYmI4qBIx&#10;HFWXHb//RjFc/SeGsx3eG4ofe2Xlr4m75a+V091WDPdJMRw76tBt556UdYeDsucOS3u+GS4eMVw9&#10;ieHC7MP5sf764rADAAAAVSaGW8TGYjioEDEcVZcdH93Y7I3EcDWfGM52ekuNlYfzv76++PFXUmd1&#10;/Iby18uJrj9J5tfVkpZm90y77LnD0p4YLh4xXD2J4cJMDAcAAACpEMMtYmI4qJJYMVzr95cah8Vw&#10;iRHDxZgYznZrGyH01Y3Dry4OQ+W0B+OXlb9mTm8b3wx38z0XnlTcNNhRWXf4jrLnD0t3Yrh46hPD&#10;rYnhtmkeH35z/pgWw9V/YjgAAABIxVYMNxHDzXViOKgSMRxVJ4aLsTAxXMm5yea2h5567Q3PKw5H&#10;pdy8+plr8tfJZy9/3ZzWxHDspvx54mvLnj8s3Ynh4qlLDJfvR8VwF4nhwkwMBwAAAKkQwy1iYjio&#10;EjEcVSeGi7GNGG7/rQ8cKg57LeXnoY1vhvvjS89NNuc1Vu65urHynOKwVEq7P/7X5a+f05gYjt2W&#10;P1f8eNlziKU5MVw8WzHcRAxXM2K4MBPDAQAAQCrEcIuYGA6qRAxH1YnhYkwMZ/Pe0vLKW55w6NAT&#10;i8NTGZ3+2neVv4au/sRw7Lb9//6Tfy5/vvhI2fOIpTcxXDxiuHoSw4WZGA4AAABSIYZbxMRwUCVi&#10;OKpODBdjYjhb2PYe/r+KQ1QZx97z2a/M36f8Wvlr6epODMc8HDh+9mDZ84gludPX3XbumuLQEoAY&#10;rp7EcGEmhgMAAIBUiOEWsfHHj5165FuKQwAsWLAY7vfEcOkRw8WYGM4WusbKcKmx8qLiUFVGezD+&#10;vvLX09WcGI55aXaHP1r2XGJpzTfDxSOGqycxXJB1xXAAAACQDDHcIiaGgyrZiuEO/7vSOKBmE8Ol&#10;SQwXY5sx3PEAMVzJuckqtMbKx6v2q1OPrn726flr6I9c/pq6emv318RwzE3WHfbLnk8snYnh4ums&#10;Pnx9/nwhhqsZMVyQieEAAAAgHWK4RUwMB1Xy1Ofc9Myl5RUxHJWVnRjdmHWH95VekLfaLEwM55vh&#10;kthSY+UfFIetMjqr4799+evqak0Mxzztf8v9X97sDR8se06xNCaGi0cMV09iuCDrDn/pQO+MGA4A&#10;AABSIIZbxDZiuLEYDipCDEfVieFiTAxnFdx9e/au7C8OXyUcuufCE/PX03dPv7au0PqTNxV/VJiL&#10;A70z31T2nGJpbCOGy06cu7Y4nAQghqunzRiuO/zPZY9zq9HEcAAAAJCOm04+/Hwx3LwnhoMqEcNR&#10;dWK4GBPDWVWXP0e+pTiElXFsMLk2f139/unX2BXYqclP+mY45i3rDf9u2fOKVX/5c78YLhgxXD2J&#10;4YJMDAcAAADpEMMtYmI4qBIxHFUnhouxrHvmnv3Hz4jhrJJbaqycv2q5tVIcyspon3rkGzv9yX2X&#10;v95e0MRwLEizO/xnZc8tVu2J4eKpVwz3NjFcoXlCDBdiYjgAAABIhxhuAeuPP35sVQwHVSGGo+rE&#10;cDEWJoYrOTdZOsufR37zCYcOPbE4pJXRHowP56+xH7nsdfe859ekskBZb/SusucXq+7EcPF0Vtdr&#10;E8O98cKFP1XcrPCaYrgYE8MBAABAOsRwC5gYDipFDEfVieFiLEYM1/o7vhmuLmu9pjisldIeTG7u&#10;DMa/cdnr7zks/2c/2F4d/z1xAIvU7I7EGAlNDBePGK6emice+Gbn3wATwwEAAEA6xHALmBgOKkUM&#10;R9WJ4WJMDGcJ7tTT9h/+c8XhrZROf+3r24PJqcteh+/m+uNfPXbn5GjxR4CFyXqjR8qeZ6ySO33d&#10;beeuKQ4dAYjh6kkMF2RiOAAAAEiHGG7+a/fX//NRMRxURrQYbk+j9brippMIMVyMZb3R+8VwluT2&#10;Ha5sANa658KT24PJ7Ze+Ht+djT9+5NTaVxT/aFiYZ73t3i/On1cmlz7PWPXmm+HiEcPVkxguyMRw&#10;AAAAkA4x3PwnhoNqEcNRdVn3/psyMVztJ4azxPf24jBX0hvfeOFPHetPjrZX105e+tp8J5a/n/pQ&#10;p7/2Xcfe+d+fWvwjYaEO/uxv/+Wy5xqr1sRw8WzEcO3+eL7fXLo7E8NtI4YLsu7wlw7eevZvFIcd&#10;AAAAqDIx3PzX7o/FcFAhX/rsI18phqPKxHAxJoaz5NdY+Z979h7+5uJwV9bmt8WdmnxbezB+36Wv&#10;02daf/yr7dXx3zty+/m/UvwjoBKe3z3ztLLnG6vOxHDxiOHqqdkdfosYLsDEcAAAAJAOMdz8J4aD&#10;arnm2Ue+co8YjgoTw8VYjBhu5fWXnpeslqv0t8Rt1x589i91Vtde3OlPfqQ9mLwnf53+mUtfu5eu&#10;P/5sezD+cHuw9k+OnRq/vH3qM19W/C2hUq5/y+mvKHvOscrs9HW3nbumOFwEIIarJzFckInhAAAA&#10;IB03nVwXw815YjioFjEcVZd1RzflE8PVfL4Zzuq0/Pnmk1ftu+mvF4c+KTevfuaajUDu6OraK9v9&#10;tR9uDyY/0x6s39YZrPc2/vXR/trrOv3xSzt3rj2j+J9ApWU/O9pT9rxji1/+3P+u7MQZ3wwXSG1i&#10;uNXJj278CvLiZoUnhgsyMRwAAACkQww3/4nhoFquuVYMR7WJ4WJMDGc13WuLww8s0Nf/qwf/Qtlz&#10;jy12Yrh46hPDrYnhthHDBdlGDHdcDAcAAABJEMPNf2I4qBYxHFUnhosxMZzVdo3W24q7ALBgze7o&#10;M2XPQbaYieHiqU0M15/8iBjuIjFckInhAAAAIB1iuPlPDAfVIoaj6jZjuJ4Yru4Tw1mdt7S88odL&#10;+1aWi7sCsED5880flD0P2UJ2+rrbzl1THBoC6Ny1fn17MBHD1YwYLsay7vCX9ovhAAAAIA1iuPlv&#10;I4Zrn3rkm4tDACyYGI6qE8PFmBjOQqxx+HuKuwOwQM3u8ANlz0U23+XP/b4ZLhgxXD2J4WIsE8MB&#10;AABAOsRw858YDqpFDEfVieFiLE4M1/rvZecni7OlRuv24i4BLFD+3PMvL30usvlODBePGK6exHAx&#10;lp+zPySGAwAAgETcdOf689unxHDznBgOqiVSDJfvQTFcerZiuOH9ZRfkrT4Tw1mkLS23PnnNvsNL&#10;xV0DWJBmd/ijZc9JNp+J4eJpDx7eL4arn80YrieGq/vEcAAAAJAQMdz8txXDjcVwUBGbMVxj5d+X&#10;fVhfw4nhEiSGizExnEXcUuPwi4u7B7Ag2fHRjWXPSzaXnb7utnPXFIeCAMRw9bQRw+Xv1z5e8hi3&#10;Gk0MBwAAAAnZjOEGa4PSi1u2KxPDQbWI4ag6MVyMieEs7g7/QHEXARakecvp55U9N9nuzjfDxSOG&#10;qycxXIyJ4QAAACAhrxDDzX1iOKgWMRxVJ4aLsfw4vz878cBXF4e9lsRw9uhrvaO4mwCLcuHCFzW7&#10;fs3fPCeGi0cMV09iuBjLj/GH9h+/XwwHAAAAKdiI4TpiuLlODAfVIoaj6sRwMRYjhlt5/SXnJLPt&#10;e+gJhw49sbi7AAuSPx/1yp6nbOcnhotHDFdPYrgYE8MBAABAQsRw858YDqpFDEfVieFiLEQM1zj8&#10;Pb4Zzr7QlpZb+4q7DLAgze79ryx7rrId3+nrbjt3TfFjJ4A6xXAXLlz4ouJmhSeGizExHAAAACRE&#10;DLeIrf+qGA6qQwxH1YnhYkwMZ7Zt+458S3G3ARbk4K1nnpU/Pz146fOV7dx8M1w87cG6GK6GxHAx&#10;JoYDAACAhIjhFjExHFSJGI6qE8PFmBjObHpXNVp/u7jrAAvU7I7+Tdnzlj3+ieHiqUsMd7Q/+ZEn&#10;iOH+hBguxsRwAAAAkBAx3CImhoMqEcNRdftvOXNUDFf/ieHMLt/ScuufFHcfYIEOdM++uuy5yx7f&#10;NmK4ZvecXw0diBiunprdB74lfzyL4Wq+jRguOzH6uuKwAwAAAFUmhlvExmI4qJBwMdzyymuLm04i&#10;xHAxJoYze9S9vbgLAQt06M33PjnrDj9d9hxmM+/0dbedu6b4EROAGK6esuPDl4rh6r+sK4YDAACA&#10;ZIjhFrD++FfbJ8VwUBViOKpODBdjIWK45ZXXbzsfmT3mLS23frO4GwELlvVG/7DsecyufL4ZLp7N&#10;GK4/vrP0WlFCE8NNE8PFWCaGAwAAgHRsxXATMdw8J4aDSrlm3+FnieGosv09MVyE+WY4sy+4TxV3&#10;JWDBmidGz8uftz5Z9nxmj31iuHjEcPUkhouxTAwHAAAA6RDDLWBiOKgUMRxVJ4aLMTGc2WNYY+WP&#10;i7sTUAHN3tl/WvacZo9tYrh4xHD1JIaLsUwMBwAAAOkQwy1gYjioFDEcVSeGizExnNljXet/fdlz&#10;X/Lni7sVsGD7e8NnZN3hWtlzm33Bnb7utnPXFD9KAhDD1ZMYLsYyMRwAAACkQwy3gInhoFLEcFTd&#10;/t7oaNYbieFqPjGc2RXuOTdeXdy1gArIumd+ouz5zR59vhkunvrEcGtiuG2yE2K4CMvEcAAAAJAO&#10;MdwC1h//amfwyDcVhwBYMDEcVSeGi7EwMdyyGM52bkvXHn5GcfcCKuD63v1fmT+n/fKlz3FWPjFc&#10;PHWJ4dqnJj8shrtIDBdjmRgOAAAA0iGGW8DEcFApYjiqTgwXZcP3ZSfur3cMt7zy+m3nI7Md2dXL&#10;R76iuIsBFdHsDv9W+XOdbZ8YLp6tGG4ihqsZMVyM5cf4F8VwAAAAkAgx3AImhoNKCRXDNcRwKdqM&#10;4brDM2UX5K1OCxDDbX0z3P+47Nxk9ji38Vxe3M2Aijh027mnZCeGP1f+nGcbE8PFI4arJzFcjInh&#10;AAAAICGd1Yev74jh5rvNGG4shoOKEMNRdWK4KIsQwx35nvwcJIazXdn/9uwjf6W4qwEVsv+W4Vfl&#10;r2M+VP7cF3tZ78y7mt37xXCBiOHqaTOG6w5/rexxbvWZGA4AAAASIoZbwMRwUCnBYrjfzf8qhkvM&#10;gd7oaFMMF2BiOLPHuy9Zvvkpxd0NqJise/Zw1h3+TvlzYNjdLoaL5aY7zmdiuPoRw8WYGA4AAAAS&#10;IoZbwMRwUClbMVzrbWUfqtduYrgkieGiTAxn9ni31Fg5/4RDh55Y3OWACmp2z7yu/Hkw5E5fd9u5&#10;a4ofDQHUJobrT374CU8Qw32OGC7GxHAAAACQEDHcAiaGg0oRw1F1YrgoE8OZ7cSWGiv/rbjLARXW&#10;PDH6ifLnw1DzzXDBiOHqSQwXY2I4AAAASIgYbgETw0GliOGoOjFclAWI4ZZXXj91TjLbpS01WueK&#10;ux1QYc89fvZLsu7wZ8ufF0NMDBeMGK6exHAxlvWGv5iduE8MBwAAACkQwy1i6x8Tw0F1iOGoOjFc&#10;lEX4ZriVv5ufg3wznM1lS42V9xR3PaDiDr3xnidmveGHyp8f67usN/q4X5May02nzmftgRiubsRw&#10;MbYZw90ihgMAAIAkiOEWMTEcVIkYjqoTw0XZ8H3ZLWI4s53c0nKrV9z9gAQ0f+63/1r+mufW8ufJ&#10;Gq47+lcHbz3zrOLmE0C9Yjg+RwwXY2I4AAAASIgYbhETw0GViOGoumb3TLvZE8PVf2I4s13aG4q7&#10;IJCI7F+N9jS7w39a/nxZn2XdMz+z/y33f3lxswng2Kn1rCOGqx0xXIxtxnDd0dcWhx0AAACoMjHc&#10;IjYWw0GFiOGoOjFclInhzHZrS43Dx4q7IZCYZnf0k+XPmzVYftuKm0kQYrh62t+9/2WZGK72E8MB&#10;AABAQsRwi5gYDqpEDEfVieGiTAxntpu7au9KrR9fUHfZibOvanaH/7n8OTS9Zb3Rrx3onn11cfMI&#10;QgxXT/u7o5dl3ZEYruYTwwEAAEBCOqvrYri5TwwHVRIvhjvymuKmkwgxXJQFiOGWV15/2XnJbI77&#10;kuVveUpxdwQSlb112MyfM/9t+XNpUnt7duIBkW4wmzFcf3xX+bWidCaGm7YZw/XEcHWfGA4AAAAS&#10;IoZbxMRwUCViOKpODBdlw/c1u2dfUBz2Wiq+Ge6hy85NZvPbh4q7I5C4Q2+854nZ8eH3Zr3RQ+XP&#10;q9Vd1h2uZd3RGzZuQ3FzCEIMV09iuBgTwwEAAEBCxHCLmBgOquTq5RueLYajysRwUSaGM5vHlpZX&#10;/llxlwRq4kD3zP6sN3xL/lx6vvw5tjrLusP/2ewOb81O1PvbYCknhqsnMVyMieEAAAAgIWK4RWz8&#10;sWN3PvKS4hAACyaGo+rEcFEmhjOb15YaK68o7pZAzRw4fvZg1h3dU/5cu/hlvdFH9/eGLy7+uAQj&#10;hqsnMVyMieEAAAAgIWK4RUwMB1USK4Zr/e6e5ZYYLjFiuCgTw5nNa0vLK+Orl298dnHXBGqqeWL4&#10;zflz61uz7vDT5c+981vWG306/3P83EY084QLF76o+CMSjBiunsRwMSaGAwAAgISI4RawvhgOqkQM&#10;R9WJ4aJMDGc21zVaHy7umkAA+3vDZ+TPtT/W7I6G5c/Du7jNf+bwxzb+DMUfh6DqEsN1BuM3FjeJ&#10;nBguzD4ohgMAAIBEiOEWsI0Yri+Gg6oQw1F1ze7Z9kI+uLU5L0AMt7zy+svOS2YL3FKj9abi7skc&#10;HDm19hU33TF+Zvvk2gsv3ca/v/GfH7rnwhOL/zrsqgPdM/vz59+fznqjj1/+nLwzK/7eP73xzyr+&#10;sQQnhqunzRiuO/z1S88BVruJ4QAAACAVGzFcuz8+dfmFLdu1bcZwYzEcVIQYjqoTw0WZb4YzW8Su&#10;bhzxunwXbIRtR1fXXpm//3lLezA51e5Phpe9L/o8y//75/K/3p3vLUf7a6/biOWKvzXsikO3nXtK&#10;dnz40mbv7Jvy5+W7m93hg5c/V3/BfSrf3Rt/j42/18bfs/jbw6atGG4ihqsZMVyYieEAAAAgFWK4&#10;+S//eX/sqBgOKkMMR9WJ4aJMDGe2iC0ttz76Zc99yZ8v7qY8Dhvf6tbpj1/aHqzfVsRspe+HHs/a&#10;g8mD+fupX2ivnu/cfM+FJxX/aNg1h95875Ob3fv3Xd8bvjA7Prox/79fuX0b/97Gf7bx39n47xb/&#10;MyglhqsnMVyQdcVwAAAAkAwx3PwnhoNqEcNRdWK4KBPDmS1qS42VHy/upszo6Ora3+gM1nv5+50/&#10;uPT9z66uP36oc2r95zfeX/kVq0DVdVbPN8Vw9SOGCzIxHAAAAKRDDDf/ieGgWoLFcL8jhkuPGC7K&#10;xHBmi9zVjcM+3JzBq+/87Je2+2vf1u5P+mXvfea+/viezur4b7cHn31a8UcEqAwxXD2J4YJMDAcA&#10;AADpEMPNf2I4qJarl2989p7GytvLPhiv3cRwSWqeEMPFmBjObJFbWl55b3FX5THa+Ca2o6trr2z3&#10;J8Oy9z2L3uavVB2MX+/XqQJVIYarJzFckInhAAAAIB1iuPmvPZj8ihgOqkMMR9WJ4aKs/jHcUqP1&#10;vfm5SAxn1V3j8PcUd1ceg/y9zY2dwdrg0vc7Fd0H2/3Jt7148Nk/W/zxAeZODFdPB7qjlzXFcPWf&#10;GA4AAADSIYab/8RwUC1iOKpODBdlYjizha+x8vGrG4f/anGX5fM4cmrtKzr9ydvL3u9Ufv3JPZ2T&#10;k+cUNwVgbsRw9SSGCzIxHAAAAKRDDDf/ieGgWsRwVF2zd6Yjhouws+8Vw5lVYI3DP1TcZfk88vc0&#10;r2oPxr9W9n4nleW34YGNX6P6hAsXvqi4WQC7qiYx3GfFcNMO3CqGC7Hu8IPNE8OvKQ47AAAAUGVi&#10;uPmvPRiL4aBCxHBUnRguysRwZpVYY2W4Z+/hvcXdlhKddzy0p9Of/HinP36o7P1OkutP/nnn3WvP&#10;KG4iwK6oRww3FsNd4kDv/peL4QJMDAcAAADpEMPNf2I4qBYxHFUnhosyMZxZZdZo/VRxt6XEzbdf&#10;eEpn41eNlrzXSX35e7XfbA8eflpxUwF2VGd1XQxXQ2K4IBPDAQAAQDq2YriJGG6OE8NBtYjhqDox&#10;XJB16x/D5eeh1192XjKr4JaWW2tLz2pdU9x1ucTR1fWvzt/XDC59n1On5e/ZPtwZjL+puMkAO0IM&#10;V09iuCATwwEAAEA6xHDznxgOqkUMR9WJ4YKsO3xvs3t/7b8Zbmm59ZnS85NZxba0vPIjxV2XS7RP&#10;jr+53R9/pOy9Tv02vvfo6vljxU0HeFxqEcP1x5/trIrhtjvQG4nhIkwMBwAAAOno3LV+fXsghpvn&#10;xHBQLZsx3HKoGO7bi5tOIsRwQSaGM6vaPrT07CN/rbj7ss2xwfmDnf74obL3OrVdf/xIvpcWPwKA&#10;mWzEcO3V8XtKzzOpTAx3ma0YbiSGq/vEcAAAAJAOMdz8txHDtU898o3FIQAWTAxH1YnhgkwMZ1bB&#10;ec4sk7+nuTHf6e3vcaKs3Z8M8/dzh4sfBcAVEcPVkxguyMRwAAAAkA4x3PwnhoNqubqx8pw9Yjgq&#10;TAwXZGI4s8otv7/+wjOe8eI/W9yFKeTvacLGcBc3/linv/b1xY8E4DHp3LnebA/EcHUjhgsyMRwA&#10;AACkQww3/4nhoFrEcFSdGC7IAsRw+Xno9Zedl8yqvMbKIxuvE4q7MIWQvyb1UbbxTXE33fE/rip+&#10;NACflxiunsRwYfaB5i1iOAAAAEiCGG7+E8NBtYjhqLqNGC7rDkclF+OtTvPNcGZV3RuKuzCF/D2N&#10;b4a7ZPl7vH958z0XnlL8iABKieHqaSuGG/5G6Wt8q9PEcAAAAJCK9uDh/WK4+W4rhhuL4aAixHBU&#10;nRguyMRwZpXcUmPl579k+VtETtvk72nEcI82gQjwedQlhjs2GP9QcZPIieHCTAwHAAAAqRDDzX9i&#10;OKgWMRxV1+yd7WS9kRiu7hPDmVVyS42V/3T18uHnF3djcvl7mhs7/bX7Ln2fY1tr98d/lL/H7hQ/&#10;LoA/IYarJzFcmInhAAAAIBViuPlPDAfVIoaj6sRwQSaGM6vmGit/vNQ4fKy4G5PL39Pc2OlPxHBf&#10;aP3xR286Of7rxY8NoIjhJmK4mhHDhZkYDgAAAFIhhpv/xHBQLWI4qk4MF2Td4XsP3Hr2YHHYayk/&#10;D73+svOSWRr7yeJuTC5/TyOGu7L9aPGjA4ITw9WTGC7MxHAAAACQCjHcAnZq8stiOKgOMRxVJ4YL&#10;sgAx3NLew3/PN8NZiltqtG552rMOf2lxVw4vf08jhrvS9Sfn2qfWa/3tn8AXdrR//oAYrn42Y7ie&#10;GC7AxHAAAACQCjHcAtaf/HJ7VQwHVRErhlv5r2K49IjhgkwMZ1bZLTVa//qaa1/+9OKuHN6xwfmD&#10;nf74odL3OvZ51+6Pf6H4MQIBieHqSQwXZmI4AAAASIUYbgETw0GlbMVwrf9Q9uF37SaGS5IYLsjE&#10;cGaV3dLyyruvXr7x2cVdObz8PY1vhnscy99//49Of+3rix8nEIgYrp7EcGH2gQO9cy8sDjsAAABQ&#10;ZWK4BUwMB5UihqPqsuPDY2K4ABPDmVV2S8sr79uzd2V/cVcOL39PI4bbgbX7k58tfqRAEHWI4dr9&#10;8WfbYrgpYrgwE8MBAABAKsRwC1h/LIaDChHDUXViuCALEMPl56HXX3ZeMktjDz71OS9/ZnFXDi9/&#10;TyOG26n1x7/XWT3fLH60QM2J4eqpefzMDWK4EBPDAQAAQCpuvv3CUzqDyelLL27Z7q09mDx40x1j&#10;H6ZBRYjhqDoxXJD5Zjizyi6/3350qXH4xcVdObxjg/MHO/3xQ2XvdWzG9SdvKn68QI3VIoYbjP+X&#10;GG6aGC7Khh840BuK4QAAACAFN69+5prOqfWfL7vAZbs03wwHlSKGo+rEcEEmhjOr7MRw09qrk5t8&#10;M9zOr90f//pNd1y4qvgxAzUkhqsnMVyUieEAAAAgKe3B2j8pu8BluzQxHFSKGI6qE8MFWYQYblkM&#10;Z2lODDdNDLe7y3++K8WPGqiZo/11MVwNieGiTAwHAAAASekMxt9bdoHLdmn98S8fGzzyN4sfP7Bg&#10;YjiqTgwXZGI4s8pODDdNDDePjW8pftxAjYjh6kkMF2RdMRwAAAAkpT2YdPI9WHaRy3ZhYjioFDEc&#10;VSeGCzIxnFllJ4abdmxw/mD+nuah0vc6tnPLf8aH7rnwxOLHDtTAZgzXH99d+phPZGK4y4nhgkwM&#10;BwAAAGk5cmrtK9qD8afLLnLZzm8jPLzpjvEzix8/sGDhYrh9K99W3HQSIYYLso0Y7rgYzqyK24rh&#10;Vl5U3JXD881wc96djwgxoSbEcPXUPH72hvz1vBiu7hPDAQAAQHrag/HPlF3ksl3Y5jfDjX0zHFTE&#10;nr2H94rhqLLshBguyO4Ww5lVc2K4aWK4+S9/v/4DxY8fSJgYrp7EcEHWHd0jhgMAAIDEtO9Y+7p2&#10;f/Lfyi502Q5PDAeVIoaj6jZjuO7wbOkFeavTxHBmFZ0YbpoYbjFrDybvKA4BkCgxXD1txnDd4W+W&#10;vL63Ok0MBwAAAGlqD8bdsgtdtuP7T2I4qI5wMdxeMVxqxHBhFiOGa7QeLj0/mVV4YrhpxwbnD3b6&#10;44cueY9j81j+cy8OA5AgMVw9NU+I4UJMDAcAAABp2gi0Ov3Jfy+72GU7OjEcVIgYjqoTw4WZGM6s&#10;ohPDTWuf8s1wi157MH5WcTiAhNQmhju1/oPFTSInhgsyMRwAAACkqz0Y/8uyi122oxPDQYWI4ag6&#10;MVyYBYjhjvy9pcaKGM6SmxhumhiuGjvaf+T/LA4JkIj6xHBjMdw2YrgYy7qje64XwwEAAECabrpj&#10;/Myyi122c2sPJg9u/JyLHzmwYGI4qk4MF2ZiOLOKTgw3bSOGaw/W7r/0fY7Nf8dOrb+uOCxAAmoR&#10;w/XH/yufGG4bMVyMieEAAAAgcZ3V8RvKLnjZTm3sm+GgQsRwVF124oFjWXckhqv/xHBmFZ0Ybtqx&#10;wfmDnf74ofL3Ojb3nZr8ZHFogIrbiuEmYriaEcPFmBgOAAAAaqAzmAwuveBlOzUxHFSJGI6qE8OF&#10;mRjOrKITw03b+ma4iW+Gq9TG3eLwABV20x3nD4rh6kcMF2NiOAAAAKiBo/3J3k5//N/LLnzZ450Y&#10;DqpEDEfVieGibHj3geP3ieHMKjgx3DQxXFW3/u+KQwRU1E2D8wfz86cYrmbEcDG2EcPtv/WBQ8Vh&#10;BwAAAFLVPrX+2rILX/Z4J4aDKgkVwy2vfEoMl5793eErxHARJoYzq+rEcNPEcNVdflxOFYcJqKDN&#10;XzMthqudrHvmsBiu/hPDAQAAQI20B+N/VXbxyx7PxHBQJUUM946yD79rODFcgsRwURYhhlv5/4vh&#10;LMWJ4aZtxhz98UPl73Vs4etP7ikOFVAxYrh6EsPFmBgOAAAAasYHHTu79mDy4E13jJ9Z/HiBBRPD&#10;UXViuCgTw5lVdfl99yNiuIt8M1wS+2BxuIAKEcPVkxguxjZjuONiOAAAAKiNY3d/9qntwfh/lV0E&#10;sytfu++b4aBKxHBUnRguysRwZlWdGG6aGC6ZnSwOGVARdYjh8v1PMdw0MVyMieEAAACghm66c/zM&#10;kgtgNsPEcFAtYjiqTgwXZcO7D/ZGB4rDXktiOEt1YrhpYrh0lr/3/NfFYQMqQAxXT2K4GBPDAQAA&#10;QE21T55/QclFMLvCbcRwr+g/8n8WP1ZgwcRwVN1mDNcTw9V/Yjizqk4MN+1o//xRMVw6y99//mxx&#10;6IAFq0cMNxbDXUIMF2P5cb5n//EzYjgAAACoo6Or45eXXwyzx7qNGO6oGA4qQwxH1YnhokwMZ1bV&#10;ieGmHe1PxHCJrT0Y/1Bx+IAFOjZYF8PVkBguxsRwAAAAUHPt1bXXll8Qs8cyMRxUixiOqhPDRZkY&#10;zqyqE8NNE8Olufbg/M3FIQQWRAxXT5sxXE8MV/fl78nfL4YDAACAmmv31364/KKYfaG1B5MHb7pj&#10;/MziRwksmBiOqhPDxVjWG969XwxnVsmJ4aaJ4dJd+9TaC4vDCCzAZgzXH7+37PGZzsRwlxLDxZgY&#10;DgAAAIJo98f/V/mFMft82/pmuLFvhoOKiBbDXd048urippOIrRhu+EDZBXmrz8RwZtWdGG6aGC7x&#10;3bX2V4tDCcyZGK6esu7Zw1lvdG/Za3yrz8RwAAAAEMjGByHlF8fs0SaGg2rZ85wbGmI4qkwMF2OB&#10;YrjzJecms0pPDDdNDJf61j/eetuFP10cTmCOxHD1JIaLMTEcAAAABNPpr319+QUyK5sYDqpFDEfV&#10;ieFiTAxnVt2J4aaJ4Wqw/vjW4nACcySGqycxXIyJ4QAAACCgo6uTfeUXyezStQeT/yiGg+qIFcO1&#10;PnV147AYLjFiuBjLumI4s6ouv9+K4bYRw9VjR/tr31UcUmBOxHD1JIaLMTEcAAAABPWKkw9/efmF&#10;Mts+MRxUixiOqhPDxVgmhjOr7DZjuOUj31DclcPbjOH6a2cufZ9j6a09WN9fHFZgDuoSw3VOrb+h&#10;uEnkxHAxJoYDAACAwFpvu/DFnf7kj8svmNnGxHBQLWI4qk4MF2OZGM6sshPDTTs2OL8Rczx06fsc&#10;S2/t/mRYHFZgDuoTw43FcNuI4WJMDAcAAAA8od2f3Fl+0czag7EYDipEDEfVieFiLBPDmVV2Yrhp&#10;x/qTo53+xDfD1WTtweTHikML7DIxXD2J4WJMDAcAAABsap8a/2D5hbPYE8NBtYjhqLr93QfEcAGW&#10;ieHMKjsx3DQxXM3WH3/2FXc+8jXF4QV20VYMNxHD1YwYLsay7uj92YkHvro47AAAAEBk7cHa15Vf&#10;PIs7MRxUixiOqjtwy+jmrDcSw9V8WXf0HjGcWTUnhpsmhqvh+pP3FocX2EXtk+dfIIarn+z4sCWG&#10;q//EcAAAAMCUm++58KTOYP1j5RfR4m0jhuvc+ciLix8PsGBiOKpuI4ZriuFqvxgxXOvvi+EsxYnh&#10;ponh6rl2f/w9xSEGdokYrp7EcDEmhgMAAABKdfrjf15+IS3WxHBQLXuec2Njz/JKlBjuk2K49Bzo&#10;ieEiTAxnVt2J4aYdu1MMV8e1++P/3Hn32l8tDjOwC8Rw9SSGizExHAAAAPCojvYnR8ovpsWZGA6q&#10;ZSOGW2qsvLPsw+/6TQyXIjFcjInhzKo7Mdw0MVx91+6Pf7A4zMAuEMPVkxguxsRwAAAAwOf1ipMP&#10;f3mnP/7F8otq9Z8YDqpFDEfVieFiTAxnVt2J4aYdG5w/mL+fe6jsvY6lvfy96qdvvv3CU4pDDeww&#10;MVw9ZSfEcBEmhgMAAAAek6P9te8qv7BW74nhoFr2XCuGo9rEcDEmhjOr7sRw0/L3NO18vhmupsvf&#10;r/5QcaiBHVaLGK4/eaSzKobbTgwXY2I4AAAA4DE7dvdnn9ruj+8uvcBW04nhoFrEcFSdGC7GxHBm&#10;1Z0Yblr+nkYMV+/94s2nLnxFcbiBHVSPGG4shruEGC7GxHAAAADAFesMJq++7AJbTSeGg2oRw1F1&#10;YrgYE8OZVXiNlQ+L4S7K39OI4Wq+o/3JtxeHG9hBYrh6EsNF2fB92Yn7xXAAAADAlWm97cKTO4PJ&#10;ycsutNVsYjioFjEcVSeGizExnFmFJ4abcmxw/mCnP36o7L2O1WT9yT3F4QZ2UPvU+gs6p8RwdSOG&#10;izIxHAAAAPA4HO2PX1J6wa0maw8mD950x/iZxc0FFkwMR9VtxnDd4bnyC/JWl4nhzCo8MdyU/D2N&#10;b4ar+dqD8a90VtebxSEHdshGDJc/vt5X9rhLZmK4y2zGcN3hfyl7jW91mhgOAAAA2AGd/uQnL7vo&#10;VoNtfTPcmm+Gg4oQw1F1YrgYixPDtdbKz09mFZ4Ybkr+nkYMV/O1++M/ag8mneKQAztEDFdPYrgo&#10;E8MBAAAAO+SmO/7HVe3B+LbLLr4lvHZ//B87q2I4qIpIMdzScuuTVzVarypuOokQw8WYGM6swhPD&#10;Tcnf04jhAuzYYPxDxSEHdogYrp7EcFEmhgMAAAB22CtOTZ7dHkxOXXYRLsX1Jx8Vw0F1LO1bWRbD&#10;UWViuBjLusP37O/dJ4Yzq+LEcFPy9zRiuABrD8Zvufn2Tz+lOOzADhDD1VN24oFW1h2J4Wq/4fuy&#10;W8RwAAAAwC5oDx75us5g/PHSC3KpTAwHlSKGo+rEcDGWdYfvyd46bBaHvZbEcJbsxHBT8vc0YrgQ&#10;G//bo6vnn14cdmAHiOHqSQwXZWI4AAAAYJe1T669cPMCXNmFuYqvPZg8eNMd42cWNwVYMDEcVSeG&#10;i7FMDGdW3YnhpuTvadrt/ni4/T2O1W/t/qT/isGkURx2YAfUJYY7Nlj/geImkRPDRZkYDgAAAJiT&#10;9mDSaffHv1Z6ga66O7kR8xU3AVgwMRxVJ4aLsUwMZ1bdNVofXlq+QQxXODY4f7DTHz90yXscq99O&#10;37z6mWuKww7sADFcPYnhokwMBwAAAMxZp7/29e3+5M7SC3WV23rPN8NBdYjhqLrNGK4nhqv7so0Y&#10;7niAGG5ZDGcJTgw3JX9P087fe/lmuLqvP7nH/xMX7Kz6xHBjMdw2YrgoG76v2T37guKwAwAAAMzP&#10;0f5kb6e//nOlF+wqsHZ/vHa0v/bjN99+4SnFHxlYMDEcVdfs3v9KMVz9l4nhzKo7MdyU/H2NGC7C&#10;xHCw47ZiuEnSMVy7P36kLYabsr87XBHDRZgYDgAAAFiwbx18dqm9uvZTncH4f5ZdvFvY+pNznf7a&#10;dxd/TKACxHBUnRguxrIIMVyj9X1iOEtyYrgp+fsaMVyEieFgxx1dPf/VYrj62YzhemK4+k8MBwAA&#10;AFTI0f74Je3B+DfLLuLNe+3B5PbOyclzij8aUAFiOKru+t7whVlv9FD5BXmr0U5fd9u5a4rDXkti&#10;OEt2jdaH9+w7/PXFXTm8/H2NGC7CxHCw48Rw9SSGizIxHAAAAFBBR1f/+C8f66+/rt0ff6Dsgt5u&#10;r92fvO3YqfHLiz8OUBFiOKruQO/sN2W90b3lF+StLst8M5xZdSeGm5K/txHDRZgYDnacGK6exHBR&#10;JoYDAAAAKu7m1QvXtAfj13f644+WXdzb8fUn7z7anxx944ULf6r4IwAVESuGW/ltMVx6shMPfHWz&#10;N/rw5RfjrU7LxHBm1Z0Ybkr+/kYMF2H98T3HBuuHisMO7AAxXD0d6A5X8tfzYrjaTwwHAAAAJOTm&#10;ey48qTOY3Ng5tf7z+V//YPtFvse7zQ+J+pM3HV1d+xvFPw6omK0YrnV76YffNZsYLk2Hbjv3lGZv&#10;dPryi/FWs/k1qWZVnRhuSv4+RwwXYWI42HFiuHoSw0WZGA4AAABI2MavU22feuQb24PJT3QG4w92&#10;+uNHyi4APtra/fEftfuTO/L/7d9vnzz/gje+0bfBQZWJ4ai6Q2++98lZb3Si/IK81WX5Mb7LN8OZ&#10;VXRiuCnt1fMdMVyAieFgx9UihhtM1sVw08RwUSaGAwAAAGpm49vjjpxa+4r2ybUXdgaTGzd/xeqp&#10;yU+2B+u3tftrP3y0v/a6Tn/80vbg4f0b/73ifwYkQAxHCprd4feXX5C3ukwMZ1bhieGmiOGCTAwH&#10;O04MV09iuCg7+14xHAAAAACQBDEcKciOj25sdoe/V35R3uowMZxZhSeGmyKGCzIxHOy4esRwYzHc&#10;JcRwUSaGAwAAAAASIYYjBYduO/ekZm/0qcsvyFuNdvq6285dUxzyWhLDWbITw01pr07EcBEmhoMd&#10;J4arp80Yrjv8rZLX91andcVwAAAAAEAiQsVwDTFcyrLe2R8uvShvtVigb4Ybl52fzCo9MdwUMVyQ&#10;ieFgxx1dXRfD1ZAYLsi6w/c2u/eL4QAAAACA6hPDkYoDx88ezHrDB0ovzFvyixHDHfm+peUVMZyl&#10;NzHclPZg0sknhqv7xHCw4zZjuP74/aWPuUQmhrucGC7IxHAAAAAAQCrEcKSk2Rv+QumFeavDAvya&#10;VDGcJTox3BQxXJCJ4WDHieHqSQwXZGI4AAAAACAV0WK4peWVby1uOglq3nLmG7Lu8DOlF+ct6flm&#10;OLMKr9H6JTHcRWK4MHv/scF5MRzsIDFcPYnhgkwMBwAAAACkYmm5tU8MR0qy3vAtpRfnLemJ4cwq&#10;PDHcFDFcmInhYIfVIobrj9fbq2K47Q50H1hpdkdiuLpPDAcAAAAApEIMR2r290YHmt3R75VeoLdk&#10;J4Yzq/DEcFM2Y7j+eFQWSVitJoaDHSaGq6cDt4rhQkwMBwAAAACkQgxHipq9s28qvUBvKe/0dbed&#10;u6Y4xLUkhrNkJ4abIoYLMzEc7LDaxHD99e8vbhI5MVyQdYfvPXDr2YPFYQcAAAAAqC4xHCm67s33&#10;XpP1RveWXqS3JOeb4cwqPDHcFDFcmInhYIe94q71r+4MxHB10+wNj4jhAkwMBwAAAACkQgxHqrLu&#10;6KbSi/SW5PLjGSCGW/kHYjhLcmK4KVsx3EQMV/+J4WCH1SeGG4vhthHDBZkYDgAAAABIhRiOlGXd&#10;Ua/0Qr0lt6w7vKt5YpgVh7aWxHCW7MRwU8RwYSaGgx0mhqsnMVyQieEAAAAAgFSI4UjZoTff++Ss&#10;N3qo9GK9pbbT19127pri0NaSGM6SnRhuihguzMRwsMM2HlMbj61LHmtJTQx3OTFckInhAAAAAIBU&#10;iOFIXbM7/JbSi/WW1DLfDGdW3YnhpojhwkwMBztMDFdPYrggE8MBAAAAAKkQw1EH2Ynhj5ResLdk&#10;lonhzKo7MdwUMVyYvX/jVzoWhx3YAWK4ehLDBZkYDgAAAABIRbAY7hNiuPpqdoerpRftLYllYjiz&#10;6k4MN0UMF2VjMRzsMDFcPYnhgmwjhjsuhgMAAAAAElDEcO8q/fC7ZhPD1duh2849KesO10ov3FsK&#10;O33dbeeuKQ5nLYnhLNmJ4aYcXT1/TAwXYWI42GliuHoSw4XZ3WI4AAAAACAJYjjqJDt+9rqSi/aW&#10;wDLfDGdW3W3GcCt/o7grhyeGi7F2f/z+o6tiONhJdYjh8k3EcNO2Yrjh6bLX+FarieEAAAAAgDSI&#10;4aibrHvmcMmFe6v4MjGcWXUnhpsihosxMRzsPDFcPYnhwkwMBwAAAACkQQxHHWW94d8tuXhvFV4W&#10;J4ablJ2fzCo9MdyUo6sTMVyAieFg59UjhhuL4S4hhgszMRwAAAAAkAYxHHXVPDH6mZIL+Fbdnb7u&#10;tnPXFIevlsRwluzEcFPEcDEmhoOdJ4arJzFcmInhAAAAAIA0iOGos2Zv+G9LLuJbBZf5Zjiz6k4M&#10;N0UMF2NiONh5xwbrhzr98T1lj7l0Joa71GYM1xPD1X/Duw8cv08MBwAAAABUnxiOusu6Z95dfjHf&#10;qrRMDGdW3YnhpojhYkwMBztPDFdPYrgoE8MBAAAAAIkQwxFBsze6+/KL+Vax3dkUw5lVc2K4KcdW&#10;J8c6Yrjarz2YvE8MBztLDFdPYrgoE8MBAAAAAImIF8MdeWVx0wkm640+Un5R3yoyMZxZVSeGmyKG&#10;i7GtGO68GA52kBiunsRwUTa8+2BvdKA47AAAAAAA1XVV44ZrxXBEkfWGHy2/sG8VmBjOrKoTw03Z&#10;iuHGZ8sjCavLxHCP39KzWk/es9zq5M9/P5+fSz6Uv+c4t6ex8sjWeWXl0/lfT+f/3j35X38y/6tv&#10;GwpADFdPYrgoE8MBAAAAAIkQwxFNszt8b/nFfVvwxHBmVZ0YbooYLsbEcI9Pfu546dJy6+4/id8e&#10;4/L3JX+QP1e+Zenaw88o/lbUSF1iuM6p9X9Q3CRy2fHRjflreTFc7SeGAwAAAAASESuGa31iabkl&#10;hmPjV6a+q/wCvy1wtY/hrtrb+n4xnCU5MdwUMVyMieFm9kVXN1ZuzF933156PrmSNVq/s9RY+X+u&#10;btx4ffH3JnFiuHoSw8VY1hvevV8MBwAAAACkQAxHVM3u6N+UXeS3hU0MZ1bdfUgMd9GxU2K4CBPD&#10;zWbrV6OuvP2Sc8jjXv4afs3r+PSJ4epJDBdjYjgAAAAAIBliOCJrnhj9TNmFflvITl9327lrikNT&#10;S2I4S3hiuG02Y7jBRAxX84nhZnP18pEX5q+37yg5j+zMGq31/K8/ec2+w0vFP5KE1CeGG4vhthHD&#10;xVjWFcMBAAAAAIkQwxFds3fm75Rd7Le5zzfDmVV3YrhtxHAxJoabTf56+2C+Pyg5j+z48tf1dz/9&#10;6Tc/qfhHk4CtGG4ihqsZMVyMZWI4AAAAACAVYjh4whMO9EYvL7vgb3Nd7WO4PXtb35+fi8RwluLE&#10;cNuI4WJMDDebqxsrN+bnjNOXnEN2d43DP/OsZ7W+uPgjUGHtk2svFMPVjxguxjIxHAAAAACQis0Y&#10;blkMBwd7o+eWXfS3uU0MZ1bdieG2EcPF2EYM1z61/oLisPMYLSSGK7bUOPJ9xR+DiqpFDNcfT/KJ&#10;4bYRw8VYJoYDAAAAAFIhhoOLDt127klZd7hWdvHfdn2nr7vt3DXFoaglMZwlvA/t2SuG+xwxXIy1&#10;B2Mx3Azy19sH83PGQ5ecQ+a3xsojT12+4YXFH4eKEcPVkxguxrLu6D1iOAAAAAAgCVc1brx2aXkl&#10;Sgx3TgzHY5H1Ru8q+wDAdnV3Nm/xzXBmFZ0YbptO//wrOmK42k8MN5tFfjPc1Borq1/6/PZfKv5Y&#10;VIQYrp6yE6Mbs+7wvpLX91ajieEAAAAAgGQUMdy7Sz9EqtnEcFyJ5vHRD5V9CGC7NjGcWXUnhttG&#10;DBdjYrjZFDHcfZecQxa51xZ/NCrgaH+yt9Mf31X2mEtm/clYDDdNDBdjYjgAAAAAIBliOHh02YnR&#10;N5Z9EGC7sjsPdM/tL370tbQZwzVa62XnJ7OKTwy3jRguxsRws1n4r0ktW2Nl+IRDh55Y/BFZoGN3&#10;f/ap7cH6bWWPuWTWH4vhLiGGizExHAAAAACQDDEcfH6Hbjv3pKw3eqjsAwHb0Z2+7rZz1xQ/9lra&#10;s08MZ8lODLeNGC7GxHCzqeA3w/3JlvYdaRV/TBaofWry02WPuZSWnx9eX9wccmK4GBPDAQAAAADJ&#10;EMPBY5P1zr6l7EMB27HV/5vhxHCW7sRw23T6EzFcgInhZlPlGG5jS42V/6f4o7Ig7cEjX9cZjP+g&#10;7HGXwtr98fiob4abIoaLMTEcAAAAAJAMMRw8dtmJB1plHwzYjkwMZ1bdieG2EcPFmBhuNlWP4TaW&#10;v/f5SPHHZUE6q+Ne2eMuhYnhLieGizExHAAAAACQDDEcXJnr/uV/fWrWHf562QcE9rgmhjOr7j60&#10;Z++RryvuyuGJ4WJMDDeb/PX2wfyc8dAl55BKbulZrVr/evYqO7o62Vf2uEtlfk3qNDFcjInhAAAA&#10;AIBkiOFgNs3e2TeVfUhgM+/0dbedq/WH0mI4S3hiuG3EcDEmhptNCt8Mt31XL698TfFHZ87a/ck/&#10;KnvsVX2+Ge5yYrgYy4/xe7K3DpvFYQcAAAAAqC4xHMwuO372umZv9KlLPyiwmeab4cyqOzHcNmK4&#10;IDs1ea8Y7sqlFsNtbm/rpuKPzzxduPBFncH4l0offxWeGO5yWff+mzIxXO2XH2MxHAAAAACQhnAx&#10;3L7WzcVNhx2T9Ub/vOwDA7uiieHMqjsx3DZiuCDrT97bPnleDHeFNsKy/JyRVgy3Nb/2cgE2HmOl&#10;j78KTwx3OTFcjOXH+D3ZcTEcAAAAAJCAq/aufJUYDh6/5i3Dr8l6o/+37IMDe0wTw5lVd2K4bTZi&#10;uHZ//MD2OMJqODHcTPLX2wfzc8ZDl5xDklj+Z/++4mYwR+3B+ZtLH4MV3UYM1x6su69sI4aLsfwY&#10;i+EAAAAAgDSI4WBnNU+MfqbswwP7gqt/DLd8+AfEcJboxHDbiOGCTAw3k4S/GW5z3issRnt1/PdK&#10;H4cV3FYMNxbDbZN1RzflE8PVfJkYDgAAAABIhRgOdt7+3tnnZ74d4UonhjOr7sRw24jhgkwMN5PU&#10;Y7iNLTVWXlTcHOYof9z948sehxWcGO5yYrgYy8RwAAAAAEAqxHCwe5q94Q+UfZBgpRPDmVV3Yrht&#10;xHBBJoabScq/JnX7nvqclz+zuEnMUXuwflvp47Fiaw/Gry/+yOTEcDGWieEAAAAAgFSI4WB3Hbrt&#10;3JOa3dGw7AMFm9rp6247d03xY6slMZwlPDHcNlsx3EQMV/eJ4WZSh2+G29hSY+XeL31++y8VN4s5&#10;yh97P176mKzIfDPc5TZjuJ4Yru7LxHAAAAAAQCrEcDAf+7ujl2W94W+XfbBg+bqjUwe6Z3wznFk1&#10;J4bbRgwXZGK4mdQlhttY/h7pRHGzmLPO6vhvlz4uKzAx3OXEcDGWH+O7xHAAAAAAQBLEcDBfWW/4&#10;d8s+XAg/MZxZlSeG20YMF2RiuJlsxXCt+0vOI0nu6sbhVxc3jTnLH4c3Xva4rMj8mtRpYrgYE8MB&#10;AAAAAMkQw8H8Pff4x/5Mszf6F5d+wBB6YjizKu8XxXAXieGCrD9577HB+sHisPMY5a+3D+bnjIcu&#10;OYeku8bKp79k+VueUtw85qw9GD8rfyz+UeljdEHzzXCX24rhhveXvsa32kwMBwAAAAAkQwwHi3Po&#10;zfc+OesNf6Xsw4aAO33dbeeuKX40tSSGs4QnhttGDBdk/bEYbgZ1+2a4zTVaP1jcPBYkf0y++7LH&#10;6IImhrucGC7GxHAAAAAAQDJCxXDLKw+I4aii62+5//qsO3p/2YcOYRbnm+EeKTs/mVV8Yrht2ifP&#10;3yyGCzAx3EzqGMMtNVq/vHTt4WcUN5EF6ayOv7f0sbqA+TWp08RwMSaGAwAAAACSsRXDte4o++Cn&#10;btuM4faK4aiu5okz39DsjX710g8eQixEDHfkB/Y0VsRwluLEcNu0B+dvbg/EcLWfGG4mtfs1qZ9b&#10;o/W64iayQJ2Tk+V2f3K69DE7p+Xn/zXfDDdNDBdjYjgAAAAAIBliOKieA8fPHsx6o4fKPoSo8QL8&#10;mlQxnCU7Mdw2YrggE8PNpJa/JnVjjda/ePqhm59U3EwWrDMYv7H0cTuHtfvjtfaqGG47MVyMieEA&#10;AAAAgGSI4aC6slvu/8asO/xQ2YcRdVt+O//N/ltGe4ubXktiOEt4YrhtxHBBJoabSV1juKVG6/al&#10;Zx/5a8XNpAJuvv3CU9qD8adLH7+7PL8mdZoYLsbEcAAAAABAMsRwUH0Hjt93sNkbnbz0A4ma7V+8&#10;4K3Dv1Lc5FoSw1nCE8Nt0x5MxHARJoabSW1/TeryyoNfuvdlTytuJhWSn49flT9m/9/LHsO7NN8M&#10;dzkxXIzlx1kMBwAAAACkQQwH6Tj05nuf3OyOTpV9OJH+hj9W3MzaEsNZumv94p69N4jhCmK4IBPD&#10;zWTP3sNHa/nNcMutjy41Dr+4uJlUUGd1/IbSx/IOTwx3OTFcjG3EcM0T57LisAMAAAAAVJcYDtLz&#10;3ONnv6R5/MwPNXujP7z0Q4oUl/VGv5adOPuq4ubVlhjO0p0YbjsxXJCJ4WayZ58YjsXqnFr/+dLH&#10;9A7Or0mdtv+WM0fFcPWfGA4AAAAASIYYDtLW7J3pNHvDXy77wCKdDd95oDd8YXGTaksMZ+lODLed&#10;GC7M7hbDXTkxHFXwql/67F9s9yc/3OmPHyp5bD+u5ef/32r3176t+EeRE8PFWNYd3tU8MRTDAQAA&#10;AADVJ4aDejjYGz232Rv+02Z39EdlH15Udt3Rb+0/PvwHz++eeVpxU2pLDGfpTgy3nRguzMRwMxDD&#10;UTXtwfjwTkZx7f5k2Dk5eU7xtycnhouxTAwHAAAAAKQiXAzXWHlFcdOhtrLumZdkvdG/L/sQo0rL&#10;usNPN7vDf9Y8MXpe8Uevtfw89AYxnKU5Mdx2mzFcf3xuexxhtdzdxwbnxXBXSAxHVb3izvXn54/r&#10;f9Lpjz91yWP9MS8/9/9ae7D+fZ271v5q8bclt78nhouwTAwHAAAAAKTiqr2t54rhoL6y48OXZr3h&#10;h8o+0Fjkst7okWZv+AvN7v37ij9q7eXnITGcJbrWL17dOPy1xV05PDFcmInhZiCGIwU3r37mmvap&#10;yU9vfstb+eO/ZOOPt1fH33fz7ReeUvxtKIjhYiwTwwEAAAAAqRDDQRAXLnzRgd7o5Vlv+K+bveHD&#10;ZR9wzG3d0SeavbNvyk7c/9XFny6E/DwkhrNEJ4bbTgwXZmK4GYjhSNHGrz3trI6/N3/cvyU/x9/e&#10;6U/u2Vh+rv+F/F//TKe/9t3twcO1/5X+sxLDxVgmhgMAAAAAUiGGg5iy48Nm1h29Id/7yz7s2I1l&#10;3eGn870j6579rut7576y+KOEkZ+HxHCW6MRw24nhwkwMN4N6x3ArLypuJrDN/t7oaNYbieFqvkwM&#10;BwAAAACkQgwHbNj4daVZ78z3NbujU1lv9FDZByAzrzt8cOtXop553fO7Z8J+q0Z+HhLDWaITw20n&#10;hgszMdwMxHAQjxguzO5siuEAAAAAgBSI4YAyh954zxMPdM/s3398+N0bv9K02RudbHaHv5l1h2uX&#10;fCgytfw//3TWG/5K/n+/vdkd/WSze/8rs+P3PbP424aWn4fEcJboxHDbbcVwEzFc/SeGm4EYDuIR&#10;w4WZGA4AAAAASIMYDpjVdbedu+b6t5z+is/t0JvvfXLxH1EiPw+J4SzRieG2E8PFWH6M777pDjHc&#10;lRLDQTybMVx3eKYknrJ6TQwHAAAAAKRBDAcwH/l5SAxniU4Mt50YLsY2Yrij/fUDxWHnMRLDQTxi&#10;uDATwwEAAAAAaRDDAcxHfh7aiOH+56XnJrPqTwy3nRguxsRwsxHDQTwHeqOjTTFchN3ZvEUMBwAA&#10;AAAkQAwHMB/5eUgMZ4lODLfd0dW1V4rh6r92fyyGm8FmDNdonSk/l6Q7MRw8OjFcmInhAAAAAIA0&#10;BIvhzorhgEXJz0NiOEt0YrjtxHAxJoabjRgO4hHDhZkYDgAAAABIQxHDnSz70KduE8MBi5Sfh8Rw&#10;lujEcNuJ4WJMDDcbMRzEI4YLMzEcAAAAAJAGMRzAfOTnITGcJbrWB8VwF3VW117ZEcPVfmK42ezZ&#10;d0QMB8GI4cJMDAcAAAAApEEMBzAf+XlIDGeJTgy3nRguxsRws8nPGW0xHMQihguzOw90z+0vDjsA&#10;AAAAQHWJ4QDmIz8PieEs0YnhtuusTsRwASaGm01+zhDDQTDN7pl2syeGCzAxHAAAAACQBjEcwHzk&#10;5yExnCU6Mdx2YrgYE8PNJj9niOEgGDFcmInhAAAAAIA0iOEA5iM/D4nhLNGJ4bYTw8VYezB5jxju&#10;yuXnjHb+XCeGg0DEcGEmhgMAAAAA0iCGA5iPPY3WD4rhLM2J4bYTw8WYGG42+TlDDAfBiOGi7IwY&#10;DgAAAABIgxgOYD7EcJbuxHDbdU5NXtkZiOHqPjHcbPJzhhgOghHDRdlGDHdGDAcAAAAAVF+8GO7I&#10;seKmA8yVGM7SnRhuu60YbvyJsoDK6rOtGO68GO4K5eeMmsZwKx8Rw0E5MVyUieEAAAAAgEQ89Tk3&#10;PE8MB7D7xHCW7sRw24nhYkwMN5v8nCGGg2DEcFEmhgMAAAAAEvHUayPFcK2zS43DYjhgIcRwlu7E&#10;cNuJ4WJMDDeb/JwhhoNgxHBBdmJ0SgwHAAAAACRBDAcwH5sx3LIYzlKcGG47MVyMieFmk58zxHAQ&#10;TLN7tt3sjoalAZXVZ10xHAAAAACQCDEcwHyI4SzdieG224rhJmK4mk8MN5v8nCGGg2DEcEEmhgMA&#10;AAAAUiGGA5gPMZylu9YHr15e+ZrirhyeGC7GxHCzyc8ZYjgIRgwXZGI4AAAAACAVYjiA+diK4Vr/&#10;q+z8ZFbtieG2E8PFmBhuNvk5YyOGG15+Hkl7Yjh4dGK4IBPDAQAAAACpEMMBzIcYztKdGG47MVyM&#10;bcRwnTvXm8Vh5zHKzxliOAhGDBdkYjgAAAAAIBViOID5EMNZuhPDbSeGizEx3Gzyc4YYDoIRwwWZ&#10;GA4AAAAASMVTr73xeUvLK2I4gF0mhrN0J4bbrtNf+9aOGK72aw/GYrgZ5OcMMRwE0zwhhgsxMRwA&#10;AAAAkIpIMdye5dZIDAcsihjO0p0YbjsxXIyJ4WaTny86YjiIRQwXZGI4AAAAACAVmzFcY2W17EOf&#10;+k0MByyOGM7SnRhuOzFcjInhZiOGg3jEcEHWHZ06eOsD1xeHHQAAAACgusRwAPMhhrN0J4bbTgwX&#10;Y2K42YjhIJ5m70xHDBdgYjgAAAAAIBViOID5EMNZuhPDbSeGi7H26vg9nVUx3JUSw0E8YrggE8MB&#10;AAAAAKm45tobn7dHDAew68RwluwaYrjtOv2JGC7AxHCzEcNBPGK4IBPDAQAAAACpEMMBzMeexuEf&#10;EsNZkhPDTRHDxZgYbja1jeEaYjh4NGK4IBPDAQAAAACpEMMBzIcYzpJdY+UDYriLxHBB1p/cJYa7&#10;crWO4ZaPfENxM4FtxHBBJoYDAAAAAFIhhgOYDzGcJTsx3BQxXJCJ4WYihoN4xHBBthHD3SKGAwAA&#10;AAASIIYDmA8xnCU7MdyUjRiu3R//dmlAZfXZZgx3Xgx3hcRwEI8YLsi6Z04dvOV+MRwAAAAAUH3R&#10;YriND+iKmw4wV2I4S3ZiuCliuCATw81EDAfxiOGibDgQwwEAAAAASbhm38p1YjiA3SeGs2Qnhpsi&#10;hgsyMdxMxHAQz0YMl3WHo/KAyuqyrDccXC+GAwAAAABSIIYDmA8xnCU7MdwUMVyQieFmIoaDeMRw&#10;MSaGAwAAAACSIYYDmA8xnCU7MdwUMVyQieFmshXDbbzmLjmXJDwxHDw6MVyMieEAAAAAgGSI4QDm&#10;Y0/jyA/l56LPXn5uMqv4xHBTtmK4iRiu7hPDzUQMB/E0e2c7WW8khqv5xHAAAAAAQDJCxXCbH8yJ&#10;4YDFEMNZshPDTRHDBZkYbiZiOIhHDBdjYjgAAAAAIBliOID5EMNZshPDTencOfnW9kAMV/v1J3cd&#10;O7WeFYedx0gMB/GI4WJMDAcAAAAAJEMMBzAfYjhLdmK4KWK4IBPDzWSpcfhY/npbDAeBiOFiTAwH&#10;AAAAACRDDAcwH2I4S3ZiuCntwdqrxHABJoabiRgO4hHDxdhGDLe/d/b5xWEHAAAAAKiuWDHcylAM&#10;ByyKGM6S3WYMd+SFxV05PDFckPXHYrgZiOEgHjFcjInhAAAAAIBkiOEA5kMMZ8lODDdFDBdkYriZ&#10;iOEgnuz48JgYrv4TwwEAAAAAydiK4Vr9sg99ajcxHLBAYjhLdmK4KWK4IBPDzUQMB/GI4WJMDAcA&#10;AAAAJEMMBzAfYjhLdmK4KWK4IBPDzUQMB/GI4WIs64rhAAAAAIBEiOEA5iM/B70xPxeJ4Sy9ieGm&#10;iOGCTAw3k7rGcPl58MNiOCgnhouxTAwHAAAAAKRCDAcwH2I4S3ZiuCntwUQMF2FiuJmI4SAeMVyM&#10;ZWI4AAAAACAVYjiA+RDDWbITw00Rw4XZnWK4KyeGg3jEcDGWieEAAAAAgFSI4QDmQwxnyU4MN0UM&#10;F2ZiuBmI4SAeMVyMZWI4AAAAACAVYjiA+RDDWbITw03ZjOH6409eEk5Z/SaGm4EYDuLJTojhIizr&#10;nu2L4QAAAACAJIjhAOZDDGfJTgw3RQwXZnceO3VeDHeFxHAQz2YM1x2eLQuorD7Lj3F/f+9+MRwA&#10;AAAAUH3xYriVdnHTAeZKDGfJTgw3RQwXY/lxvvMmMdwV24jhlpZbZ0vPJSlPDAePSgwXY/kxFsMB&#10;AAAAAGm4evnw88VwALtPDGfJrrFyjxjuIjFcjLX7kztvukMMd6XEcBCPGC7G8mMshgMAAAAA0iCG&#10;A5iPIoYrPz+ZVXliuCliuBgTw81GDAfxiOFiLD/GYjgAAAAAIA1iOID5EMNZshPDTRHDxZgYbjZL&#10;jSNiOAhGDBdj+TEWwwEAAAAAaRDDAcyHGM6SnRhuylYMNxHD1XxiuNksNVZeIYaDWLITDxzLuiMx&#10;XM2XieEAAAAAgFSI4QDmQwxnyU4MN0UMF2NiuNnUN4ZrfXhp+QYxHJQQw8VYJoYDAAAAAFIhhgOY&#10;DzGcJTsx3JRjg8mrOmK42m8jhmsP1vcXh53HSAwH8YjhYizrDvvZW89eVxx2AAAAAIDqEsMBzIcY&#10;zlLdUqN1z1OXbxDDFcRwMSaGm81WDLcihoNA9neHrxDD1X/ZRgx3XAwHAAAAACRADAcwH2I4S3Vi&#10;uGmd1bVXi+HqPzHcbMRwEI8YLsYyMRwAAAAAkAoxHMB8iOEs1YnhponhYqzdH4vhZiCGg3jEcDGW&#10;ieEAAAAAgFQEi+HO5H8VwwELIYazVCeGmyaGizEx3GzEcBCPGC7GMjEcAAAAAJCKIoYblH7oU7eJ&#10;4YAFWlpu/fBl5yWzBCaGmyaGizEx3GzqHMPt2Xf464ubCWwjhouxTAwHAAAAAKRCDAcwH2I4S3Vi&#10;uGliuBgTw81GDAfxbMZwPTFc3ZeJ4QAAAACAVIjhAOZDDGepbiOGu2rf4UPFXTm8zmDt1Z2BGK7u&#10;E8PNRgwH8YjhYiwTwwEAAAAAqRDDAcyHGM5SnRhuWmcwEcMFmBhuNmI4iEcMF2OZGA4AAAAASIUY&#10;DmA+xHCW6sRw0zpiuBBrDyanxHBXTgwH8YjhwmxVDAcAAAAAJGEzhlsWwwHsNjGcpTox3LSOGC7E&#10;xHCzKWK4B8rOJUlPDAePaiuGGz5QEk9ZvSaGAwAAAADSIIYDmA8xnKU6Mdy0zkYM1x9/6tJ4yuo1&#10;MdxsxHAQjxguzMRwAAAAAEAaxHAA8yGGs1QnhpvWEcOF2FYM97AY7gqJ4SAeMVyYieEAAAAAgDSE&#10;i+H2HTla3HSAefoiMZylOjHctI4YLsTEcLMRw0E8YrgoG65mx+8TwwEAAAAA1Xd144br48RwrTN7&#10;9h0WwwGLIIazZCeGm9YRw4WYGG42S3tbN4vhIBYxXJSJ4QAAAACARIjhAOZCDGfJTgw3rSOGCzEx&#10;3GzEcBCPGC7IumI4AAAAACARYjiAuRDDWbITw03riOFCTAw3GzEcxCOGCzIxHAAAAACQCjEcwFyI&#10;4SzZieGmdTZjuIkYruYTw81GDAfxiOGCrDtcbZ4YPa847AAAAAAA1SWGA5gLMZwlu6VG6/1iuIs6&#10;YrgQ24jhOnetX18cdh4jMRzEs/+W0c1ZbySGq/vEcAAAAABAKsRwAHMhhrNkJ4ab1hHDhZgYbjZi&#10;OIjnwC2jm5tiuPpPDAcAAAAApEIMBzAXYjhLdmK4ae3+2reJ4eo/MdxsxHAQz4GeGC7ExHAAAAAA&#10;QCqubtx4/Z7lFTEcwO4Sw1myE8NNE8PFWLs/OdVZFcNdqRrHcL8khoNyYrggE8MBAAAAAKkIFcMt&#10;t+4XwwEL8kVLy4d/pPzcZFbtieGmieFirN0fi+FmsLRPDAfRiOGCTAwHAAAAAKRCDAcwF2I4S3Zi&#10;uGliuBgTw81GDAfxiOGCTAwHAAAAAKSiiOFOXfaBTy0nhgMWRgxnyU4MN00MF2NiuNmI4SAeMVyQ&#10;ieEAAAAAgFSI4QDmQgxnyU4MN00MF2NiuNmI4SAeMVyYnRTDAQAAAABJEMMBzIUYzpKdGG5auz8R&#10;wwWYGG42mzFco3Wu7FyS9MRw8KjEcGEmhgMAAAAA0iCGA5gLMZwlOzHcNDFcmA3EcFdODAfxbMZw&#10;3eG5knjK6jUxHAAAAACQBjEcwFyI4SzZieGmieHCTAw3AzEcxCOGC7OTzVvEcAAAAABAAsRwAHMh&#10;hrNkJ4abthHDtfvj/1oST1m9JoabgRgO4hHDhZkYDgAAAABIgxgOYB7e+KeWllfEcJbkNmO4a1e+&#10;urgzhyeGCzMx3AzEcBCPGC7MxHAAAAAAQBrEcADzIIazdCeGmyaGC7NBZ/VhMdwVWlpuvVIMB7GI&#10;4cJMDAcAAAAApCFcDLe3dVNx0wHmSAxn6W4zhtsrhvuc9ikxXJCJ4WYghoN4xHBRNjzZvOW0GA4A&#10;AAAAqL49e1f27xHDAewyMZylOzHctM0YbiCGCzAx3AzEcBCPGC7KxHAAAAAAQCLEcADzIIazdCeG&#10;myaGCzMx3AzEcBDPZgzXE8PVf8OTB3uj5xaHHQAAAACgusRwAPMghrN0J4abJoYLMzHcDMRwEE+z&#10;e/8rxXARJoYDAAAAABIhhgOYBzGcpTsx3LStGG4ihqv/Bq+4c/35xWHnMRLDQTxiuCgTwwEAAAAA&#10;iRDDAcyDGM7SnRhumhguzMRwM6h3DLfyN4qbCWzT7I5e2eyNxHC1nxgOAAAAAEiEGA5gHsRwlu7E&#10;cNOO9te+XQwXYmK4GYjhIB4xXJSJ4QAAAACARIjhAOZhM4b70fJzk1m1J4abJoYLMzHcDMRwEI8Y&#10;LsrEcAAAAABAIsRwAPMghrN0J4abJoaLsjUx3AzEcBCPGC7KxHAAAAAAQCLEcADzIIazdJffd98n&#10;hrtIDBdlYrhZiOEgHjFclInhAAAAAIBExIrhVu4TwwGLIYazdCeGmyaGizIx3CyKGO4TZeeSpCeG&#10;g0clhguy7ugOMRwAAAAAkIStGK51Z+mHPvWbGA5YEDGcpTsx3DQxXJSJ4WYhhoN4xHBBJoYDAAAA&#10;AFIhhgOYBzGcpTsx3DQxXJSJ4WYhhoN4NmO47vATpQGV1WdiOAAAAAAgFWI4gHkQw1m6E8NNO9qf&#10;iOECrH1q0r9JDHfFlpaPiOEgGDFckInhAAAAAIBUiOEA5kEMZ+lODDdNDBdj7b4YbhZiOIhHDBdk&#10;YjgAAAAAIBViOIB5aP1pMZylOjHcNDFcjG3GcCfFcFcqP198qxgOYhHDBZkYDgAAAABIhRgOYB7E&#10;cJbuxHDTNmO4/vh3ygIqq8/EcLPZiuFWxHAQSPOEGC7ExHAAAAAAQCrEcADzIIazdCeGmyaGizEx&#10;3GzEcBCPGC7Gsu7ojuvFcAAAAABACsRwAPMghrN0J4abJoaLsa0Y7mEx3BUSw0E8YrgYE8MBAAAA&#10;AMmIFsNd3Vi5sbjpAPPTEsNZuhPDTTvWn3x7RwxX+4nhZiOGg3jEcDG2EcPtf+snvqo47AAAAAAA&#10;1bXnOYczMRzALhPDWcITw00Tw8WYGG42YjiIJ+ud+VYxXP2XdYd37H/rUAwHAAAAAFSfGA5gDsRw&#10;lvC2YrgjLyjuzeGJ4WJMDDeb2sZwyysfEsNBOTFcjGViOAAAAAAgFWI4gDkQw1nCE8NNE8PFmBhu&#10;NmI4iEcMF2OZGA4AAAAASIUYDmAOxHCW8MRw07ZiuIkYrubbiOHag/XrisPOYySGg3jEcDGWieEA&#10;AAAAgFSI4QDmYCOGa7R+rOS8ZFb5ieGmieFiTAw3GzEcxCOGi7FsI4a7RQwHAAAAACRADAcwB2I4&#10;S3hiuGmd1bXXiOHqPzHcbMRwEE/WG31rszsSw9V8mRgOAAAAAEiFGA5gDsRwlvDEcNM6g7XXdAZi&#10;uLpPDDebIob77bJzSeITw8GjEMPFWCaGAwAAAABSIYYDmAMxnCU8Mdw0MVyMtftrYrgZ1DqG2yuG&#10;gzJiuBjLj/O7xXAAAAAAQBKCxXCnxXDAQojhLOGJ4aaJ4WJMDDcbMRzEsxHDZd3hb5cFVFafieEA&#10;AAAAgGTsuVYMB7DrxHCW8MRw08RwMSaGm40YDuLZjOF6Yri6TwwHAAAAACRjM4ZrtO4q+cCnjhPD&#10;AYshhrOEJ4abJoaLMTHcbMRwEI8YLsbEcAAAAABAMsRwAHMghrOEJ4abJoaLMTHcbK5qtF4lhoNY&#10;xHAxJoYDAAAAAJIhhgOYg0OHniiGs1S3tLzyXjHcRZ3BuhguxlbFcFdODAfxiOFiTAwHAAAAACRD&#10;DAcwB2I4S3hiuGliuDATw81ADAfxiOFiTAwHAAAAACRDDAcwB2I4S3hiuGmbMVx//Lsl8ZTVa2K4&#10;GYjhIB4xXIyJ4QAAAACAZIjhAOZADGcJTww3TQwXZmK4GYjhIB4xXIxtxHDZiXPXFocdAAAAAKC6&#10;xHAAcyCGs4QnhpsmhgszMdwMNmO4ZTEcRCKGizExHAAAAACQDDEcwByI4SzhLS233nvV3hvEcAUx&#10;XJittgcPi+GuUL1juCNfV9xMYJvs+JlXieHqPzEcAAAAAJCMeDHckSPFTQeYHzGcJTwx3DQxXJiJ&#10;4WYghoN4xHAxlnXFcAAAAABAIpb23dCME8O1Tl/dOCyGA+ZPDGcJTww3TQwXZmK4GYjhIB4xXIxl&#10;3TPvzk6cEcMBAAAAANUnhgOYAzGcJTwx3DQxXJD1J6vtO8RwV0oMB/GI4WJMDAcAAAAAJEMMBzAH&#10;mzHc4R8vPzeZVXtiuGliuCDrT1aP9defVxx2HiMxHMQjhosxMRwAAAAAkAwxHMAciOEs4Ynhpm3F&#10;cBMxXN0nhpvJVgzX+mTZuSTxieHgUYjhYkwMBwAAAAAkQwwHMAdiOEt4Yrhp7dW114rhAkwMNxMx&#10;HMSTnRDDRZgYDgAAAABI8HSJaAAAPGBJREFUhhgOYA7EcJbwNmK4pUbrYHFvDk8MF2RiuJmI4SCe&#10;7MTZV2W9kRiu5suP8bvEcAAAAABAEpb2HRHDAew2MZwlPDHcNDFckInhZiKGg3g2Y7ju6JNlAZXV&#10;Z2I4AAAAACAZWzHcihgOYDeJ4SzhieGmieGCrL8mhpuBGA7iEcPFmBgOAAAAAEiGGA5gDsRwlvDE&#10;cNPEcEEmhpvJVY3DrxbDQSxiuBgTwwEAAAAAyQgWw/2WGA5YiENvfOJSY0UMZ0lODDdNDBdkYriZ&#10;5K+1xXAQjBguxsRwAAAAAEAyNmK4pcbKe0o+8KndlpZbv3WVGA5YhOe+5s+I4SzVieGmieGCTAw3&#10;EzEcxCOGizExHAAAAACQDDEcwByI4SzhieGmieHC7KQY7sptxHB7xHAQihguxsRwAAAAAEAyQsVw&#10;DTEcsCBiOEt4Yrhp7dV1MVyMieFmIIaDeMRwMSaGAwAAAACSIYYDmAMxnCU8Mdy09qn117YH4wdL&#10;4imr18RwMxDDQTxiuBjbiOGa3XP7isMOAAAAAFBdYjiAORDDWcITw00Tw4WZGG4GYjiIZ3/3zKvF&#10;cPWfGA4AAAAASIYYDmAOxHCW8MRw08RwYSaGm0GNY7hfFMNBOTFcjInhAAAAAIBkiOEA5kAMZwlv&#10;abl1txjuIjFcmInhZiCGg3jEcDEmhgMAAAAAkiGGA5gDMZwlPDHcNDFcmJ081n9YDHeFxHAQjxgu&#10;xsRwAAAAAEAywsVwy62V4qYDzI8YzhKeGG6aGC7MxHAzEMNBPJsxXE8MV/eJ4QAAAACAZCwtrxwQ&#10;wwHssq0Y7h+WnZvMqj4x3DQxXJiJ4WZQxHCfKjuXJD4xHDwKMVyMieEAAAAAgGSI4QDmQAxnCU8M&#10;N00MF2ZiuBmI4SAeMVyMZb0z72p27xfDAQAAAADVJ4YDmAMxnCU8Mdw0MVyYnbz5rvXnFoedx0gM&#10;B/GI4cLsdjEcAAAAAJAEMRzAHIjhLOGJ4aZtxXATMVz9J4abwdWNI2I4COZA98yrm2K4CBPDAQAA&#10;AABpEMMBzIEYzhKeGG7a0f7a68RwISaGm4EYDuLZiuGGnyqJp6xeE8MBAAAAAGkQwwHMgRjOEl7+&#10;/CmG20YMF2ZiuBns2bvybfl5o4YxXOsX9+y9QQwHJcRwYSaGAwAAAADSIIYDmAMxnCU8Mdw0MVyM&#10;5cf45FEx3BUTw0E8B7pnN35Nqhiu/hPDAQAAAABpEMMBzMFGDLcshrM0J4abJoaLsfZgTQw3AzEc&#10;xCOGC7KuGA4AAAAASESsGG7lv4jhgIV4VuuLxXCW6sRw08RwMdZeXTt5dFUMd6XEcBCPGC7IxHAA&#10;AAAAQCrEcABzIIazhLcZw+WvF4p7c3hiuBgTw81GDAfxiOGCTAwHAAAAAKRiK4Zr3V3+oU+9JoYD&#10;FkYMZwlPDDdNDBdjYrjZiOEgHjFckInhAAAAAIBUiOEA5kAMZwlPDDdNDBdj7f7kDjHclRPDQTxi&#10;uCDrjm4/cOsDy8VhBwAAAACoLjEcwByI4SzhieGmHeuvv64jhqv9xHCzqXMMd3Xj8NcWNxPYpnnL&#10;8NuaYrj6TwwHAAAAAKRCDAcwB2I4S3hiuGmbMVx//HtlAZXVZ2K42YjhIJ5mTwwXYmI4AAAAACAV&#10;YjiA3fesZ7W++GoxnCU6Mdw0MVyMieFmI4aDeMRwQSaGAwAAAABSIYYD2H1iOEt5YrhpYrgYE8PN&#10;RgwH8YjhgkwMBwAAAACkQgwHsPvEcJbyxHDTxHAxthXDPSyGu0KbMVxj5b+WnUvSnhgOHo0YLsjE&#10;cAAAAABAKsRwALtvI4bbs9z6ibJzk1nVJ4abJoaLMTHcbMRwEI8YLsjEcAAAAABAKqLFcEv7jrSK&#10;mw4wN2I4S3liuGliuBgTw81GDAfxiOGCTAwHAAAAAKRiqdE6KIYD2F1iOEt5YrhpYrgYE8PNRgwH&#10;8YjhouzsO8VwAAAAAEASxHAAu08MZykvf/58jxjuomOn1l/XGYjh6r6NGK59avJVxWHnMdqzTwwH&#10;0Yjhomz4zgO33i+GAwAAAACqTwwHsPvEcJbyxHDTtmK4iRiu5hPDzUYMB/FsxnDd4X8tD6isPhu+&#10;88BbxHAAAAAAQALEcAC7TwxnKU8MN60zWPuOjhiu9hPDzSZ/rvt2MRzEIoaLMjEcAAAAAJCIzRhu&#10;WQwHsJvEcJbyxHDTxHAxJoabjRgO4hHDRZkYDgAAAABIhBgOYPeJ4SzlieGmieFiTAw3GzEcxCOG&#10;izIxHAAAAACQCDEcwO57xjNe/GfFcJbqxHDTxHAxJoabjRgO4mn2zn5bszsSw9V+YjgAAAAAIBFi&#10;OIDdJ4azlCeGmyaGi7F2f00MNwMxHMQjhosyMRwAAAAAkAgxHMDuE8NZyhPDTRPDxZgYbjZiOIhn&#10;M4brieHqPzEcAAAAAJCIYDHcvWI4YBHEcJbyxHDTxHAxJoabTY1juA+K4aCcGC7Khu882DvbKA47&#10;AAAAAEB1FTHce8s/9KnXxHDAoojhLOWJ4aaJ4cLs3WK4KyeGg3ia3eG3N8VwASaGAwAAAAASIYYD&#10;2H1iOEt5YrhpYrgwE8PNQAwH8YjhokwMBwAAAAAkQgwHsPvEcJbyxHDTOoP172j3x79fEk9ZvSaG&#10;m4EYDuIRw0WZGA4AAAAASIQYDmD3ieEs5W3GcPuONIu7c3hiuDATw81gK4Zr/U7ZuSTtieHg0Yjh&#10;okwMBwAAAAAkQgwHsPvEcJbyxHDTxHBhJoabgRgO4hHDxVjWG77zejEcAAAAAJACMRzA7tuK4Q7/&#10;ZNm5yazqE8NNE8MFWX/y7vYdYrgrJYaDeMRwMSaGAwAAAACSIYYD2H1iOEt5YrhpYrgg24zhPiOG&#10;u0JiOIhHDBdj2XExHAAAAACQCDEcwO4Tw1nKE8NNE8MFmRhuJmI4iEcMF2NZ9+w7xHAAAAAAQBJi&#10;xXCte5f2HT5c3HSAuRHDWcoTw00TwwWZGG4mYjiIZyOGy7rD3ykLqKw+E8MBAAAAAMm4au8NLxDD&#10;AewuMZylPDHcNDFckPUn7z42mFxbHHYeoz3LrdeI4SAWMVyMieEAAAAAgGSI4QB2nxjOUp4YbpoY&#10;LsjEcDMRw0E8YrgYE8MBAAAAAMkQwwHsPjGcpTwx3LT26tp3tvsTMVzdJ4abiRgO4mmeEMNFWH6M&#10;33F97z4xHAAAAABQfWI4gN33jGf8rT+bn4fEcJbkxHDTxHBBJoabiRgO4mmK4UIsP8ZiOAAAAAAg&#10;DWI4gN339Kff/KT8PCSGsyQnhpsmhgsyMdxMxHAQT1MMF2L5MRbDAQAAAABpEMMB7D4xnCW9xspd&#10;YriLxHBBJoabiRgO4mmK4UIsP8ZiOAAAAAAgDVftPfKCpeUVMRzALhLDWdITw00RwwWZGG4mtY7h&#10;lle+priZwDZNMVyI5cdYDAcAAAAApCFcDLdXDAfMnxjOkp4YbooYLsj6a2K4GYjhIJ7miQe+PeuO&#10;xHA1X9YdvmP/W0d7i8MOAAAAAFBdoWK45dZviuGARRDDWdITw01pD9a+sz0Qw9V+YriZiOEgnqw3&#10;eo0Yrv7LxHAAAAAAQCrEcAC7TwxnSU8MN0UMF2RiuJkUMdzvlp5Lkp4YDh6NGC7GMjEcAAAAAJCK&#10;IoZ7X/mHPvWaGA5YFDGcJb1G666lfTeI4QpiuDB7lxjuyonhIB4xXIxlYjgAAAAAIBViOIDdJ4az&#10;pCeGmyKGCzMx3AzEcBCPGC7Gso0Y7hYxHAAAAACQADEcwO4Tw1nSE8NNaQ/Wv7PdH/+3S8Ipq9/E&#10;cDMQw0E8YrgYy8RwAAAAAEAqxHAAu28zhmus/KOyc5NZ5SeGmyKGCzMx3Az2LB8Rw0EwYrgYy8Rw&#10;AAAAAEAqxHAAu08MZ0lPDDdFDBdmYrgZbMVwK2I4CEQMF2OZGA4AAAAASIUYDmD3Pf2QGM4Snhhu&#10;ihguzMRwMxDDQTxiuBjLj/N/EMMBAAAAAEkQwwHsPjGcJT0x3BQxXJi969jgM2K4K5SfM14rhoNY&#10;NmO43vB3ywIqq8/EcAAAAABAMsRwALtPDGdJr9G6a8+1h7Pi7hyeGC7MxHAzyM8ZYjgIRgwXY2I4&#10;AAAAACAZ4WK4xsoNxU0HmBsxnCU9MdwUMVyYieFmkJ8zxHAQjBguxsRwAAAAAEAyrtq78tViOIDd&#10;JYazpCeGmyKGi7H2YPKuo3dN9hWHnccoP2fUM4ZriOHg0YjhYkwMBwAAAAAkQwwHsPvEcJb0xHBT&#10;xHAxJoabTX7OEMNBMGK4GBPDAQAAAADJEMMB7L6n7T/858RwluzEcFOO9te+q92fiOFqPjHcbPJz&#10;hhgOghHDxVh+jP/D/ltOi+EAAAAAgOoTwwHsPjGcJT0x3BQxXIzlx/hdR1fFcFcqP2fUNIZb+YAY&#10;DsqJ4WJMDAcAAAAAJEMMB7D7xHCW9MRwU8RwMSaGm01+zhDDQTBiuBjbiOGyE6PnFIcdAAAAAKC6&#10;xHAAu08MZ0lPDDdFDBdjYrjZ5OcMMRwEI4aLMTEcAAAAAJAMMRzA7hPDWdITw03p9Ne+qyOGq/3E&#10;cLPJzxkbMdyDl51HUp8YDh7V/uP3v1YMV/9lXTEcAAAAAJAIMRzA7hPDWdITw00Rw8VYu78mhptB&#10;fs4Qw0Ew+4+PXpv1RmK4mi8TwwEAAAAAqRDDAew+MZwlPTHcFDFcjInhZpOfM16bTwwHgYjhYiwT&#10;wwEAAAAAqYgVw638hhgOWAQxnKW91p1iuIvEcDHWHkxuF8NdufycIYaDYMRwMZaJ4QAAAACAVGzG&#10;cI3W+0s/9KnZxHDAoojhLO217tzzHDHc54jhYkwMN5v8nCGGg2DEcDGWieEAAAAAgFSI4QB231YM&#10;1/qpsnOTWfUnhtuu01//rk5//AeXxlNWr4nhZpOfM8RwEMz+nhguwjIxHAAAAACQCjEcwO4Tw1na&#10;E8NtJ4aLMTHcbPJzhhgOghHDxVgmhgMAAAAAUiGGA9h9YjhLe2K47cRwMSaGm03+XPe6/LwhhoNA&#10;xHBh9nYxHAAAAACQBDEcwO4Tw1naE8Nt1zklhoswMdxsxHAQz2YM1x0+WBJPWb0mhgMAAAAA0iCG&#10;A9h9YjhLe2K47TZjuIEYru4Tw81GDAfxiOHCTAwHAAAAAKRBDAew+8RwlvbEcNuJ4WJsK4b7jBju&#10;ConhIB4xXJiJ4QAAAACANFx1rRgOYLeJ4SztieG2E8PFmBhuNmI4iEcMF2ZiOAAAAAAgDfFiuCMv&#10;L246wNyI4SztieG2E8PF2EYM17lzslwcdh4jMRzEI4YLMzEcAAAAAJCGq/YdPiSGA9hdX/bcl/x5&#10;MZylOzHcdmK4GBPDzabeMdyRFxY3E9jmQG/02qYYLsLEcAAAAABAGsRwALtPDGdpTwy3Xae/9t1i&#10;uPpPDDcbMRzEI4YLs7dnPyuGAwAAAAASIIYD2H1iOEt7rTv37F3ZX9ydw9uK4SZiuJpPDDcbMRzE&#10;I4YLs7cf6P72s4vDDgAAAABQXWI4gN0nhrO0J4bbTgwXY2K42WzEcEvLrd8rP5ckPDEcPKpm98zr&#10;xHARNnz7ge5QDAcAAAAAVJ8YDmD3ieEs7YnhthPDxZgYbjZiOIhHDBdlYjgAAAAAIBFiOIDdJ4az&#10;tCeG204MF2NiuNmI4SCerHvmJVlv9Eh5QGV1WdYbfujQm+99cnHYAQAAAACqSwwHsPvEcJb2xHDb&#10;ieFirD1YE8PNQAwH8RzojV6e9Yb3lwVUVqf5ZjgAAAAAIBFiOIDdJ4aztCeG204MF2NiuNmI4SCe&#10;7MTo65q94S+XB1RWn4nhAAAAAIBEBIvhfl0MByyCGM7SnhhuOzFckJ2avFMMd+XEcBDPodvOPaXZ&#10;G52+PJ6yOs2vSQUAAAAAkiGGA9h9WzHc4X9cdm4yq/7EcNuJ4YJMDDcTMRzEsxFINbvDW8sCKqvT&#10;fDMcAAAAAJCIIoa7p/RDn5pNDAcsihjO0p4YbjsxXJD1J+/snBTDXamlxuHvEMNBPM3u2e8vD6is&#10;NjsxepsYDgAAAABIghgOYPeJ4SztieG26/TXv7vdH/9haUBl9ZkYbiZiOIjp+t7whVlv9EhpRGW1&#10;mF+TCgAAAAAkQwwHsPvEcJb2xHDbieGCTAw3EzEcxPT87pmnZb3R+8siKqvJfDMcAAAAAJAKMRzA&#10;7hPDWeI7JYa7SAwXZGK4mYjhIK5md+hXpdZ5YjgAAAAAIBViOIDdJ4azxCeG20YMF2RiuJmI4SCu&#10;7PjZ65rd4enSkMrSnxgOAAAAAEiFGA5g933Zc1/z5/c0VsRwlurEcNuI4YJMDDcTMRzElnVHvdKQ&#10;ypJf1ht+6NCb731ycagBAAAAAKpLDAew+8RwlvjEcNuI4YJsM4b7jBjuCtU4hrtHDAdfWPPEuazZ&#10;Gz14aUhlNZhvhgMAAAAAUhErhmv9+lLjBjEcMHdiOEt8YrhtxHBBJoabiRgOaPZGP31ZSGXpTwwH&#10;AAAAAKQiWgy3Z/nwy4qbDjA3Vzc6f0EMZwlPDLeNGC7I+pN3vmIwaRSHncdIDAcceMv9y1lvNCoN&#10;qizdieEAAAAAgFQ8dfmGF4rhAHaXGM4SnxhuGzFckInhZlLEcL9fch5Je2I4uCJZd/SG0qDKkl3W&#10;G37o0JvvfXJxiAEAAAAAqitUDNcQwwGLIYazxCeG26a9uva3xHABJoabiRgO2HDongtPzHrDXyyL&#10;qizRdX0zHAAAAACQCDEcwO4Tw1niE8Nt0x6s/a32YCKGq/vEcDMRwwGfk3WHLyqNqizNieEAAAAA&#10;gFSI4QB2nxjOEp8YbhsxXJCJ4WYihgO2y7rDnyoNqyy9dUdvO3jrJ55VHFoAAAAAgOoSwwHsPjGc&#10;JT4x3DZiuCATw81kqXHkO5aWV8RwwJ9o9obnSuMqS2pZb/ihQ2++98nFYQUAAAAAqK6lZ7Wu2bO8&#10;cvqyD3zquYeWGq2DxU0HmJvNGG6fGM6SnRhuGzFckInhZlLXGG6psXLPU8VwMJPs+NnryuIqS2y+&#10;GQ4AAAAASMWXLh/+8qXllX9X9qFP3eab4YBFEcNZ4jt1dePG64u7c3hiuCDrr4nhZlDfGK51z8Y3&#10;ahc3E7hCze6Z15UGVpbOxHAAAAAAQEK+aGl55f8u+9CnbhPDAYuyGcMtr/z0pecls0QmhttGDBdk&#10;YriZiOGAR5P1Rt3SyMrSmBgOAAAAAEjJnkbrdWUf+tRwfk0qsBBiOEt8YrhtxHBh9g4x3JVb2rvy&#10;nWI44NE0e6PTl0VWlsSy3vBDh95875OLQwkAAAAAUG1XN1aes7S88htlH/zUab4ZDlgUMZwlPjHc&#10;NmK4MBPDzUAMB3w++3v3fmnWHf2PstjKKr9/f/DWM74ZDgAAAABIx1Jj5R+WffBTqzVavyaGAxZB&#10;DGeJTwy3zWYM1x//UUk8ZfWaGG4GYjjgC2l2z+0rCa2s+vv/2rsfIEnvgs7DKU0p1g0HuPu+M+dh&#10;4Skecdh53w0i2ZlEdz3woAokmJ33nc32JBspuNO6KKLoHZgTPE64u5zGO6LcToP4nwT0ItntXkLU&#10;KV0sKK3jT5FjIDOYQgo4RYyywk7vFsx1777KzOS3m57emel+3/d5qr61Wws7O2931wtVv0+9I4YD&#10;AAAAAMqld8gdpfknQoc/lZkYDhgSMZyVfGK4dRrtc2K4ekwMNwAxHNCPmYXlGwOxlY327r3hzWI4&#10;AAAAAKBk4jR/4+aDn4rtTJRkNxSXC7BrxHBW8onh1hHD1WZiuAFE+8VwQH8OHF++PRBc2Yhuurl8&#10;+uDdD40Vbx8AAAAAQHnESfbe0AFQJebJcMCQiOGs5BPDrSOGq8ca7c7vHhHDbZkYDtiKmYXl14TC&#10;KxvJeTIcAAAAAFBO8VR+IE6zL4cOgUo/MRwwJGI4K/nEcOuI4eoxMdxgqhzD7d0/e7C4TGAbTTdX&#10;fi4QXtnoTQwHAAAAAJRXnGavDB0ClX5iOGBIxHBW8onh1hHD1WNiuMGI4YBBzDSXfzEQX9loTQwH&#10;AAAAAJRblOS/EToIKvnOREl2Q3GJALsmmszGuvcgMZyVdWK4dcRw9Vij1fndI+86I4bbogsxXJL/&#10;VeA+UuqJ4WDnTTeX3xYIsGxE1n1/Th+8+6Gx4u0CAAAAACinOMkfCB0GlXaeDAcMiRjOSr62GO6r&#10;xHD1WC+GO9rqTBVvO30SwwFXYnph+ZdDIZYNf9PNlXuf48lwAAAAAEAVxEn+wdCBUCknhgOGRAxn&#10;JZ8Ybh0xXD0mhhuMGA64UjMLK3eGYiwb7sRwAAAAAEClxEn26dChUOkmhgOGRAxnJZ8Ybp35k6s/&#10;Oi+Gq/zEcIMRwwHbYbq5/LpQkGXDWy+Gu675yHcUbxEAAAAAQPnFSX4+dDBUsp2JkuyG4pIAdo0Y&#10;zko+Mdw6Yrh6TAw3GDEcsF2mF1buCEVZNpxNN5dPH7z7obHi7QEAAAAAqIY4zZc2HwyVap4MBwyJ&#10;GM7Kvaw9nhwWwxUuxnAdMVzFJ4YbjBgO2E4HFpZvDYVZtvvzZDgAAAAAoLLiNPvj0AFRKXYhhstf&#10;UlwKwK4Rw1m5J4ZbTwxXj4nhBiOGA7bbdc3lQ6E4y3Z3YjgAAAAAoNLiNPud0CHRyE8MBwyJGM7K&#10;PTHcemK4ekwMNxgxHLATvnvhY/8iFGjZ7k0MBwAAAABUXpzmb9x8SFSCnYmS7IbiEgB2TS+Gi9Ls&#10;vwfuS2YlmBhuPTFcPSaGG0z3f+v+nRgO2Amvfe3a18w0Vz61OdKy3ZkYDgAAAACohfEk//7QYdHI&#10;zpPhgCERw1m5J4ZbTwxXjzVaZ8VwAxDDATttprlyYnOoZTs/MRwAAAAAUBvf9F237InT7OOhQ6OR&#10;mxgOGBIxnJV7Yrj1xHD1WKPd+R0x3NaJ4YDdML2w/LOhYMt2bmI4AAAAAKB24iT/1dDB0UhNDAcM&#10;iRjOyj0x3HpiuHpMDDcYMRywW2YWlm8MRVu2M5s+/vC91zU/LoYDAAAAAOolnspuDh0ejczEcMCQ&#10;iOGs3BPDrTd/avVH59urfxMKqKw6E8MNRgwH7KbnLDz81Jnm8l+G4i3b3k0vrNwjhgMAAAAAaitK&#10;898OHSINfUn+we6vYjhg14nhrNzL2uPp7HOKj3PtieHqMTHcYMRwwDDMNFfu3Rxv2fZODAcAAAAA&#10;1N54kn9/nOZnNh8kDXViOGBIxHBW7onh1ps/dU4MV4OJ4QZT4RjuD8VwMNqub67821DEZdszMRwA&#10;AAAAQCFO83duPkwa4s5ESXZD8a0B7BoxnJV7Yrj1xHD1mBhuMGI4YJi+51dWvn2mufypUMxlVzYx&#10;HAAAAADAOuPp4Wf2DtJDB0u7Ok+GA4ZEDGflnhhuPTFcPSaGG8zFGC77XPheUt6J4aBcZporv7Y5&#10;5rIrmxgOAAAAACAgnjr83DjNP7D5cGnXJoYDhmTPM178RDGclXdiuPXEcPWYGG4wYjhgVFz/1j/P&#10;Q1GXDTYxHAAAAADAZexJDx+Kk/x86KBpR5fkj0Z+TCowBGI4K/USMdx6Yrh6TAw3GDEcMEoOLq5d&#10;Pd1ceVco7rKtTQwHAAAAANCHOM0bcZr9n82HTTu1KMnf093zi38eYNeI4azUE8NtIIarxy7GcGfE&#10;cFskhgNG0fXNlWOhwMv6Xy+Gm37bI9cULykAAAAAAJcznubfG6XZidDB0zbv1+NrjyTFPwuwa8Rw&#10;VuqJ4TYQw9VjvRhu/oHOvuJtp09iOGCUzSwsfyQUetnjb7q5fPrg3Q+NFS8lAAAAAAD9iCazsSjJ&#10;fyN0AHXFS/LzUZLdddXBg1cX/xzArhHDWaknhttADFePieEGI4YDRt2BheVbQ7GXXX6eDAcAAAAA&#10;cIXGk7kXRUn+W3Gaf2XzYdQAO9P9Wgu9J9AVXx5gV4nhrNQTw23QaK2+QgxX/YnhBiOGA8piprny&#10;65uDL7v0xHAAAAAAANtoT3r4UHTxx6ie2Xww9bhL8kd7T5vr/v39xZcD2HViOCv1xHAbXIzhOmK4&#10;ik8MNxgxHFAm1zcf/r6ZheXPhuIv2zgxHAAAAADADnna0449IZ7Knxcl2V3dLcZpvrTpwO2zUZp9&#10;pLsHu3/++u5u8KNRgWETw1mpl2QtMdxXieHqMTHcYKJ09vZN/9+8EutekxgOKmymuXLn5vjLNm66&#10;uXz64N0PjRUvGQAAAAAAAHV2MYab/fnQAbvZyE8Mt4EYrh4Tww1GDAeU1YFf/Yt/Pr2w/LuhEMyK&#10;J8Md92Q4AAAAAAAAusRwVuqJ4TYQw9VjjZOd35k/IYbbKjEcUHbXNZcPzSysfDgUhNV5YjgAAAAA&#10;AAD+kRjOSj0x3AZiuHpMDDcYMRxQFTPN5ZfNLCx/KRSG1XPLb58+/jExHAAAAAAAAGI4K/nEcBuI&#10;4eqxxsmzYrgBiOGAqpk5/vDPhOOwuk0MBwAAAAAAQEEMZ6WeGG4DMVxN1uq8Uwy3dWI4oIoOLq5d&#10;Pd1c/m/hSKwuE8MBAAAAAABQEMNZqSeG20AMV5OJ4QZS6Rju2vx7issEauqG3/rkU6abn3hzOBar&#10;+sRwAAAAAAAAFPY846VPjNJcDGflnBhug14M192jwYDKqjMx3EDEcEAdHHzt4tUzzZV3PjYYq/Qe&#10;PHj3Q2PFSwAAAAAAAECdieGs1BPDbSCGq8nEcAMpYri/Dt5LSjwxHBDyXW/66J66/PjU6ebK/5x5&#10;y9I3FZcOAAAAAABAnYnhrNQTw23QaJ0Tw9VhYriBVDqGmxLDAWHZO9a+dqa5/NPTzZUzoZCsAjs3&#10;c3z59cmdH/onxSUDAAAAAABQZ9/49MY/FcNZaSeG20AMV5OJ4QYihgPqbvr4ypGqRXEXrmfh47cV&#10;lwgAAAAAAEDdfeNzxHBW4onhNhDD1WRiuIFE6dztUZKL4YDau7758PfNNFdObA7LyrjphZX3TC88&#10;/KLi0gAAAAAAAKg7MZyVeknWmtiff1fxca49MVxNJoYbiBgOYKODdz80Nr2w0gxFZuXZ8tt711Fc&#10;EgAAAAAAAHUnhrNSTwy3gRiuJrsQw50Rw22RGA7g0q5fWM5nSva0uOnmygMzzYfni0sAAAAAAAAA&#10;MZyVfGK4DRqnzr2i0RbDVX6tzjtvPdV5ZvG20ycxHMDjO/jaxatnmssvm26ufC4UoI3KpheWHz1w&#10;fPn23vdbfOsAAAAAAAAghrOSTwy3gRiuJhPDDUQMB7A1M//r4W+bfsvyq2aaK3+yOUYb8v70+uby&#10;q6ePf+ya4lsFAAAAAACAi8RwVuqJ4TZotFd/TAxXg4nhBhIl+Y90//dODAcwgAtPjFv4+G3TzZUP&#10;BuK03dxS78l1B9/2yBOKbw0AAAAAAAC+SgxnpZ4YboP5dufIfGv1/GPiKavUGq3O6Wxxbax42+mT&#10;GA5g+1zfXD40s7D8n7p7byBY24m9f+YtK284cPwTz7vqtWtfU3wbAAAAAAAAsNGFGC7JfyF0wG42&#10;8hPDbTDfPvdv5ludz4cCKqvQPBluIGI4gJ0z/ZaVfQcWHv6xmebKfdMLy49uCtkGWvF17rvwdRc+&#10;vr/4pwAAAAAAAODSxHBW6onhNjja6sw1Wp0/3xBOWfUmhhuIGA5gd00f/9g10wsPv+jA8eXbZ5qf&#10;uGumuXJiemFl8eKPWl1+5B+3sPyR3p/3/vOZt6y8qRe/9f5e7+8XXwoAAAAAAAD6I4azUk8Mt8Et&#10;p84/f761+sFgQGWVWeNU5x1HxHBbJoYDAAAAAAAAgIoTw1mpJ4bb4Nh9a09utDqPhAIqq8667/Hp&#10;bHFtrHjb6ZMYDgAAAAAAAAAqTgxnpZ4YboOX/t7nnjjfWn1rKKCy6syT4QZT2Rguzf9ADAcAAAAA&#10;AAAAXWI4K/WS/KQYbqNGe/WnQwGVVWdiuMGI4QAAAAAAAACg4sRwVuqJ4R7jlvaXbphvrZ4PRVRW&#10;jfkxqYMpYrjPB+8lJZ4YDgAAAAAAAAAKYjgr9cRwj/GD7a9EjXbnVCiismrMk+EGI4YDAAAAAAAA&#10;gIoTw1mpJ4YLOtpa/YlQRGXVmBhuMGI4AAAAAAAAAKi4p3xn9iQxnJV2YrigW9udpNFa/VAopLLy&#10;Tww3GDEcAAAAAAAAAFScGM5KPTHcJc23OneFQior/xqtzulscW2seKvpkxgOAAAAAAAAACpODGel&#10;nhjuko62OlONdmc5FFNZuddoeTLcIMRwAAAAAAAAAFBxYjgr9cRwlzXfXn1tKKaycu9CDPcuMdxW&#10;ieEAAAAAAAAAoOLEcFbqieEu6+iDa9/aaK1+KBRUWXnXi+Ea7dXJ4m2mT2I4AAAAAAAAAKg4MZyV&#10;emK4x9VonX1ZKKiy8q7R6pzOFtfGireYPu1Nsh8VwwEAAAAAAABAhYnhrNQTw/Wl0T57XyiqsnLO&#10;k+EGI4YDAAAAAAAAgIoTw1mpJ4bryy2tLz57vrX6d6Gwyso3MdxgxHAAAAAAAAAAUHEXY7jsrtAB&#10;u9nIrxfDXXvk2cXHmcs42lr9qVBYZeWbGG4wYjgAAAAAAAAAqDgxnJV6YrgtabQ6p0NxlZVrvfcx&#10;W1wbK95W+iSGAwAAAAAAAICKE8NZqSeG25JG+4tPnW93/t/muMrKNU+GG4wYDgAAAAAAAAAqTgxn&#10;pZ4Ybssap1ZfHAqsrDwTww2m2jHc3HcXlwkAAAAAAAAA9SWGs1JPDDeQxqnO60KRlZVlq/eK4bZO&#10;DAcAAAAAAAAAFSeGs1JPDDewRrtzKhxa2aiv0eqczhbXxoq3kj5djOGyvwneS0o8MRwAAAAAAAAA&#10;FMRwVuqJ4a5Io736oVBsZaM+T4YbRC+Gi8VwAAAAAAAAAFBdYjgr9ZL85B4x3MCO3ffokxvtzqPh&#10;4MpGd2K4QYyL4QAAAAAAAACg2sRwVuZFYrgrdmu7k4SDKxvdieEGIYYDAAAAAAAAgIp7Unrjk8Vw&#10;VtaJ4bZH48TZQ+HoykZxjVbndLa4Nla8ffRJDAcAAAAAAAAAFSeGszJPDLd9bjl1/sZQeGWjOE+G&#10;G4QYDgAAAAAAAAAqTgxnZV6U5ifEcNtnvv2lRji+stGaGG4QYjgAAAAAAAAAqDgxnJV5Yrjtd0ur&#10;8/JwgGWjs9V7b3nP6ncUbxl9EsMBAAAAAAAAQMWJ4azME8PtjKMnz94WjrBsFNZodU5ni2tjxdtF&#10;n+Kp2VeI4QAAAAAAAACgwsRwVuZFaXZiz7WHxXA74KgnxI3wPBluEGI4AAAAAAAAAKg4MZyVeWK4&#10;nXW01TkajrFsuBPDDUIMBwAAAAAAAAA1IIazEm8pmswmio8yO+DoydUbw0GWDW9iuEGI4QAAAAAA&#10;AACgBuI0e0PogN1s1OfJcLujceLsoXCUZcNYo9U5nS2ujRVvD30SwwEAAAAAAABADURJ/urQAbvZ&#10;qE8Mt3vmH+jsC4VZNoS1Vu+95aQnw22VGA4AAAAAAAAAaiBK526P0/wLmw/YzUZ9vRhu71T2ncVH&#10;mR320vd+5Ynzrc7ng4GW7d7EcAMRwwEAAAAAAABADURpdlucZJ8JHbKbjfLEcMPRaK1+IBhp2e5M&#10;DDeQCzFckj0aupeUeVGa/74YDgAAAAAAAAAK40m+L07zM5sP2M1KsKVoMpsoPsrsoka7cyoYatmO&#10;r9HqnM4W18aKt4I+ieEAAAAAAAAAoAbiqZu+NU6yVuiQ3WyU58lww9Vorf7HUKxlO73VezwZbuvE&#10;cAAAAAAAAABQE1Ga/3zokN1slCeGG77GydUXhoMt27mJ4QYhhgMAAAAAAACAmojT7OVRmndCB+1m&#10;ozox3Gg4dnJtYr7V+XQ43LLtnxhuEPH+uVfESS6GAwAAAAAAAICq6x2kR2n24dBBu9moTgw3WuZb&#10;ncVwvGXbuUarczpbXBsrXnb6JIYDAAAAAAAAgBqJkmwxdNBuNsJbiiazieIjzAiYb597ZSjgsu2c&#10;J8MNoroxXPb7e6cOi+EAAAAAAAAAYL0omf3h0EG72ajOk+FG09GTf7+/0e78dTjksiufGG4QYjgA&#10;AAAAAAAAqJE9+26+Jkqz94cO281GcWK40dY41XlHOOayK5sYbhDde8aPieEAAAAAAAAAoEbiNH/j&#10;5oN2s1FdlGb3i+FGW6N19mXhoMsGXaPVOZ0tro0VLzF96t4zxHAAAAAAAAAAUCdRkj8/TvLPhA7c&#10;zUZtYrhymHv3l7650V79s1DYZYPMk+EG0b1niOEAAAAAAAAAoG6iNHswdOBuNoJbiiazieKjy4ib&#10;P3Xu1eG4y7Y2MdwguvcLMRwAAAAAAAAA1E08NfviOM2+HDp0NxuleTJc+Rx79+o1jXbno+HIy/rb&#10;6j2917F4SelT954hhgMAAAAAAACAOoqT7FdCh+5mozQxXHk1WmdfFw697PHWaHVOZ4trY8VLSZ+6&#10;9wwxHAAAAAAAAADU0Xg6d6iK0YBVa2K4cus93Wy+tfqnoeDLLjdPhhtE954hhgMAAAAAAACAuorS&#10;/BdDB+9mozIxXDU02md/JBx9WXhiuEF07xliOAAAAAAAAACoq71T+bOiJP9k6PDdbBQmhquOY/c9&#10;+uT5duddjw2/7LETww2ie8/oxXB/u/k+Uvb1YrgoyW4oLhMAAAAAAAAAuJQ4ze/YfPBuNkJbiiaz&#10;ieLjSgXc0jr37PnW6vlwBGa9NVqd09ni2ljxktGn7v1CDAcAAAAAAAAAdRel+R+EDuDNhj1Phquu&#10;+fbqq0IhmPXmyXCD6N4zxHAAAAAAAAAAUHfjaf69oQN4s2FPDFdt2TvWvq7R6vxyOAir7xqnzr39&#10;ZjHclnXvGWI4AAAAAAAAAOCqq6Ike33oEN5smBPD1UPvR4LOtztLm6Owus6PSR1M954hhgMAAAAA&#10;AAAArrpqcjL7ujjJ3hs6iDcb1sRw9dI4cfbQfGv1faFArE5rtFbffvP9ngy3Vd17hhgOAAAAAAAA&#10;ALhoz7WHnx06iDcb4paiyWyi+IhSE7ecXL2x0e58NBSK1WFiuMF07xdiOAAAAAAAAADgq+I0v2Pz&#10;QbzZsHbxyXD5s4qPJzUz3+rcOt/ufHpzLFb1ieEG071niOEAAAAAAAAAgI2iJP/foQN5s92eGI6e&#10;+Xd3frDR7nw8FI5Vcq1zb735PavfXlw+fYrT7JViOAAAAAAAAABgg4n9s1GU5J8MHcqb7ebEcKx3&#10;y6nVm+Zbq38aDMgqtEar8wvzD3wlLi6bPonhAAAAAAAAAICgKMmfHzqUN9vNieEI6f0I0fl2Z2lz&#10;RFaVNVpnX1dcKlsghgMAAAAAAAAALimeyl4TOpg3262J4bicW9udZL61+tZQUFbWNVqrD93S6ry8&#10;uES2QAwHAAAAAAAAAFxWlGYnQofzZru0pWgymyg+jhCULa6NNVrnXtNorf5lKDAr0xqts/c32uef&#10;W1waWyCGAwAAAAAAAAAeV5RkD4UO6M12ep4Mx1Y1Tpw91Gh1lkOh2civtXq+0e686dji2hOKy2EL&#10;xHAAAAAAAAAAwOMaT34gjpL8i6FDerOdnBiOQTXaX3lqo7X6mvlWZykYno3kVu9pnFx9YXEJbJEY&#10;DgAAAAAAAADoy3hy5LrQIb3ZTk4Mx3Y4dvLvJ+bb55q9J6+FI7Thr/c0u0Z7dbb4lhmAGA4AAAAA&#10;AAAA6Nt4kh8JHdSb7dSiNH+XGI7tdMupc9ON1tk7G63OSihKG9JONNqdlx49+bdPKb5NBnAxhsv+&#10;LnQvKfOiNHtQDAcAAAAAAAAAOyBK5v5D6LDebCcmhmMnHbtv7cnzJ1fv6D2VLRCo7fgardWzjXbn&#10;vsaJs4eKb4krIIYDAAAAAAAAALYsSrNm6MDebAe2FE1mE8VHD3bU0ZOd/fOtzl2NVueRULy2XetF&#10;cN1fHzx68uxt2eLaWPHPc4XEcAAAAAAAAADAQKI0vyd0aG+2nfNkOIZp7tTZb+kFa432ubfNtztL&#10;64O2ra7RXn10vtVZbLTOvq73JLhji2tPKP4ZtokYDgAAAAAAAAAYWJRm94cO7s22a2I4Rs3BxbWr&#10;b75/9Zr5k2dfMN86e/uFuO1U585eMPcPm2933tz7896PYO3+/kij/cUDN9//hb3Fl2CHiOEAAAAA&#10;AAAAgCsSpfnvhw7vzbZjYjigX2I4AAAAAAAAAOCKRWn2vtABvtmVTgwH9EsMBwAAAAAAAABsiyjN&#10;Pxw6xDe7konhgH6J4QAAAAAAAACAbRMl2SOhg3yzK9hSNJlNFB8xgEuKk9kfF8MBAAAAAAAAANvG&#10;E+JsO+fJcEC/xHAAAAAAAAAAwLaL0ux9oQN9s61ODAf0q7IxXCKGAwAAAAAAAIChitL8D0KH+mZb&#10;mRgO6JcYDgAAAAAAAADYMVGa3R862DfrdxdiuOTItcVHCuCSxHAAAAAAAAAAwI6K0vye0OG+WT8T&#10;wwH9EsMBAAAAAAAAADsuSrNm6IDfrI8tRZPZRPFRArgkMRwAAAAAAAAAsCuiJH916JDf7HLzZDig&#10;XxdiuFQMBwAAAAAAAADsgvEkPxI66De71MRwQL+KGO4LoXtJmXchhkvz64vLBAAAAAAAAABGxXhy&#10;5LrQYb9ZaGI4oF9iOAAAAAAAAABg140n83GU5F8MHfqbrZ8YDuiXGA4AAAAAAAAAGJooyR4KHfyb&#10;/cPEcEC/4mTux7v3DTEcAAAAAAAAADAcUZqdCB3+mxVbiiazieLjAnBJYjgAAAAAAAAAYOjiqew1&#10;oQDAzJPhgH6J4QAAAAAAAACAkRAl+fNDEYDVe2I4oF9iOAAAAAAAAABgZEzsn42iJP9kKAawek4M&#10;B/RLDAcAAAAAAAAAjJwoye4LBQFWv0Vp/ntiOKAfcZL/RPe+IYYDAAAAAAAAAEZLnOZ3bA4CrH6L&#10;0uz39iaHxXDA4xLDAQAAAAAAAAAja8+1h58dCgOsVluKJrOJ4iMBcEliOAAAAAAAAABgpD396S/4&#10;+jjJ/iQUCFj1FyWeDAf0RwwHAAAAAAAAAJRClOT/ORQJWLUnhgP6JYYDAAAAAAAAAEojnsqfFwoF&#10;rLoTwwH9EsMBAAAAAAAAAOWSZV8bp9kfhYIBq97EcEC/xHAAAAAAAAAAQClFSfb6UDRgldtSNJlN&#10;FG87wCWJ4QAAAAAAAACA0hpPjlwXJ9mnQ/GAVWOeDAf0q4jhzmy+j5R9UZK/RwwHAAAAAAAAADUR&#10;J/ndoYDAyj8xHNAvMRwAAAAAAAAAUAnx1Nxz4yT7u1BIYOWdGA7olxgOAAAAAAAAAKiUOMl/NRQT&#10;WDnXi+GiNNtfvL0AlySGAwAAAAAAAAAqJ94/d2OcZl8ORQVWronhgH6J4QAAAAAAAACAyorS7MFQ&#10;WGCl2lI0mU0UbynAJYnhAAAAAAAAAIBKi9K5fx0n+WdCgYGN/jwZDuiXGA4AAAAAAAAAqIU4zd+4&#10;OTCw0Z8YDuiXGA4AAAAAAAAAqI09+266Jkqz94diAxvNieGAfnXvF6/q3jfEcAAAAAAAAABAfUTJ&#10;7A+HggMbvYnhgH6J4QAAAAAAAACA2oqSbDEUHthIbSmazCaKtwzgksRwAAAAAAAAAECt7Z2a++4o&#10;yT4cChBs+PNkOKBfYjgAAAAAAAAAgK44zV4epXknFCLY8CaGA/olhgMAAAAAAAAAWCdK858PxQg2&#10;nInhgH6J4QAAAAAAAAAANomnbvrWOMlaoSjBdndRkt0nhgP6IYYDAAAAAAAAALiE8STfF1cwrCjZ&#10;lqLJbKJ4SwAuSQwHAAAAAAAAAPA4ojS7LU6yz4QiBdvZeTIc0K9eDNe9X/x96F5S5l2I4fbPzRSX&#10;CQAAAAAAAABw5aJ07vY4zb+wOVSwnZsYDuiXGA4AAAAAAAAAYIuiJH91KFiw7Z8YDuiXGA4AAAAA&#10;AAAAYEBxmr0hFC7Y9k0MB/RLDAcAAAAAAAAAcIWiJLsrFDDYtux0NJlNFC81wCWJ4QAAAAAAAAAA&#10;tsHTn/6Cr4/S2Z+Nk+xcKGawAZfkb9ubzP3L4mUGuCQxHAAAAAAAAADANiuCjL8JRQ22xSWzb9r7&#10;rB/4Z8VLC3BJYjgAAAAAAAAAgB0SJ9kPRUn+yVDcYP0ue8OeZ7z4icVLCnBJYjgAAAAAAAAAgB0W&#10;JdkN3X0uFDnYZZbk56N09vbiZQS4rGhq9ifFcAAAAAAAAAAAuyBK8+u7++1Q7GChZX+0N83y4uUD&#10;uCwxHAAAAAAAAADALvuma16yJ07mfiZK8r8KhQ92cd3X53i873BSvGwAlxWlYjgAAAAAAAAAgKHp&#10;PfksTrM/DgUQ9V620t0rr5rMvq54qQAuSwwHAAAAAAAAADACnpTe+OQozZqhEKKmO71n303XFC8P&#10;wOMSwwEAAAAAAAAAjJg4zV8SJdl9m4OIuixKs/fFSfZDTz0w+w3FSwLwuMRwAAAAAAAAAAAjqve0&#10;uHhq9hVxmn0gFEhUckn2mTidfeOeqdlnFC8DQF/EcAAAAAAAAAAAJXDhx6gm2V1xkj8aiiUqsSQ/&#10;33sinh+PCgxCDAcAAAAAAAAAUDLj6eFnxunsT8dJ/mehcKKcy/6i++v/GE/nDhWXCbAlF2K4JPvi&#10;Y+8vJV+SPyCGAwAAAAAAAAAq7ynPnPvmKMl/JEqyPwxGFKVY9tHxNP+5iWuPPLu4LIAtE8MBAAAA&#10;AAAAAFRENJmNjSf590dJ/gtxmn/gMUHFyC37VPfXX4/S/AfH07lvKS4DYCBROveT3fufGA4AAAAA&#10;AAAAoHIOHrw6nsqfF6VZM0qyzwUjiyGs+/2c7X4/98VpNt8L+IrvFuCKiOEAAAAAAAAAAGqiF57t&#10;3T97ME5mfzxKst+M02wpGF7sxJL8s92djNL8Z+P9czd+41TjqcW3BbAtxHAAAAAAAAAAADUXpdn+&#10;OMl+KE7zO7u/P9H9dSlO8vMbYoyt77Pdr/VglOZvjpLsVXvSw4ee9rRjTyj+SYBtJ4YDAAAAAAAA&#10;ACDs4MGr9+y76ZpeyDaezL0oSrPbLm729mgqe92FJdmr/vHPp2Zne//d7u/3+/GnwG6rbgyXPRDt&#10;PyyGAwAAAAAAAAAAqAMxHAAAAAAAAAAAAKUXpflPieEAAAAAAAAAAAAoNTEcAAAAAAAAAAAApSeG&#10;AwAAAAAAAAAAoPTEcAAAAAAAAAAAAJSeGA4AAAAAAAAAAIDSE8MBAAAAAAAAAABQemI4AAAAAAAA&#10;AAAASk8MBwAAAAAAAAAAQOkVMdyXgkFZmSeGAwAAAAAAAAAAqI8qx3DxtbPTxWUCAAAAAAAAAABQ&#10;ZWI4AAAAAAAAAAAASk8MBwAAAAAAAAAAQOmJ4QAAAAAAAAAAACg9MRwAAAAAAAAAAAClJ4YDAAAA&#10;AAAAAACg9MRwAAAAAAAAAAAAlF6UZv9eDAcAAAAAAAAAAECpieEAAAAAAAAAAAAoPTEcAAAAAAAA&#10;AAAApSeGAwAAAAAAAAAAoPTEcAAAAAAAAAAAAJSeGA4AAAAAAAAAAIDSE8MBAAAAAAAAAABQemI4&#10;AAAAAAAAAAAASu9iDJedDQZlZZ4YDgAAAAAAAAAAoD4qG8Ol2bvFcAAAAAAAAAAAADVR6RhunxgO&#10;AAAAAAAAAACgFsRwAAAAAAAAAAAAlJ4YDgAAAAAAAAAAgNITwwEAAAAAAAAAAFB6F2K4VAwHAAAA&#10;AAAAAABAiYnhAAAAAAAAAAAAKL14Kn9ZOCYr/ZaiyWyiuEwAAAAAAAAAAACqbG+a5XGa/UUgJiv5&#10;PBkOAAAAAAAAAACgNqI0vz5Ks/eHg7IyTwwHAAAAAAAAAABQK1GSLYaDslLPj0kFAAAAAAAAAACo&#10;k3hq9mggJiv5snfHU/mB4hIBAAAAAAAAAACouqcemP2GKM3fFY7KyjoxHAAAAAAAAAAAQO2MJ3Mv&#10;CkdlpZ0fkwoAAAAAAAAAAFBHUZIvBKKyks6T4QAAAAAAAAAAAGrpSVNHnxIl+f8Nx2VlmxgOAAAA&#10;AAAAAACgtvamsy8Mx2VlmxgOAAAAAAAAAACg1uI0v+OxcVnpthRNZhPFJQEAAAAAAAAAAFBHUZr/&#10;YiAwK9E8GQ4AAAAAAAAAAICuKM3vCYdmZZgYDgAAAAAAAAAAgEKUZIvh2Gzk58ekAgAAAAAAAAAA&#10;8FVxkj0QiM1GfJ4MBwAAAAAAAAAAwCZxmv1aODob1YnhAAAAAAAAAAAACIiT7L+Gw7NRnBgOAAAA&#10;AAAAAACAS4jS2dvD8dnIbSmazCaKbxsAAAAAAAAAAAA2ivfNTsdp9uVAgDZC82Q4AAAAAAAAAAAA&#10;+hCn+enHRmijMjEcAAAAAAAAAAAAfYqT/L+EY7Sh75QYDgAAAAAAAAAAgL7F+/PnRWn++UCQNsyJ&#10;4QAAAAAAAAAAANi6OM1+KRClDWtiOAAAAAAAAAAAAAazdyr/njjJPxOI03Z7YjgAAAAAAAAAAACu&#10;TJRkdwUCtd3cUjSZTRTfDgAAAAAAAAAAAAymF6NFSfabgVBtN+bJcAAAAAAAAAAAAGyfvVP5s6Ik&#10;WwwEazs5MRwAAAAAAAAAAADbbzzJ98Vp/tlN0drOLMk/6MekAgAAAAAAAAAAsGPifbPTcZq/8zEB&#10;27Yu+6XomXPfVvyTAAAAAAAAAAAAsDOe9rRjT4iT/G3hmO0KluTnu7/eUfwzAAAAAAAAAAAAsDui&#10;ZO6mOMne8ZiwbatL8r+Nkvz4eDL7r4ovDQAAAAAAAAAAALtvT3r4UJRmJ7o7GwzeLr0zUZL/Rvfv&#10;7S++FAAAAAAAAAAAAAxfNJmNxWn+kijNmlGSLXZ/v9TdZ4v47VPdP/9I8ed3xlP58646ePDq4q8C&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACbXHXV/wdyQlp6PijlDAAAAABJRU5ErkJgglBLAwQK&#10;AAAAAAAAACEAnWF4Q34gAAB+IAAAFAAAAGRycy9tZWRpYS9pbWFnZTIuc3ZnPD94bWwgdmVyc2lv&#10;bj0iMS4wIiBlbmNvZGluZz0iVVRGLTgiIHN0YW5kYWxvbmU9Im5vIj8+PHN2ZyB4bWxucz0iaHR0&#10;cDovL3d3dy53My5vcmcvMjAwMC9zdmciIHhtbG5zOnhsaW5rPSJodHRwOi8vd3d3LnczLm9yZy8x&#10;OTk5L3hsaW5rIiBjb250ZW50U2NyaXB0VHlwZT0idGV4dC9lY21hc2NyaXB0IiBmaWxsPSIjMDAw&#10;MDAwIiB3aWR0aD0iMTUxOS40IiB6b29tQW5kUGFuPSJtYWduaWZ5IiBjb250ZW50U3R5bGVUeXBl&#10;PSJ0ZXh0L2NzcyIgdmlld0JveD0iLTI1My4xIDE2NC45IDE1MTkuNCAxNDEyLjEiIGhlaWdodD0i&#10;MTQxMi4xIiBwcmVzZXJ2ZUFzcGVjdFJhdGlvPSJ4TWlkWU1pZCBtZWV0IiB2ZXJzaW9uPSIxIj48&#10;Zz48Zz48ZyBmaWxsPSIjNWNiNmY5IiBpZD0iY2hhbmdlMV8xIj48cGF0aCBkPSJNODg4LjAwOTQ2&#10;LDE5OS4xNjE5TDg4OC4wMDk0NiwxOTkuMTYxOUw0ODQuNzA5MTQsNjAyLjQ2MjM0QzQ3Ny4zMDUz&#10;Myw2MDkuODY2MTUsNDY1LjMwMTM2LDYwOS44NjYyLDQ1Ny44OTc1NSw2MDIuNDYyNEM0NTAuNDkz&#10;NzQsNTk1LjA1ODYsNDUwLjQ5Mzc0LDU4My4wNTQ2LDQ1Ny44OTc1NSw1NzUuNjUwOEw0NTcuODk3&#10;NTUsNTc1LjY1MDhMODYxLjE5NzgsMTcyLjM1MDMxQzg2OC42MDE2LDE2NC45NDY0OSw4ODAuNjA1&#10;NiwxNjQuOTQ2NSw4ODguMDA5NCwxNzIuMzUwMzFDODk1LjQxMzIsMTc5Ljc1NDEyLDg5NS40MTMy&#10;NywxOTEuNzU4MDcsODg4LjAwOTQ2LDE5OS4xNjE5IFoiLz48L2c+PGcgZmlsbD0iIzNhOWJkYyIg&#10;aWQ9ImNoYW5nZTJfNCI+PHBhdGggZD0iTTEwNzAuMzQ2MywyNDMuMTI4N0wxMDcwLjM0NjMsMjQz&#10;LjEyODdMNzI0LjQwNTY0LDU4OS4wNjk0QzcxNC4xNTQyNCw1OTkuMzIwOCw2OTcuNTMzNSw1OTku&#10;MzIwOCw2ODcuMjgyMSw1ODkuMDY5NEM2NzcuMDMwNyw1NzguODE4LDY3Ny4wMzA3LDU2Mi4xOTcy&#10;Nyw2ODcuMjgyMSw1NTEuOTQ1ODZMNjg3LjI4MjEsNTUxLjk0NTg2TDEwMzMuMjIyOCwyMDYuMDA1&#10;MTZDMTA0My40NzQxLDE5NS43NTM3NywxMDYwLjA5NSwxOTUuNzUzNzUsMTA3MC4zNDYzLDIwNi4w&#10;MDUxNEMxMDgwLjU5NzcsMjE2LjI1NjUzLDEwODAuNTk3NywyMzIuODc3MywxMDcwLjM0NjMsMjQz&#10;LjEyODcgWiIvPjwvZz48ZyBmaWxsPSIjMTYyZjU2IiBpZD0iY2hhbmdlM18yIj48cGF0aCBkPSJN&#10;MTE3Ny40OTg0LDUzNS44OTkyTDExNzcuNDk4NCw1MzUuODk5Mkw4NDEuNjk4Niw4NzEuNjk4N0M4&#10;MjUuMzg5Niw4ODguMDA3NzUsNzk4Ljk0NzQ1LDg4OC4wMDc3LDc4Mi42Mzg0LDg3MS42OTg2N0M3&#10;NjYuMzI5NCw4NTUuMzg5NjUsNzY2LjMyOTQsODI4Ljk0NzQ1LDc4Mi42Mzg0LDgxMi42Mzg0TDc4&#10;Mi42Mzg0LDgxMi42Mzg0TDExMTguNDM4MSw0NzYuODM4OUMxMTM0Ljc0NzIsNDYwLjUyOTg4LDEx&#10;NjEuMTg5Myw0NjAuNTI5OSwxMTc3LjQ5ODQsNDc2LjgzODkzQzExOTMuODA3NSw0OTMuMTQ3OTUs&#10;MTE5My44MDc1LDUxOS41OTAxNSwxMTc3LjQ5ODQsNTM1Ljg5OTIgWiIvPjwvZz48ZyBmaWxsPSIj&#10;NWNiNmY5IiBpZD0iY2hhbmdlMV8yIj48cGF0aCBkPSJNODU4LjQ5MzE2LDkwNS4zNjcyTDg1OC40&#10;OTMxNiw5MDUuMzY3Mkw1MDAuNjU3NTMsMTI2My4yMDI5QzQ5Ni41MDgxLDEyNjcuMzUyMyw0ODku&#10;NzgwNSwxMjY3LjM1MjMsNDg1LjYzMTA0LDEyNjMuMjAyOUM0ODEuNDgxNiwxMjU5LjA1MzUsNDgx&#10;LjQ4MTYsMTI1Mi4zMjU5LDQ4NS42MzEwNCwxMjQ4LjE3NjVMNDg1LjYzMTA0LDEyNDguMTc2NUw4&#10;NDMuNDY2Nyw4OTAuMzQwN0M4NDcuNjE2MTUsODg2LjE5MTIsODU0LjM0MzcsODg2LjE5MTIsODU4&#10;LjQ5MzE2LDg5MC4zNDA3Qzg2Mi42NDI2NCw4OTQuNDkwMiw4NjIuNjQyNjQsOTAxLjIxNzcsODU4&#10;LjQ5MzE2LDkwNS4zNjcyIFoiLz48L2c+PGcgZmlsbD0iIzVjYjZmOSIgaWQ9ImNoYW5nZTFfMyI+&#10;PHBhdGggZD0iTTExNjMuMTU1MiwzODkuOTM1NjRMMTE2My4xNTUyLDM4OS45MzU2NEwxMDIzLjAw&#10;NjYsNTMwLjA4NDE3QzEwMTIuNzU1Miw1NDAuMzM1Niw5OTYuMTM0NDYsNTQwLjMzNTYsOTg1Ljg4&#10;MzA2LDUzMC4wODQxN0M5NzUuNjMxNjUsNTE5LjgzMjc2LDk3NS42MzE2NSw1MDMuMjEyLDk4NS44&#10;ODMwNiw0OTIuOTYwNjNMOTg1Ljg4MzA2LDQ5Mi45NjA2M0wxMTI2LjAzMTYsMzUyLjgxMjFDMTEz&#10;Ni4yODMsMzQyLjU2MDczLDExNTIuOTAzOCwzNDIuNTYwNzMsMTE2My4xNTUyLDM1Mi44MTIxQzEx&#10;NzMuNDA2NSwzNjMuMDYzNDgsMTE3My40MDY1LDM3OS42ODQyNywxMTYzLjE1NTIsMzg5LjkzNTY0&#10;IFoiLz48L2c+PGcgZmlsbD0iIzNhOWJkYyIgaWQ9ImNoYW5nZTJfNSI+PHBhdGggZD0iTTcwMy40&#10;NDY1MywyMzUuOTgwNDdMNzAzLjQ0NjUzLDIzNS45ODA0N0w3Ni41ODY1MjUsODYyLjg0MDlDNjku&#10;MTgyNzEsODcwLjI0NDcsNTcuMTc4NzUzLDg3MC4yNDQ3NSw0OS43NzQ5MzMsODYyLjg0MDk0QzQy&#10;LjM3MTExMyw4NTUuNDM3MTMsNDIuMzcxMTEzLDg0My40MzMxNyw0OS43NzQ5MjUsODM2LjAyOTM2&#10;TDQ5Ljc3NDkyNSw4MzYuMDI5MzZMNjc2LjYzNDksMjA5LjE2ODg4QzY4NC4wMzg3LDIwMS43NjUw&#10;Niw2OTYuMDQyNjYsMjAxLjc2NTA2LDcwMy40NDY1LDIwOS4xNjg4N0M3MTAuODUwMywyMTYuNTcy&#10;NjgsNzEwLjg1MDM0LDIyOC41NzY2NCw3MDMuNDQ2NTMsMjM1Ljk4MDQ3IFoiLz48L2c+PGcgZmls&#10;bD0iIzVjYjZmOSIgaWQ9ImNoYW5nZTFfNCI+PHBhdGggZD0iTTEzMS4wODgxLDkwMC4xODM5Nkwx&#10;MzEuMDg4MSw5MDAuMTgzOTZMLTE4OS41MjQ0NCwxMjIwLjc5NjZDLTE5Ny4zMzUwNSwxMjI4LjYw&#10;NzMsLTIwOS45OTg1NSwxMjI4LjYwNzMsLTIxNy44MDkxNywxMjIwLjc5NjZDLTIyNS42MTk4LDEy&#10;MTIuOTg2LC0yMjUuNjE5NzgsMTIwMC4zMjI2LC0yMTcuODA5MTcsMTE5Mi41MTJMLTIxNy44MDkx&#10;NywxMTkyLjUxMkwxMDIuODAzMzcsODcxLjg5OTNDMTEwLjYxMzk4LDg2NC4wODg3LDEyMy4yNzc0&#10;OSw4NjQuMDg4NiwxMzEuMDg4MSw4NzEuODk5MjNDMTM4Ljg5ODczLDg3OS43MDk4NCwxMzguODk4&#10;NzEsODkyLjM3MzM1LDEzMS4wODgxLDkwMC4xODM5NiBaIi8+PC9nPjxnIGZpbGw9IiMxNjJmNTYi&#10;IGlkPSJjaGFuZ2UzXzYiPjxwYXRoIGQ9Ik0xMzkuMzYwOTYsMTA2Ny4wNzZMMTM5LjM2MDk2LDEw&#10;NjcuMDc2TC0yMzAuMjAyNzMsMTQzNi42Mzk2Qy0yMzUuMTY1NzcsMTQ0MS42MDI3LC0yNDMuMjEy&#10;NDYsMTQ0MS42MDI3LC0yNDguMTc1NSwxNDM2LjYzOTZDLTI1My4xMzg1NSwxNDMxLjY3NjYsLTI1&#10;My4xMzg1NSwxNDIzLjYzLC0yNDguMTc1NSwxNDE4LjY2N0wtMjQ4LjE3NTUsMTQxOC42NjdMMTIx&#10;LjM4ODE5LDEwNDkuMTAzNEMxMjYuMzUxMjM0LDEwNDQuMTQwNCwxMzQuMzk3OTIsMTA0NC4xNDA0&#10;LDEzOS4zNjA5NiwxMDQ5LjEwMzRDMTQ0LjMyNCwxMDU0LjA2NjQsMTQ0LjMyNCwxMDYyLjExMywx&#10;MzkuMzYwOTYsMTA2Ny4wNzYgWiIvPjwvZz48ZyBmaWxsPSIjNWNiNmY5IiBpZD0iY2hhbmdlMV83&#10;Ij48cGF0aCBkPSJNMzgyLjY2NzA4LDEyMjEuMDQ3NUwzODIuNjY3MDgsMTIyMS4wNDc1TDExNS45&#10;NjY4NywxNDg3Ljc0NzlDMTA1LjcxNTQ5LDE0OTcuOTk5Myw4OS4wOTQ3MSwxNDk3Ljk5OTMsNzgu&#10;ODQzMzIsMTQ4Ny43NDc5QzY4LjU5MTkzNCwxNDc3LjQ5NjYsNjguNTkxOTMsMTQ2MC44NzU3LDc4&#10;Ljg0MzMxLDE0NTAuNjI0NEw3OC44NDMzMSwxNDUwLjYyNDRMMzQ1LjU0MzUsMTE4My45MjRDMzU1&#10;Ljc5NDg2LDExNzMuNjcyNiwzNzIuNDE1NjUsMTE3My42NzI2LDM4Mi42NjcwNSwxMTgzLjkyNEMz&#10;OTIuOTE4NDYsMTE5NC4xNzUzLDM5Mi45MTg0NiwxMjEwLjc5NjEsMzgyLjY2NzA4LDEyMjEuMDQ3&#10;NSBaIi8+PC9nPjxnIGZpbGw9IiMxNjJmNTYiIGlkPSJjaGFuZ2UzXzQiPjxwYXRoIGQ9Ik00MjIu&#10;MDI2MDYsMTI2MS45OTQ4TDQyMi4wMjYwNiwxMjYxLjk5NDhMMTExLjUxOTc3NSwxNTcyLjUwMTND&#10;MTA2Ljk2MzUzLDE1NzcuMDU3Niw5OS41NzY0LDE1NzcuMDU3Nyw5NS4wMjAxNSwxNTcyLjUwMTVD&#10;OTAuNDYzOSwxNTY3Ljk0NTIsOTAuNDYzOSwxNTYwLjU1ODEsOTUuMDIwMTQsMTU1Ni4wMDE4TDk1&#10;LjAyMDE0LDE1NTYuMDAxOEw0MDUuNTI2NDMsMTI0NS40OTUyQzQxMC4wODI2NywxMjQwLjkzOSw0&#10;MTcuNDY5ODIsMTI0MC45Mzg4LDQyMi4wMjYwNiwxMjQ1LjQ5NTFDNDI2LjU4MjMsMTI1MC4wNTE0&#10;LDQyNi41ODIzLDEyNTcuNDM4NSw0MjIuMDI2MDYsMTI2MS45OTQ4IFoiLz48L2c+PGcgZmlsbD0i&#10;IzNhOWJkYyIgaWQ9ImNoYW5nZTJfMSI+PHBhdGggZD0iTTc2Mi45OTA5NywxMTE2LjY1OTRMNzYy&#10;Ljk5MDk3LDExMTYuNjU5NEw0MzUuNTE5OSwxNDQ0LjEzMDVDNDI1LjI2ODUyLDE0NTQuMzgxOCw0&#10;MDguNjQ3NzQsMTQ1NC4zODE4LDM5OC4zOTYzNiwxNDQ0LjEzMDVDMzg4LjE0NSwxNDMzLjg3OTIs&#10;Mzg4LjE0NSwxNDE3LjI1ODMsMzk4LjM5NjM2LDE0MDcuMDA3TDM5OC4zOTYzNiwxNDA3LjAwN0w3&#10;MjUuODY3NDMsMTA3OS41MzU5QzczNi4xMTg4NCwxMDY5LjI4NDUsNzUyLjczOTU2LDEwNjkuMjg0&#10;NSw3NjIuOTkwOTcsMTA3OS41MzU5Qzc3My4yNDI0LDEwODkuNzg3Miw3NzMuMjQyNCwxMTA2LjQw&#10;ODEsNzYyLjk5MDk3LDExMTYuNjU5NCBaIi8+PC9nPjxnIGZpbGw9IiMxNjJmNTYiIGlkPSJjaGFu&#10;Z2UzXzciPjxwYXRoIGQ9Ik0yOTYuMjkyMDIsMTE5Mi4wMDcyTDI5Ni4yOTIwMiwxMTkyLjAwNzJM&#10;LTM2LjEzMzg3NywxNTI0LjQzMjlDLTUwLjg2MDAyNywxNTM5LjE1OSwtNzQuNzM1ODI1LDE1Mzku&#10;MTU5LC04OS40NjE5NywxNTI0LjQzMjlDLTEwNC4xODgxMSwxNTA5LjcwNjcsLTEwNC4xODgwOTUs&#10;MTQ4NS44MzA5LC04OS40NjE5NDUsMTQ3MS4xMDQ3TC04OS40NjE5NDUsMTQ3MS4xMDQ3TDI0Mi45&#10;NjM5NiwxMTM4LjY3OTFDMjU3LjY5MDEyLDExMjMuOTUyOSwyODEuNTY1OTIsMTEyMy45NTI5LDI5&#10;Ni4yOTIwNSwxMTM4LjY3OTFDMzExLjAxODIsMTE1My40MDUzLDMxMS4wMTgyLDExNzcuMjgxLDI5&#10;Ni4yOTIwMiwxMTkyLjAwNzIgWiIvPjwvZz48ZyBmaWxsPSIjM2E5YmRjIiBpZD0iY2hhbmdlMl82&#10;Ij48cGF0aCBkPSJNMzM0LjYyNDUsMTAxMi41OTk3M0wzMzQuNjI0NSwxMDEyLjU5OTczTDg2LjU2&#10;NTkzLDEyNjAuNjU4NEM3Ni4zMTQ1NSwxMjcwLjkwOTgsNTkuNjkzNzcsMTI3MC45MDk4LDQ5LjQ0&#10;MjM4LDEyNjAuNjU4NEMzOS4xOTA5ODcsMTI1MC40MDcxLDM5LjE5MDk4MywxMjMzLjc4NjMsNDku&#10;NDQyMzY4LDEyMjMuNTM0OUw0OS40NDIzNjgsMTIyMy41MzQ5TDI5Ny41MDA5Miw5NzUuNDc2MkMz&#10;MDcuNzUyMyw5NjUuMjI0OCwzMjQuMzczMDgsOTY1LjIyNDgsMzM0LjYyNDQ4LDk3NS40NzYyQzM0&#10;NC44NzU5LDk4NS43Mjc2LDM0NC44NzU5LDEwMDIuMzQ4MywzMzQuNjI0NSwxMDEyLjU5OTczIFoi&#10;Lz48L2c+PGcgZmlsbD0iIzE2MmY1NiIgaWQ9ImNoYW5nZTNfOCI+PHBhdGggZD0iTTczNy4yMzg2&#10;LDY3Mi43NDE2NEw3MzcuMjM4Niw2NzIuNzQxNjRMNDE3LjQ5MzE2LDk5Mi40ODczN0M0MDEuNTQ2&#10;NjMsMTAwOC40MzM5LDM3NS42OTIxNywxMDA4LjQzMzk2LDM1OS43NDU2NCw5OTIuNDg3NEMzNDMu&#10;Nzk5MSw5NzYuNTQwOSwzNDMuNzk5MDcsOTUwLjY4NjQ2LDM1OS43NDU2LDkzNC43Mzk5TDM1OS43&#10;NDU2LDkzNC43Mzk5TDY3OS40OTEsNjE0Ljk5NDJDNjk1LjQzNzU2LDU5OS4wNDc2Nyw3MjEuMjky&#10;LDU5OS4wNDc2LDczNy4yMzg1LDYxNC45OTQxNEM3NTMuMTg1MDYsNjMwLjk0MDcsNzUzLjE4NTEs&#10;NjU2Ljc5NTEsNzM3LjIzODYsNjcyLjc0MTY0IFoiLz48L2c+PGcgZmlsbD0iIzVjYjZmOSIgaWQ9&#10;ImNoYW5nZTFfNSI+PHBhdGggZD0iTTkzMC4yODkyLDU2My43NDE3TDkzMC4yODkyLDU2My43NDE3&#10;TDM0Ni4yODA3NiwxMTQ3Ljc1MDJDMzQwLjY4OTEsMTE1My4zNDE5LDMzMS42MjMyMywxMTUzLjM0&#10;MTksMzI2LjAzMTU2LDExNDcuNzUwMkMzMjAuNDM5ODgsMTE0Mi4xNTg2LDMyMC40Mzk4OCwxMTMz&#10;LjA5MjcsMzI2LjAzMTU2LDExMjcuNTAxTDMyNi4wMzE1NiwxMTI3LjUwMUw5MTAuMDM5OSw1NDMu&#10;NDkyNDNDOTE1LjYzMTYsNTM3LjkwMDc2LDkyNC42OTc1LDUzNy45MDA3Niw5MzAuMjg5Miw1NDMu&#10;NDkyNDNDOTM1Ljg4MDg2LDU0OS4wODQxLDkzNS44ODA4Niw1NTguMTUsOTMwLjI4OTIsNTYzLjc0&#10;MTcgWiIvPjwvZz48ZyBmaWxsPSIjM2E5YmRjIiBpZD0iY2hhbmdlMl8zIj48cGF0aCBkPSJNNzEy&#10;LjYwOTgsOTQ1LjEwMjA1TDcxMi42MDk4LDk0NS4xMDIwNUw0ODguMDc5NjIsMTE2OS42MzI3QzQ3&#10;Ny44MjgyNSwxMTc5Ljg4NCw0NjEuMjA3NDYsMTE3OS44ODQsNDUwLjk1NjA1LDExNjkuNjMyN0M0&#10;NDAuNzA0NjUsMTE1OS4zODEzLDQ0MC43MDQ2NSwxMTQyLjc2MDUsNDUwLjk1NjAyLDExMzIuNTA5&#10;Mkw0NTAuOTU2MDIsMTEzMi41MDkyTDY3NS40ODYyNyw5MDcuOTc4NUM2ODUuNzM3Nyw4OTcuNzI3&#10;MSw3MDIuMzU4NCw4OTcuNzI3MSw3MTIuNjA5OCw5MDcuOTc4NUM3MjIuODYxMiw5MTguMjI5OSw3&#10;MjIuODYxMiw5MzQuODUwNjUsNzEyLjYwOTgsOTQ1LjEwMjA1IFoiLz48L2c+PGcgZmlsbD0iIzNh&#10;OWJkYyIgaWQ9ImNoYW5nZTJfMiI+PHBhdGggZD0iTTEyNTUuOTYzOSw1ODAuNjE2MTVMMTI1NS45&#10;NjM5LDU4MC42MTYxNUw5NzcuNTMyMSw4NTkuMDQ4MUM5NjcuMjgwNyw4NjkuMjk5NSw5NTAuNjYs&#10;ODY5LjI5OTUsOTQwLjQwODU3LDg1OS4wNDgxQzkzMC4xNTcxNyw4NDguNzk2Nyw5MzAuMTU3MTcs&#10;ODMyLjE3NTk2LDk0MC40MDg1Nyw4MjEuOTI0NTZMOTQwLjQwODU3LDgyMS45MjQ1NkwxMjE4Ljg0&#10;MDMsNTQzLjQ5MjZDMTIyOS4wOTE3LDUzMy4yNDEyLDEyNDUuNzEyNSw1MzMuMjQxMiwxMjU1Ljk2&#10;MzksNTQzLjQ5MjZDMTI2Ni4yMTUyLDU1My43NDQsMTI2Ni4yMTUyLDU3MC4zNjQ3NSwxMjU1Ljk2&#10;MzksNTgwLjYxNjE1IFoiLz48L2c+PGcgZmlsbD0iIzE2MmY1NiIgaWQ9ImNoYW5nZTNfNSI+PHBh&#10;dGggZD0iTTkxNS4xMDIwNSwyOTcuMTI2OTJMOTE1LjEwMjA1LDI5Ny4xMjY5Mkw3NDEuMTY1MSw0&#10;NzEuMDYzOUM3MzAuOTEzNyw0ODEuMzE1MjgsNzE0LjI5Mjk3LDQ4MS4zMTUyOCw3MDQuMDQxNTYs&#10;NDcxLjA2MzlDNjkzLjc5MDE2LDQ2MC44MTI1Myw2OTMuNzkwMTYsNDQ0LjE5MTc0LDcwNC4wNDE1&#10;Niw0MzMuOTQwMzdMNzA0LjA0MTU2LDQzMy45NDAzN0w4NzcuOTc4NSwyNjAuMDAzNEM4ODguMjI5&#10;OSwyNDkuNzUyLDkwNC44NTA2NSwyNDkuNzUyLDkxNS4xMDIwNSwyNjAuMDAzNEM5MjUuMzUzNDUs&#10;MjcwLjI1NDc2LDkyNS4zNTM0NSwyODYuODc1NTUsOTE1LjEwMjA1LDI5Ny4xMjY5MiBaIi8+PC9n&#10;PjxnIGZpbGw9IiMxNjJmNTYiIGlkPSJjaGFuZ2UzXzMiPjxwYXRoIGQ9Ik00NzAuNTQzNTgsNjkx&#10;LjIyMzRMNDcwLjU0MzU4LDY5MS4yMjM0TDIwNy4yODIwOSw5NTQuNDg1MDVDMTkwLjkyODc2LDk3&#10;MC44Mzg0LDE2NC40MTQ3Niw5NzAuODM4NDQsMTQ4LjA2MTQzLDk1NC40ODUxQzEzMS43MDgxLDkz&#10;OC4xMzE4LDEzMS43MDgwOCw5MTEuNjE3OCwxNDguMDYxNDIsODk1LjI2NDQ3TDE0OC4wNjE0Miw4&#10;OTUuMjY0NDdMNDExLjMyMjg4LDYzMi4wMDI4QzQyNy42NzYyLDYxNS42NDk1LDQ1NC4xOTAyMiw2&#10;MTUuNjQ5NCw0NzAuNTQzNTUsNjMyLjAwMjc1QzQ4Ni44OTY4OCw2NDguMzU2MSw0ODYuODk2OSw2&#10;NzQuODcwMDYsNDcwLjU0MzU4LDY5MS4yMjM0IFoiLz48L2c+PGcgZmlsbD0iIzVjYjZmOSIgaWQ9&#10;ImNoYW5nZTFfNiI+PHBhdGggZD0iTTYyNC4zNzQyLDYyOS4wNjI1Nkw2MjQuMzc0Miw2MjkuMDYy&#10;NTZMNDQzLjgxMDgsODA5LjYyNjA0QzQzOC40OTI3LDgxNC45NDQxNSw0MjkuODcwMzYsODE0Ljk0&#10;NDE1LDQyNC41NTIyNSw4MDkuNjI2MDRDNDE5LjIzNDEzLDgwNC4zMDc5LDQxOS4yMzQxNiw3OTUu&#10;Njg1Niw0MjQuNTUyMjUsNzkwLjM2NzVMNDI0LjU1MjI1LDc5MC4zNjc1TDYwNS4xMTU2Niw2MDku&#10;ODA0QzYxMC40MzM4LDYwNC40ODU5LDYxOS4wNTYxLDYwNC40ODU5LDYyNC4zNzQyLDYwOS44MDRD&#10;NjI5LjY5MjMsNjE1LjEyMjEzLDYyOS42OTIzLDYyMy43NDQ0NSw2MjQuMzc0Miw2MjkuMDYyNTYg&#10;WiIvPjwvZz48ZyBmaWxsPSIjMTYyZjU2IiBpZD0iY2hhbmdlM18xIj48cGF0aCBkPSJNOTE1LjI3&#10;NzEsNTAxLjMwNjZMOTE1LjI3NzEsNTAxLjMwNjZMNzk4Ljc5NTIsNjE3Ljc4ODVDNzg4LjU0Mzgs&#10;NjI4LjAzOTksNzcxLjkyMzEsNjI4LjAzOTksNzYxLjY3MTcsNjE3Ljc4ODVDNzUxLjQyMDMsNjA3&#10;LjUzNzEsNzUxLjQyMDMsNTkwLjkxNjQsNzYxLjY3MTcsNTgwLjY2NUw3NjEuNjcxNyw1ODAuNjY1&#10;TDg3OC4xNTM1Niw0NjQuMTgzMDdDODg4LjQwNDk3LDQ1My45MzE3LDkwNS4wMjU3LDQ1My45MzE3&#10;LDkxNS4yNzcxLDQ2NC4xODMwN0M5MjUuNTI4NSw0NzQuNDM0NDUsOTI1LjUyODUsNDkxLjA1NTI0&#10;LDkxNS4yNzcxLDUwMS4zMDY2IFoiLz48L2c+PC9nPjwvZz48L3N2Zz5QSwMEFAAGAAgAAAAhABBA&#10;Jp3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNy6dKOsozSdpomPIaRJ&#10;G0i7Zo1pKxqnatKt+/eYE9xs+fHrx/lytK04Ye8bRwqmkxgEUulMQ5WCz4/naAHCB01Gt45QwQU9&#10;LIvrq1xnxp1ph6d9qASHkM+0gjqELpPSlzVa7SeuQ+LZl+utDtz2lTS9PnO4beUsjufS6ob4Qq07&#10;XNdYfu8Hyxr129OQvGxwtR0O/fuFXrt1clDq9mZcPYIIOIY/GH71eQcKdjq6gYwXrYLoLk7umeXq&#10;IU1BMBLNpnMQRwWLJAVZ5PL/D8UPAAAA//8DAFBLAwQUAAYACAAAACEAIlYO7scAAAClAQAAGQAA&#10;AGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kLFqAzEMhvdC3sFo7/nuhlJKfFlKIWtIH0DYOp/J&#10;WTaWG5q3j2mWBgLdOkri//4PbXffcVVnKhISGxi6HhSxTS6wN/B5/Hh+BSUV2eGamAxcSGA3bZ62&#10;B1qxtpAsIYtqFBYDS635TWuxC0WULmXidplTiVjbWLzOaE/oSY99/6LLbwZMd0y1dwbK3o2gjpfc&#10;mv9mp3kOlt6T/YrE9UGFDrF1NyAWT9VAJBfwthw7OXvQjx2G/3EYusw/DvruudMVAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhAKjWx6gTAQAASQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAABEAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAQOUvmzcCAADjBAAADgAAAAAAAAAAAAAAAABDAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAKAAAAAAAAACEAZDk0xHw8AgB8PAIAFAAAAAAAAAAAAAAAAACmBAAAZHJz&#10;L21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAnWF4Q34gAAB+IAAAFAAAAAAAAAAAAAAA&#10;AABUQQIAZHJzL21lZGlhL2ltYWdlMi5zdmdQSwECLQAUAAYACAAAACEAEEAmneMAAAALAQAADwAA&#10;AAAAAAAAAAAAAAAEYgIAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhACJWDu7HAAAApQEA&#10;ABkAAAAAAAAAAAAAAAAAFGMCAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcABwC+&#10;AQAAEmQCAAAA&#10;" path="m3905734,l,,,3632334r3905734,l3905734,xe" stroked="f">
+            <v:shape w14:anchorId="1DE9CE99" id="Freeform: Shape 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:-152.25pt;margin-top:-48.85pt;width:141.45pt;height:91.2pt;flip:x;z-index:-251652094;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" coordsize="3905735,3632333" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQABdRSKWAIAABgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0Dc&#10;G9txPjZWnL1EaSu13VV3+wMIhhgJDAISO/31HSBOou2hatULHszwePPewPpxUBKdmHVCdzUuJjlG&#10;rKO6Ed2hxj9edx8eMHKedA2RumM1PjOHHzfv3617U7GpbrVsmEUA0rmqNzVuvTdVljnaMkXcRBvW&#10;wSLXVhEPU3vIGkt6QFcym+b5Iuu1bYzVlDkHf7dpEW8iPueM+ifOHfNI1hi4+TjaOO7DmG3WpDpY&#10;YlpBLzTIP7BQRHRw6BVqSzxBRyt+g1KCWu009xOqVaY5F5TFGqCaIn9TzUtLDIu1gDjOXGVy/w+W&#10;fjs9WySaGpdFsVot83KJUUcUWLWzjAXhKxR5oOkqqNUbV8GmF/NsLzMHYSh94FYhLoX5BI0QxYDy&#10;0BC1Pl+1ZoNHFH4Wy9ViVswxorBWFPOH6Sy6kSWgAEiPzn9kWoWYnL44n8xqxoi0Y0SHbgwtWB7M&#10;ltFsjxGYbTECs/fJbEN82BdAQ4h6KH2Vz5clcGkhXpTTsiwjf6VP7FXHTB8KSXkzjMZygOwtR3b3&#10;udBsd1nj2vg1ES/lpBNngR3gjRnjN2Xen/y3+aOsIyKV2rF0WBAgnnoVBRjcy74HO3dCyqBBiC8t&#10;CJr++aKm5t5qelSs8+m2WiaJh6fCtcI48KZias+g+eznJrUMkaYlX3WzEwMiCq7rPM/HAgKBQMR5&#10;yzwF4qTiwO07OJ7KuS5AFTfmWWjZ1KQh2uvmDC0Pb5Z/goFLDR1AARrs1/bnm38BOOyC6xeFujwV&#10;4X7fz2PW7UHb/AIAAP//AwBQSwMECgAAAAAAAAAhAGQ5NMR8PAIAfDwCABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAnEAAAJEwgGAAAAIUjZqgAAAAFzUkdCAK7OHOkA&#10;AAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAABhMAAAYTAGIN/zbAAD/pUlEQVR4Xuz9C5ykd0Hn+0c3&#10;CuwGuWSqJyAa1KAYMlWT5TbVMzB4heNxFUlXTTLVk0HwsKurK666i/vHfxBU5GZEbumqCVFUlOQo&#10;mHT1JAZ20KDsHllZNTJkqoYoXlgXjygJ01UzOn2quh8RJgVMap7fb57n+b3fr9f3NawK6f79+vLw&#10;qs/WXAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAJCo1pGNi/YdXn9857b1Zy2v&#10;ja9e7q9/f2dt/IrO2smblg+PX9lZG724s3piefN/f/v6ZQffufHI7N8KAAAAAAAAAAAA58911218&#10;8f7+yd2d1dGPLvfHv7HcH/2v5bXxxtmu0x99otMf95dXRy/t3Lr+TUu/d/ph2X80AAAAAAAAAAAA&#10;hLd/dbyzszZ+Q6c/HswK3eZef/zny2sne9N3kMv+UQAAAAAAAAAAAJC/ztr6t3bWRm9dXhudmBm0&#10;5bn+6B2d20bflf2jAQAAAAAAAAAA4NwdWDuxp7M2fuNkfzMzXgu0yT9vvbM2uunA4fVnZx8KAAAA&#10;AAAAAAAAPHh7j2xc2Dk8fk2nP1qfFaxFW390qrN28qbWkY2Lsg8NAAAAAAAAAAAAzs6B/smndPqj&#10;X50ZqJ2ndfrj/nL/1DdmHyIAAAAAAAAAAAB8fstrp/5Npz9+76wo7Xyv0x/9weTPTvahAgAAAAAA&#10;AAAAwGyd1fV/2+mvHzszRCvSOmvjj3VWRz963XUbX5x92AAAAAAAAAAAAPDPOv31l80K0Aq7/vj6&#10;7EMHAAAAAAAAAACALZ3+uFwxXLbO6ugl2acAAAAAAAAAAABA6soaw22uP/p4Z+3EwexTAQAAAAAA&#10;AAAAIFWljuE+vdEfLd9+6luyTwkAAAAAAAAAAIDUVCOG+/RuX75jfEX2qQEAAAAAAAAAAJCK5f74&#10;+hlRWbnXH9+SfXoAAAAAAAAAAACkoGLvDPeZO9E5PPqO7NMEAAAAAAAAAACgyiocw2Ub/Ur2qQIA&#10;AAAAAAAAAFBV1Y/hphv9Q2dttJR9ygAAAAAAAAAAAFRNGjFctv74ltbNG/8i+9QBAAAAAAAAAACo&#10;iuX++PqZ4ViF17lt/VnZpw8AAAAAAAAAAED5bXxRUu8M91k72c0OAQAAAAAAAAAAgHJLOYYbb3T6&#10;o7s7a6e/LDsMAAAAAAAAAAAASmlj44s6h9ON4T691fXnZCcCAAAAAAAAAABA6Yjh/nn98U9kpwIA&#10;AAAAAAAAAECpiOE+a5218W9lJwMAAAAAAAAAAECZLPfH188Kw1LeNbd+clt2PAAAAAAAAAAAABTe&#10;xsYX7e+Pf2JWEJb69q+efGZ2SgAAAAAAAAAAABSaGO7zrnN43M5OCgAAAAAAAAAAgMISw33Bdfqj&#10;H8xOCwAAAAAAAAAAgEISw53d+uNXZicGAAAAAAAAAABA0WxsbHzRshjurNZZO3lTdmwAAAAAAAAA&#10;AAAUzXJ/fP2s+MtmrD8+kh0bAAAAAAAAAAAAReGd4ebZybdlxwcAAAAAAAAAAEARiOHm3quzIwQA&#10;AAAAAAAAAOB8E8PNv05/9B+zYwQAAAAAAAAAAOB8EsOd2zqHx9dkRwkAAAAAAAAAAMD5IoY79+1f&#10;PfUN2XECAAAAAAAAAABwviz3x9fPirzs7Hdw9f5LsuMEAAAAAAAAAAAgtuuu2/hi7wyXw/qj38mO&#10;FAAAAAAAAAAAgNjEcPmt0x//THasAAAAAAAAAAAAxCSGy3f7V0ffmR0tAAAAAAAAAAAAsYjh8l2n&#10;Px4s//p9C9nxAgAAAAAAAAAAEIMYLv91+qO3ZccLAAAAAAAAAABALMv98fWzoi47h/VHz82OFwAA&#10;AAAAAAAAgNA23xludf3lM4MuO4etr3XW/ubLsmMGAAAAAAAAAAAgpOs2Nr54eW0shguwztr4YHbM&#10;AAAAAAAAAAAAhCSGC7p3HTyy8dDsqAEAAAAAAAAAAAhFDBd2ncPja7KjBgAAAAAAAAAAIKTl/vj6&#10;WSGX5bD++Eh2zAAAAAAAAAAAAITineECrz96//7+id3ZcQMAAAAAAAAAABCCGC74/rSzNlrKjhsA&#10;AAAAAAAAAIAQxHChNxp31tZ/IDtuAAAAAAAAAAAAQhDDhV9nbfzT2XEDXPDUm+69ZPfK8T2LvWPL&#10;i73BK5q9wU3TLfaGtzS7wyPTbf7rT//PB6+Y7Hum/56ndY89LvuPAQAAAAAAAADgTMv98fWzIi7L&#10;af3xLXuPbFyYHTeQmMVDRx++a+XY3sXe8R9q9ga/vNgdfmixN9w4lzV7w+HkP+fmZu/YS3b3jn/L&#10;U9/woYuzfxwAAAAAAAAAQJpaN9/8L5a9M1zQddZO3rTv8PrjsyMHErH3pnsfutgbftti99hrF7uD&#10;PzgzaMt93cGHFnvH3ri7d8/z9t70wUdmHwYAAAAAAAAAQBpaN2+I4QJPDAfp2XvTvY9sdocvXewO&#10;BzPDtTj788leM/1rWbMPCwAAAAAAAACgusRw4ddZG4nhICG7evc8bbE7fGWzN/zwGXHaedvkY/no&#10;Ynfw+t29wbOyDxMAAAAAAAAAoFrEcOEnhoN0TN8RbrF3/Ppmd7A+K0orwpq94almb3CTd4wDAAAA&#10;AAAAACpFDBd+YjhIw1N/8S8uXlw59kOL3eEfzIrQirhmb3hP89Dwpc1DH7k0+zQAAAAAAAAAAMpJ&#10;DBd+YjhIQ/PQ8Ipmb/jBWdFZOTa4d/fK8T3ZpwMAAAAAAAAAUC5iuPDr9Ec37V897V2XoOKaK8e+&#10;r9kbfnh2aFaeTT6Hv2r2jr1k1zs++rDsUwMAAAAAAABI11NvuveSxe49z1/sDV/T7A5/abIjk399&#10;tNkdfOLTL7Z2Bx/L3j3lzmZvcNNib/CKZvfYt+99490XZf8xQARiuPATw0H17b3p3oc2e8ff8unn&#10;nOrsnZ7NAAAAAAAAgOQsHjr68GZ38Oxmb/CyZm94x+Rf3zfjBdWz3V8s9ga3LHYH/3F399iu7B8B&#10;BCCGCz8xHFTfnt7x+uTZ5e0znmkqsWZ30F/sHn9G9ukCAAAAAAAAVNfmu6GsbEZwH5/1AmpOO7rY&#10;O7ac/SOBnExjuE5//RVnBlyW38RwUH3NG+55ZrN7vD/j+aVa6w7eN/k8vz37tAEAAAAAAACqZddb&#10;7vnyZm/ww5P9/swXTQOs2R30myuDA09e+cCXZB8GMKetGG4shgs4MRxUX/PQ8IrpXwE/67mlimv2&#10;hvftXjm+J/v0AQAAAAAAAMpvz5v/7FGLveH3NnuD3znzRdJYa3YH//fioeNXZR8S8CCJ4cJvK4Y7&#10;IYaDCmuuDJ7b7A0/OOtZpdLrDgfN7vGl7BgAAAAAAAAAymvx0PApi73Br858cTT+/nF3b/Dqp77x&#10;7kuyDw84C2K48BPDQfUlG8Nlm3zuH9jdO/Yt2XEAAAAAAAAAlM/u3vF/s9gbvvfMF0TP95org19u&#10;Hjp2ZfZhAp+HGC78xHBQfanHcP+8wXuabz3+1OxYAAAAAAAAAMpj18rw3za7g2OzXwwtwgbvmfz5&#10;bdmHC8wghgu/ztrJt4rhoNp2rxzf0+wN73vgs0iam5zF+/ded+TC7HgAAAAAAAAAim3x0NGHN3uD&#10;lzW7g+K/8Nsdfmh399gLsw8d+AxiuPATw0H1NQ95Z7hZa3YHr8qOCAAAAAAAAKC49t507yMXe8ev&#10;n/XCZ1HX7A4+IYqDzyaGCz8xHFSfGO5zr9kdrE/fTTg7KgAAAAAAAIDiKWMM9+l1hx+a/OmvT4WJ&#10;vUeOXNhZE8OFnBgOqs9fk/qFNz2fp7/l6OOzIwMAAAAAAAAojlLHcJ/e4D3NQ8euzD4lSNLeIxti&#10;uMATw0H1bb4zXHfwP2c/b9hnrXv8rdmxAQAAAAAAABRDNWK4rTVXBr/89N7x7dmnBkkRw4VfZ20k&#10;hoOKE8M9uE3O6h929Y7tz44PAAAAAAAA4Pzae92RCxd7w1vOfHGz1Ds0fEP26UEyxHDhJ4aD6hPD&#10;zbnu8PCeG4/VsmMEAAAAAAAAOD823xmuO/i5mS9slnsnFw8dvyr7NKHyxHDhJ4aD6tu9cnxPsze8&#10;b8ZzhZ3Nuvc8PztKAAAAAAAAgPgqHMP902558soHviT7dKGyxHDhJ4aD6vPOcDmsOzyyq3f3o7Mj&#10;BQAAAAAAAIgngRhuc81DgwPZpwyVJIYLv2kMd+DOja/MjhyoIDFcftvdPfbC7FgBAAAAAAAA4kgl&#10;hpuu2R30n/ZLx74s+9ShUsRw4SeGg+oTw+W9weplrz/2kOx4AQAAAAAAAMJKKYb7pzV7wxdlnz5U&#10;xjSG299f/8kzAy7Lb2I4qL7dK8f3TJ4T7pv1/GDzb3qu2REDAAAAAAAAhLP3uiMXLvaGt5z5omUC&#10;O5odAVSCGC78xHBQfd4ZLuQG12fHDAAAAAAAABDG5jvD9dJ6Z7hPrzs4vbt7bFd2FFBqWzHcWAwX&#10;cGI4qD4xXOB1h3+4d+XD27LjBgAAAAAAAMjXnjf/0aOSjeE+veM/lB0HlNZ1RzYuXBbDBd1WDHdC&#10;DAcVtqs7/K5mdyiGC7zd3UE7O3IAAAAAAACA/Ijh/mmDW7IjgVISw4VfZ3X01gO3iuGgynavHN/T&#10;7A3vm/2sYHmu2Tv+luzYAQAAAAAAAPIhhvus/UXz0J9cmh0NlIoYLvzEcFB9m+8M1/POcNHWHbwv&#10;O3oAAAAAAACAc7fnzX/2qMXecTHcZ6y5Mrw6Ox4oDTFchPVP3iiGg2oTw8VfsztY33PjscuzKwAA&#10;AAAAAACY397rjly42BvecuYLkzZ4RXZEUApiuAgTw0HlieHO35orgwPZNQAAAAAAAADMxzvDfd4d&#10;yo4JCu9FKx/4EjFc4InhoPJ2rxzf0+wN75vxTGBx9prsKgAAAAAAAAAePDHcF1h3eGt2VFBoYrgI&#10;E8NB5XlnuPO/Znf4a9l1AAAAAAAAADw4Yriz2n/LjgsK60UrG2K40BPDQeWJ4YqxyR28P7sSAAAA&#10;AAAAgLMnhjvrfSQ7MigkMVyE9UdiOKg4MVxxNrmHv7r85ru/NLsaAAAAAAAAgC9MDPegdv/eN959&#10;UXZ0UChiuAgTw0Hl7V45vqfZG9434xnAztOeetO9l2TXAwAAAAAAAPD57b3uyIWLveEtZ77waJ97&#10;2dFBoYjhIkwMB5XnneGKuebKvU/MrggAAAAAAADgc/POcHPtL7Ljg8IQw0VYf3Tj828//RXZkQMV&#10;JIYr7nb1jj8tuyYAAAAAAACA2TZjuO7g9bNedLTPs+7wD7IjhEJ40Qc2vmT5sBgu6MRwUHmbMVx3&#10;8Iczf/fbed/u3rFvya4KAAAAAAAA4IHEcOe027NjhPNODBdhYjiovN0rx/c0e8P7ZvzOt4Ls6b3B&#10;s7LrAgAAAAAAAPhse35FDHdO6w7flh0lnFebMdza+k/NjLgsn4nhoPK8M1w51jw0/KbsygAAAAAA&#10;AAD+mRguh3WHr82OE84bMVyEieGg8sRwJdqh4VOyawMAAAAAAADYIobLZ83e8EXZkcJ5sRXDjcVw&#10;ISeGg8oTw5Vrz3zr8AnZ1QEAAAAAAACI4fJasze4b9cNwx3ZsUJ0YrgI24zhTojhoMJ2rxzf0+wN&#10;75v1u96Kub033fvI7PoAAAAAAACA1Inh8luzN7wjO1aITgwXfvv7oxv3ieGg0rwzXAnXHfxpdn0A&#10;AAAAAABA6sRw+a7ZG7wsO1qISgwXfmI4qD4xXEnXHf52doUAAAAAAABAysRwAXboI9+aHS9EI4YL&#10;v87hk4fEcFBtYrhS723ZNQIAAAAAAACp2nvdkQsXe8Nbzngx0c5hzd7w49nxQjRiuPATw0H17V45&#10;vmfye/y+Wb/frfhrrniHXgAAAAAAAEiad4YLs+ah4UuzI4YoWjff/aXLYrigE8NB9XlnuArs0PGr&#10;susEAAAAAAAAUrOrd/ejxXD5r9kd/P6u3uCy7JghODFc+InhoPp2d4ffNXkuEsOVeM3e4G+f0f3T&#10;r8quFAAAAAAAAEiJGC7cmr3BD2fHDMG1bt4QwwVep3/y0L53iuGgynb37nmeGK4SuzO7UgAAAAAA&#10;ACAlYrig++3FQ3/22OyoISgxXPh1+iMxHFTc7pXje5q94X0zfqdb2dYdvjK7VgAAAAAAACAVYrjg&#10;+97sqCEoMVz4ieGg+rwzXOX2bdnVAgAAAAAAACnYe92RCxd7w1vOeOHQclqzOzwyPePsuCEYMVz4&#10;ieGg+sRwldvv7r3p3odm1wsAAAAAAABUnXeGC773Lh4aPiU7bghGDBd+0xius3b6cdmRAxUkhqvi&#10;Bq/IrhcAAAAAAACoOjFc2DV7g3t2947/m+y4IRgxXPiJ4aD6dq8c39PsDe+b9TvdyrvmoeEV2RUD&#10;AAAAAAAAVSaGC7tmd/jJZm/4ouy4IZhpDNdZXf/pWRGX5TMxHFSfd4ar6LqDX8muGAAAAAAAAKgy&#10;MVz4NXuDl2XHDcGI4cJPDAfVJ4ar8A4dvyq7ZgAAAAAAAKCq9l535MLF3vCWB7xgaDnu+PXZcUMw&#10;YrjwE8NB9Ynhqrtmb/iu667b+OLsqgEAAAAAAIAq8s5wMXb8+r033fvI7MghiK0YbiyGC7itGO5T&#10;YjiosN0rx/c0e8P7Zv8+t7Kv2T327dlVAwAAAAAAAFW0q/fRRy92j4vhgk4MR3hiuPATw0H17e4N&#10;n7fYHXpnuMpu8PbpuyJn1w0AAAAAAABUzTSGa64Mf372C4aWz8RwhNe6e+NLO2tiuJATw0H1ieGq&#10;vWZ3+L93rwz/j+y6AQAAAAAAgKoRw8WYGI7wxHAxdrInhoNq24rhBn80+/e5VWHN3vB12XUDAAAA&#10;AAAAVbMZw/XEcGEnhiM8MVyMieGg6navHN8zeS66b/bvc6vGBvd6LgMAAAAAAICKEsPF2OD6vTd9&#10;0IuuBPWctWMPEcOFnhgOqs47wyWxj07vObtyAAAAAAAAoErEcDE2uH7v9WI4whLDxZgYDqpODJfG&#10;mocGP5JdOQAAAAAAAFAlYrgYE8MRnhguxsRwUHX+mtQ01uwOfym7cgAAAAAAAKBKxHAxNrj+m1eO&#10;PyI7cgjiOWunxXDBJ4aDqvPOcKls8PbmoY9cml07AAAAAAAAUBViuBgTwxGeGC7GRmI4qDgxXBpr&#10;do/39/SO17NrBwAAAAAAAKpCDBd+zd7g+ieL4QhMDBdjYjioOn9NaiLrDj72tO4xP88BAAAAAACg&#10;asRw4SeGIwYxXIyNete++/SXZ0cOVJB3hktjk2ff9+/qDZ6TXTsAAAAAAABQFU99w4cuFsOFnRiO&#10;GMRwMSaGg6oTw6UxMRwAAAAAAABUlBgu/MRwxPADa6cfckAMF3hiOKi6zRiuJ4ar+sRwAAAAAAAA&#10;UFFiuPATwxHDNIZb7q+/cnbEZblsddS79jYxHFSZGC6NbcZwN4jhAAAAAAAAoHLEcOEnhiMGMVyE&#10;ieGg8sRwaWwawzW7H3l2du0AAAAAAABAVYjhwk8MRwxiuAgTw0HlieHSmBgOAAAAAAAAKkoMF37N&#10;Q8OfFcMR2lYMNxbDhdxmDPcpMRxUmBgujYnhAAAAAAAAoKLEcOEnhiMGMVyEieGg8sRwaUwMBwAA&#10;AAAAABUlhgs/MRwxiOEiTAwHlbe4cuwqMVz11+wN3t/sDsRwAAAAAAAAUDViuPATwxGDGC7GTnbF&#10;cFBtYrg0JoYDAAAAAACAinrqL4rhQq/ZFcMRnhguxsRwUHViuDQmhgMAAAAAAICKEsOFnxiOGA7e&#10;dO9DxXChJ4aDqhPDpTExHAAAAAAAAFTUZgzXPfaGWS8UWj4TwxGDGC7GxHBQdWK4NCaGAwAAAAAA&#10;gIoSw4WfGI4YxHAxJoaDqhPDpbFmb/h7TTEcAAAAAAAAVI8YLvzEcMRw8MjGQ5cPi+HCTgwHVSeG&#10;S2NiOAAAAAAAAKiop/7iX1zc7A7FcAEnhiMGMVyMjcRwse3de+HFV171lO319tW1eusltUarN/nz&#10;yEKjfdfkz3vP3EK9/fuTP49M/u9+dfLnKyZ/Pn/y557a5a2Lsv9E+LzEcGlMDAcAAAAAAAAVJYYL&#10;v2Z38LNP+6VjX5YdOQQhhosxMVwsmwFbvfWShUb78GT3TbZxzqu3T9UarfdP/vUra/Wl51x66cGH&#10;Zv84+DQxXBoTwwEAAAAAAEBFieHCrymGIwIxXIyNui/4rdOPzY6cnF1+eetLp5HaQn3p1QuN9gc+&#10;K2QLttawVm93p+88t72+vJB9KCRsceX4VZPf3WK4ik8MBwAAAAAAABUlhgu/phiOCMRwMSaGC2X6&#10;Lm0L9da/W2i0jz4wWIu3Wr318c2/XvXy1iXZh0ZixHBpbPLsK4YDAAAAAACAKhLDhV9TDEcE0xiu&#10;01//mc+OtyzfieFCuORJ+75+YUfrvyzU278/K1A7X6vVW/fW6u2f3bZj3zOyD5UEiOHSmBgOAAAA&#10;AAAAKkoMF35NMRwRiOHCr7M26l4thsvV9vp3LSzU2z+8UG/9z1lBWlFWa7T+1+TP1yzsWNqRfehU&#10;1GYM1x388azf51adieEAAAAAAACgosRw4dcUwxGBGC78xHD5W9i5tH+h0br9zPis0Ku3P7hQX/qP&#10;j3nyNduyT4MKWTwkhkthYjgAAAAAAACoKDFc+DXFcESwFcONxXABJ4bLV+3y1kUL9fZNM4Ozsqze&#10;/v3tjX2Pzz4lKkAMl8amMdzioY98a3btAAAAAAAAQFU8eeXD28RwYdcUwxGBGC78tmK4T4nhclKr&#10;t5+9UG/1Z0ZmJVut0f7D7fWlF2afGiUmhktjYjgAAAAAAACoKDFc+DXFcEQghgs/MVy+ttfbVy80&#10;2vedGZZVYK+8YO/eC7NPk5IRw6UxMRwAAAAAAABUlBgu/Jq94eue9noxHGGJ4cKvc3i8IobLyd69&#10;Fy402i+tNVr3nxGSVWa1eru7sON5X519xpSEGC6NieEAAAAAAACgosRw4SeGIwYxXPiJ4fLzmCdf&#10;s22h0X7NmQFZJVdvv2Nb/eors0+dghPDpTExHAAAAAAAAFSUGC78xHDEsPSOjz5MDBd2k/Ndufpd&#10;Yrg81C5vXVSrt945Mx6r7o5OPu9LsiOgoMRwaUwMBwAAAAAAABW1GcMdEsOFnBiOGMRw4SeGy8/2&#10;xr7HL9TbN80IxlLY4VqjtTM7CgpGDJfGmt1jYjgAAAAAAACoor0rH962KIYLOjEcMYjhwk8Ml5/E&#10;Y7jN1RpLvzY9h+xIKAgxXBrbiuGOieEAAAAAAACgasRw4SeGIwYxXPiJ4fIjhvvn1eqtGx6xY/+j&#10;sqPhPBPDpTExHAAAAAAAAFSUGC78xHDEsPSO02K4wBPD5UcM98DVGq2XZcfDedTsHlsSwyWx3xXD&#10;AQAAAAAAQAWJ4cJPDEcMYrjw6/RHYricZDHcL8yKwpJevf2JWr19bXZMnAdiuGT2u4s3iOEAAAAA&#10;AACgcsRw4SeGIwYxXPiJ4fIjhvtCa/2PWr21JzsuIhLDJTMxHAAAAAAAAFTRZgzXO/bGGS8SWk6b&#10;xnCLhz7+8OzIIQgxXPhNY7jO4dOPyY6cc1C7vHXRQqN91wMjMDtjd2VHRiRiuGQmhgMAAAAAAIAq&#10;EsOFnxiOGMRw4SeGy493hntwq9WXvjc7OgITwyUzMRwAAAAAAABUkRgu/MRwxLAZw62uv2pWxGX5&#10;TAyXHzHcg1+t0f69bTuf94TsCAlEDJfMxHAAAAAAAABQRWK48Gv2jr1u8dBRMRxBieHCTwyXHzHc&#10;/Ks12i/PjpEAxHDJTAwHAAAAAAAAVSSGCz8xHDEs/d7ph3XWxHAhJ4bLT+3y1kULjfZdZ4Zednar&#10;NVrrkzO8JDtOciSGS2ZiOAAAAAAAAKgiMVz4ieGIYSuGG4vhAk4Mlx/vDJfPavXWK7IjJSdiuGQm&#10;hgMAAAAAAIAq2rvyl9sWe0MxXMA1V8RwhCeGC7+tGO5+MVwOtteXvmqhIYbLY7V66+5t9X1fmx0t&#10;50gMl8x+d3fv+Ldk1w4AAAAAAABUhRgu/MRwxCCGCz8xXH7EcPmv1mj95+x4OQebMVxPDJfAxHAA&#10;AAAAAABQRWK48BPDEYMYLspuEMPlQwwXaPXW+y677DkPyY6ZOYjhkpkYDgAAAAAAAKpIDBdh3eFr&#10;xXCEJoaLMjFcTsRwYbdtx77/IztqHqRpDNfsHbt75u9zq9LEcAAAAAAAAFBFe15/rLYohgs7MRwR&#10;fPutf/kvxXDBJ4bLiRguyl6THTcPQrN7fKnZG4rhqj8xHAAAAAAAAFSRGC7CxHBEIIaLMjFcTmqX&#10;ty5aaLTvOiPesvz359mRc5bEcMlMDAcAAAAAAABVtOdGMVzwieGIQAwXZWK4nHhnuLibnPc3ZkfP&#10;FyCGS2ZiOAAAAAAAAKgiMVyEieGI4EW3/uW/PCCGCz0xXE62YrjWL84KtyzMavXWj2THz+chhktk&#10;XTEcAAAAAAAAVJIYLsLEcETwols3xHDhJ4bLiRju/KzWaP1qdgV8DmK4RCaGAwAAAAAAgGoSw0WY&#10;GI4IxHAxNhLD5UQMdz7Xuqd2eeui7Co4gxgukXUH79vdOyaGAwAAAAAAgKoRw0WYGI4IxHAR1h/d&#10;cHB145LsyDkHYrgCbMfSjuw6+AxiuEQmhgMAAAAAAIBqEsNFmBiOCMRwESaGy40YrhjbXt/37dmV&#10;kBHDJTIxHAAAAAAAAFSTGC7CxHBEMI3hlvvrr54ZcVk+E8PlRgxXnNUarX+fXQsTYrhEJoYDAAAA&#10;AACAahLDRVh3+Nq9N//1RdmRQxBiuAgTw+VGDFew1duvzq4meWK4RCaGAwAAAAAAgGoSw0WYGI4I&#10;xHARJobLjRiueKvVW7+cXU/SxHCJTAwHAAAAAAAA1bQZw3UHb5r5QqHlMzEcEYjhIkwMl5uFHc/7&#10;ajFc8VZrtG7NrihZzZVBSwyXwMRwAAAAAAAAUE1iuAibxnBvFMMR1lYMNxbDhZwYLjdiuAKv3n5v&#10;dk1JEsMlMjEcAAAAAAAAVJMYLsLEcEQghouwzRjufjFcDsRwBV+9/cHsqpIjhktkYjgAAAAAAACo&#10;JjFchInhiEAMF2VvEcPlo3Z566KFRvuuB0RYVpjV6q17s+tKihgukXUH79tz4/Fvzq4dAAAAAAAA&#10;qAoxXIR1j7127xvvFsMRlBguysRwOfHOcOVYrdH6b9mVJUMMl8jEcAAAAAAAAFBNYrgIE8MRgRgu&#10;ysRwORHDlWj11h3ZtSWheUgMl8TEcAAAAAAAAFBNYrgIE8MRwfIdH/tXy2tiuMATw+VEDFey1Vs3&#10;Z1dXeWK4RCaGAwAAAAAAgGoSw0XZa8RwhCaGizIxXE5ql7cuWmi073pAdGWFXa3R6mXXV2liuEQ2&#10;jeFWxHAAAAAAAABQOZsxXE8MF3hiOIITw0WZGC4n3hmunKvV970ku8LKEsMlMjEcAAAAAAAAVJMY&#10;LsrEcAQnhosyMVxOxHAl3o7WNdk1VpIYLo01u4P37RLDAQAAAAAAQPXsufGvaou9oRgu7MRwBLd8&#10;x2kxXPiJ4XIihiv3ajv3LWZXWTliuDTWFMMBAAAAAABANTXfPFxYFMOFnhiO4MRw4ddZG72lJYbL&#10;Re3y1kULjfZdZ0ZWVp5N7zC7zkoRw6WxyR3fJYYDAAAAAACAChLDRZkYjuDEcOE3jeGufvfp7dmR&#10;cw68M1z5V2u035NdZ6VsxnDdwZ/M+F1uFZoYDgAAAAAAACpKDBdlYjiCE8OFnxguPws79n/1QqP9&#10;tjMDKyvdXpNdaWWI4dKYGA4AAAAAAAAqSgwXZWI4gpvGcJ3++mvODLgsv4nh8iOGq86219tXZ9da&#10;CWK4NCaGAwAAAAAAgIoSw0WZGI7gxHDhJ4bLT+3y1kULjfZdZ4ZVVsLV26ce0fjOR2ZXW3piuDTW&#10;7A3u2rVyjxgOAAAAAAAAqkYMF2Hd4Wu+5W0f+1fZkUMQYrjwE8PlxzvDVWu1RvvXsqstveahj4jh&#10;EpgYDgAAAAAAACpKDBdhYjgiEMOFnxguP2K4Kq71oux6S20rhhuK4So+MRwAAAAAAABUlBguwsRw&#10;RLAVw43FcAHXWR295erfFMPlQQxXvdXq7T+rXbl0WXbFpSWGS2NiOAAAAAAAAKgoMVyEieGIQAwX&#10;flsx3H1iuBzULm9dtNBo33VmUGXlXq3R+tXsiktLDJfGxHAAAAAAAABQUWK4CBPDEYEYLvwm5/tm&#10;MVw+vDNcNVdrtNa37Wx/W3bNpSSGS2PTGK55aPhN2bUDAAAAAAAAVSGGizAxHBGI4cJPDJef2pP2&#10;fc2CGK6SqzXab8+uuZTEcGms2RXDAQAAAAAAQCVNY7hmd/DmWS8UWk4TwxFB6+a/vkgMF3ZiuPyI&#10;4aq92s59reyqS0cMl8aaYjgAAAAAAACoJjFchInhiEAMF35iuPzULm9dtNBo33VmRGXVWK3eOpJd&#10;demI4dJYUwwHAAAAAAAA1SSGizAxHBGI4cJPDJcf7wxX8dXbn9heb/+b7LpLZVd30BbDVX9NMRwA&#10;AAAAAABUkxgu/Hb3Bq+uv+1/iuEISgwXfmK4/IjhUljr57PrLpXNGK4nhqv6mmI4AAAAAAAAqKbm&#10;28RwodcUwxGBGC78xHD5EcOlsNbRS3a2n5pdeWmI4dJYUwwHAAAAAAAA1SSGCz8xHDG0bt4QwwWe&#10;GC4/YrgU1vrHWmPp+7MrLw0xXBpriuEAAAAAAACgmsRw4SeGIwYxXPh1+qM3L99xeiE7cs6BGC6N&#10;1ertn82uvDTEcGmsKYYDAAAAAACAahLDhZ8YjhhaRzYu6hwWw4WcGC4/Yrg0Vmu0f3N7Y9/js2sv&#10;hd3dQXvyu1sMV/E1e8PfEcMBAAAAAABABYnhwk8MRwxiuPATw+WndnnrooVG+64z4ymr3D5Wu3Lp&#10;suzaS0EMl8bEcAAAAAAAAFBRYrjw24zhXiOGI6zNGG5t/bVnBlyW38Rw+an9631fU6u3f2lGPGVV&#10;Wr01rO3c18quvRTEcGlMDAcAAAAAAAAV9fTeH21viuGCTgxHDGK48BPD5UcMl8Zq9dbHF3a0vye7&#10;9lIQw6UxMRwAAAAAAABUlBgu/MRwxCCGCz8xXH78NakJrd76d9m1l4IYLo2J4QAAAAAAAKCixHDh&#10;J4YjBjFc+Inh8uOd4dJYrdFar9VbL8muvRTEcGlMDAcAAAAAAAAV9fTe8e3N7lAMF3DTGO7JK3/5&#10;L7MjhyC2YrixGC7gxHD5EcOlsc0YrtH6z9m1l4IYLo1Nns3EcAAAAAAAAFBFYrjwE8MRgxguwg6P&#10;37R8x31iuByI4dJYaWO47uBDs36fW3W2GcPd8GExHAAAAAAAAFSNGC78xHDEIIaLMDFcbmpXLl0m&#10;hqv+anUxnBVzYjgAAAAAAACoKDFc+InhiOH7jmxctCyGCzsxXG7EcGlMDGdF3WYM1x1+Y3btAAAA&#10;AAAAQFWI4cJPDEcML3jXxx++LIYLOzFcbsRwaUwMZ0WdGA4AAAAAAAAqSgwXfmI4YhDDRZgYLjdi&#10;uDQmhrOiTgwHAAAAAAAAFSWGCz8xHDGI4SKsP37T8q+L4fIghktjYjgr6sRwAAAAAAAAUFFiuPAT&#10;wxGDGC7CxHC5EcOlMTGcFXViOAAAAAAAAKiozRhuZfCWWS8UWj4TwxGDGC7CxHC5EcOlMTGcFXVi&#10;OAAAAAAAAKiozRiuJ4YLueah468SwxHaC951WgwXev2RGC4nYrg0NrnjE6WL4W78SHuxOxTDVXxi&#10;OAAAAAAAAKgoMVz4ieGIQQwXYf3Rm7577XQtO3LOgRgujYnhrKgTwwEAAAAAAEBFieHCr9kVwxGe&#10;GC7CxHC52YrhWr88K6Cy6kwMZ0WdGA4AAAAAAAAqSgwXfs3u4FVPXvmAGI6gNmO41fXXPSDgsvwm&#10;hsuNGC6NlTGGW+wN9onhkthvi+EAAAAAAACggsRw4dcUwxGBGC7CxHC5EcOlMTGcFXhiOAAAAAAA&#10;AKgiMVz4NcVwRCCGizAxXG7EcGlMDGcFnhgOAAAAAAAAqkgMF35NMRwRiOEiTAyXGzFcGhPDWYEn&#10;hgMAAAAAAIAqEsOFX1MMRwRiuAgTw+VGDJfGxHBW2HXFcAAAAAAAAFBJYrjwa4rhiOAF7zv98OW1&#10;sRgu5MRwuRHDpTExnBV2YjgAAAAAAACoJjFc+DW7g1ftesdHH5YdOQQhhgu/A2vjN3732ifFcDkQ&#10;w6WxrRiu/Z+yay8FMVwiE8MBAAAAAABANT31jXdfIoYLu6YYjgjEcOEnhsuPGC6NieGssBPDAQAA&#10;AAAAQDWJ4cKvKYYjgs7a33zZshgu6MRw+dm283lPEMNVf2I4K+zEcAAAAAAAAFBNYrjwa4rhiEAM&#10;F36dtfEbl8RwuRDDpTExnBV23cFvLx4afEN27QAAAAAAAEBViOHCrymGIwIxXPiJ4fIjhktjYjgr&#10;7MRwAAAAAAAAUE1iuPBriuGIQAwXfmK4/Ijh0pgYzgo7MRwAAAAAAABUkxgu/JpiOCIQw4WfGC4/&#10;Yrg0Vt4YbnB01u9zq9DEcAAAAAAAAFBNT33jvZc0e8fFcAHXFMMRgRgu/MRw+RHDpTExnBV2YjgA&#10;AAAAAACoJjFc+DWnMdzrxHCE1Vk7LYYLvM7a6I3XHNnYlh0550AMl8bEcFbYieEAAAAAAACgmp56&#10;kxgu/I7/jBiO0MRw4SeGy48YLo3V6u1PieGskBPDAQAAAAAAQDWJ4WJMDEd4YrjwE8PlRwyXxsRw&#10;VtiJ4QAAAAAAAKCaxHAxJoYjvGkM1+mv/+ysiMvyWWd19MZrbhXD5WErhlv6lVkBlVVnpY3hemK4&#10;yk8MBwAAAAAAANW0GcN1BzfMfKHQcpoYjvDEcOEnhsvPtp3XPKFWb4vhKj4xnBV47128QQwHAAAA&#10;AAAAlSOGizExHOGJ4cJPDJcfMVwaE8NZgSeGAwAAAAAAgCoSw8WYGI7wxHDhJ4bLjxgujYnhrMAT&#10;wwEAAAAAAEAVieFibPAzu173e2I4ghLDhZ8YLj9iuDQmhrMCTwwHAAAAAAAAVbT3pnsvWRTDBZ4Y&#10;jvC2YrixGC7gOmvjN4jh8iGGS2NiOCvwxHAAAAAAAABQRWK4GBPDEZ4YLvy2YrhPiuFyIIZLY2I4&#10;K/DEcAAAAAAAAFBFYrgYE8MRnhgu/MRw+RHDpbGtGG7fj2bXXgrNleHVYrgkJoYDAAAAAACAKhLD&#10;xdjgZybn/NDsyCGI1s1/+wgxXNiJ4fIjhktj5Y3hhmK46k8MBwAAAAAAAFUkhosxMRzhieHCTwyX&#10;n231fV8rhqv+xHBW4InhAAAAAAAAoIrEcDEmhiM8MVz4ieHyI4ZLY2I4K/Deu7t377OyawcAAAAA&#10;AACq4hk3fOgxYrjQE8MRXuvOv31E57AYLuTEcPkRw6UxMZwVeGI4AAAAAAAAqCIxXIyJ4QhPDBd+&#10;Yrj8iOHSmBjOCjwxHAAAAAAAAFSRGC7CVsRwhCeGCz8xXH7EcGmsVm99qtZYEsNZATd47+7eQAwH&#10;AAAAAAAAVSOGizAxHBG07twQwwVeZ230hgN3nr44O3LOgRgujYnhrLgTwwEAAAAAAEAlbcZwh8Rw&#10;QSeGIwIxXPiJ4fIjhktjYjgr7sRwAAAAAAAAUEliuAgTwxHBNIbb31+/flbEZflMDJcfMVwaqzVa&#10;94vhrJDriuEAAAAAAACgksRwEdYdvlIMR2hiuPATw+VnM4ZriOGqPjGcFXZiOAAAAAAAAKgmMVyE&#10;ieGIQAwXfmK4/GQx3NtnBVRWnYnhrLATwwEAAAAAAEA1ieEiTAxHBGK48BPD5UcMl8ZKGcMdGl7d&#10;7A4+PPP3uVVn3eERMRwAAAAAAABUkBguwsRwRPCiOzcesSyGCzoxXH7EcGlMDGeFnRgOAAAAAAAA&#10;qukZN/zpYxYPHRfDhZwYjgjEcOEnhsuPGC6NieGssBPDAQAAAAAAQDVtxnDdwcrMFwotn4nhiGAr&#10;hhuL4ULu8PjnxXD5EMOlsc0YbocYzgo4MRwAAAAAAABUkxguwsRwRCCGi7D++OcP/Mbfi+FyIIZL&#10;Y2I4K+qa3eGRp4vhAAAAAAAAoHrEcBEmhiOCg+/8xCPFcIEnhsuNGC6NieGsqBPDAQAAAAAAQEWJ&#10;4SJMDEcEYrgIE8PlRgyXxjZjuHrrR7JrLwUxXBoTwwEAAAAAAEBFieEirDt45XPWjj0kO3IIQgwX&#10;YWK43Ijh0pgYzoo6MRwAAAAAAABUlBguwsRwRCCGizAxXG4u3rH0dWK46k8MZ0WdGA4AAAAAAAAq&#10;SgwXYdMY7vViOMISw0WYGC43Yrg0Joazom4aw+268SN7s2sHAAAAAAAAqkIMF2FiOCIQw0WYGC43&#10;Yrg0Joazok4MBwAAAAAAABUlhoswMRwRHHznhhgu9Prjn3/h7acfnR0550AMl8bEcFbUieEAAAAA&#10;AACgosRwESaGIwIxXIT1R2K4nIjh0lgpY7juPdc0xXCV32YMtyKGAwAAAAAAgMoRw0WYGI4IxHAR&#10;JobLjRgujYnhrKgTwwEAAAAAAEBFLR46+lgxXOCJ4YhgM4ZbXf+5BwRclt/EcLkRwyWz+8RwVsSJ&#10;4QAAAAAAAKCixHARJoYjgoNHNh65vCaGCzoxXG7EcMlMDGeFXLN77MiulWNiOAAAAAAAAKgaMVyE&#10;HRr+tBiO0MRwESaGy40YLpmVMIYbXjOZGK7iE8MBAAAAAABARYnhIkwMRwRiuAgTw+VmK4Zr/eqM&#10;eMqqNTGcFXJiOAAAAAAAAKgoMVyEieGIQAwXYWK43IjhkpkYzgq5Zm/4X8VwAAAAAAAAUEFiuAgT&#10;wxGBGC78Omvj1y+J4XIhhktmYjgr5MRwAAAAAAAAUFFiuAgTwxHBVgw3FsMFnBguP2K4ZFbOGK4n&#10;hqv6xHAAAAAAAABQUWK4CBPDEYEYLvy2Yri/E8PlQAyXzMRwVsiJ4QAAAAAAAKCixHARJoYjgv2r&#10;f/eoZTFc0Inh8iOGS2ZiOCvkxHAAAAAAAABQUWK4CBPDEYEYLvzEcPkRwyUzMZwVcmI4AAAAAAAA&#10;qCgxXPg1u8OfvkwMR2BiuPATw+VHDJfM7luot384u/ZS2IrhBvfM+n1u1ZkYDgAAAAAAACpqGsM1&#10;V451Z71QaPlMDEcMYrjwE8PlRwyXzMRwVsiJ4QAAAAAAAKCiFg/9mRgu8KYx3OU3b3xpduQQhBgu&#10;/MRw+bn4iuc9UQyXxMRwVshN7lkMBwAAAAAAAFW0FcMNxXABJ4YjBjFc+Inh8iOGS2ZiOCvkpjFc&#10;89BHnpldOwAAAAAAAFAVYrjwa3aP/fTlN98thiOo/asbYrjA6/THr5+ec3bknAMxXDITw1khJ4YD&#10;AAAAAACAihLDhZ8YjhjEcOHX6a+L4XIihktmYjgr5MRwQGydtU89bt/h9cd3blt/1pnbvzreOf3f&#10;tY5sXJT9nwMAAAAAAPMSw4WfGI4YppHWNNaaFXFZPhPD5UcMl8zEcFbIieGAkA6+c+ORy/3Rc5f7&#10;4+s7a+N3dtZGf9zpj9ZnPV/O2uTf87HJv/f9y4dP/tLk3/viaSyX/UcDAAAAAABfiBgu/MRwxCCG&#10;Cz8xXH7EcMlMDGeFnBgOCKGz9qldncPj1yyvjT4461nyXNdZG31iM67rr3/PNbd+clv2jwUAAAAA&#10;AD7TZgzXE8OFnBiOGMRw4SeGy48YLpmJ4ayQE8MBeVq+bXxFZ238ik5/PJj1DBls/dGpyT/3cGf1&#10;xPLBIxsPzT4cAAAAAABImxgu/MRwxCCGCz8xXH7EcMnsk2I4K+LEcEBeDhw+9Z2dtdEvTvbJWc+P&#10;Mdfpj/5gsh+fxnnZhwcAAAAAAOkRw4WfGI4YxHDhJ4bLjxgumYnhrJATwwF56Ny2/qzl/vjIrOfG&#10;877+6L7Jx3a9v04VAAAAAIDkiOHCb3K+PyWGIzQxXPiJ4fJz8RXXPLHWaP/ajHjKqrXSxXC7bji2&#10;XwxX/TW7x/5r89A9YjhgbtfefuobOmsn37q8NvqHWc+NRVqnP/rjzuGTP3pwdeOS7MMHAAAAAIDq&#10;2vWWe75cDBd2YjhiEMNF2c+J4fIhhktmYjgr6AbvEcMB82od2bho+fD4lZ3+aH3G82LRd3T/6vo3&#10;Z58KAAAAAABUjxgu/MRwxLAVw43FcGEnhsuJGC6ZieGsoBPDAfPrrJ361k5/vT/jWbE82/prVH9y&#10;+Y77FrJPCwAAAAAAqkEMF35iOGJYesffPVoMF3w/t3/178RwORDDJTMxnBV0Yjhgfstr69+73B8f&#10;nfGsWNKN3t5ZO7kr+/QAAAAAAKDcxHDhtxnDXSeGI6yl2//u0Z01MVzgieFyIoZLZuWL4XpiuDQm&#10;hgPms/fIxoWdw+PXzHhOLP0m/13iYwfWTuzJPlUAAAAAACgnMVz4ieGIQQwXZWK4nIjhkpkYzgo6&#10;MRwwn4OHNx4/eSa84YxnxEqt0x8NO/3178k+ZQAAAAAAKBcxXPiJ4YhBDBdlYriciOGSmRjOCrrB&#10;e5o3iOGAB2//6v07O2ujX5vxnFjBjT6+vz8q1e9xAAAAAAAQw0WYGI4YxHBRJobLiRgumX1yob7v&#10;P2bXXgpiuFQmhgPmc3D1/ksmz4RHz3hGrPw6a6MXZ0cAAAAAAADFJoYLPzEcMYjhokwMlxMxXDIr&#10;YQw33D/5vS2Gq/zEcMB8Omuf2jV55j484zmx8uusjT7VWTv5A9lRAAAAAABAMYnhwm8awz15ZeNL&#10;siOHIMRwUfZzB49sPDI7cs7Bo5+07+vFcElMDGcFnRgOmE/KMdxn7C+X++NrsyMBAAAAAIBiEcOF&#10;nxiOGJZuPy2GCz8xXE4uedK+r18Qw6UwMZwVdIP3LHaPPyO7doCzlupfkzpz/dF9+1fHO7OjAQAA&#10;AACAYtiM4brHerNfKLQ8JoYjBjFcjK2L4XIihktmYjgr6MRwwHw6aye9M9yZ64/ffe3h8ZOyIwIA&#10;AAAAgPNLDBd+YjhieOHtpx+93B/9/MwXqCynieHycsmVYrhEVs4Yrjs4Nuv3uVVpYjhgPpsxXH90&#10;+wOfE62zNuou/d7ph2VHBQAAAAAA54cYLvzEcMQghosxMVxexHCprPXJhfqSGM4KODEcMB8x3Bde&#10;Z3X0kuy4AAAAAAAgvl2/IIYLvWbv2E89eeUDYjiCEsPFmBguL2K4VCaGs6JODAfMZyuGG4vhvtD6&#10;o7/srJ36puzYAAAAAAAgHjFc+InhiEEMF2NiuLyI4VJZ6+/LFsPt7g33L4rhEpgYDpjPNbeeaIrh&#10;HsQOn/yF7OgAAAAAACCOXb/wUTFc4InhiEEMF2Gr6z938J1iuDyI4VKZGM6KOjEcMB8x3Bzrj053&#10;1sbL2RECAAAAAEBYWzHcUAwXcGI4YhDDRZgYLjdiuERWF8NZUSeGA+ZzcPX+SybPhUcf8JxoZ7Oj&#10;e49sXJgdJQAAAAAAhCGGC7/moeFPiuEITQwXYf3x9WK4fGzGcPX2O2YGVFadieGssDv+bjEcMI9r&#10;Dp9odta8M9y57EB//H9lxwkAAAAAAPkTw4WfGI4YtmK4sRgu5MRwuRHDJTIxnBV2YjhgPmK4fNbp&#10;jw4vveP0w7JjBQAAAACA/Ijhwm9yvmI4gjvwG39/sRgu8DZjuE+I4XIghktkYjgr7MRwwHzEcPnu&#10;QH+8PztaAAAAAADIhxgu/MRwxCCGizAxXG7EcIlMDGdFXXfw7sXuPWI44EE7uHr/JZPnwqMPeE60&#10;c9md2fECAAAAAMC5e1r32OPEcGEnhiMGMVyEieFyI4ZLZGI4K+rEcMCcDhw+2Zw8F3pnuJzX6Y/u&#10;X149+fTsmAEAAAAAYH5iuPATwxGDGC7CxHC5EcMlMjGcFXViOGBOYrjA649+LDtqAAAAAACYjxgu&#10;/MRwxCCGizAxXG7EcImshDHcYvdYZ7Enhqv8xHDAnMRw4dfp+2tTAQAAAAA4B2K48BPDEYMYLsLE&#10;cLkRwyWyaQzXaP1Qdu2lIIZLZGI4YE4HV++/ZPJcePQBz4mW/25fvyw7dgAAAAAAOHtiuPATwxGD&#10;GC7C+uPrX3TnxiOyI+cciOESmRjOijoxHDCnzXeG64/umPmsaLmv0x/9YHb0AAAAAABwdsRw4SeG&#10;I4YDd56+ePmwGC7oxHC5uWTn0uViuAQmhrOirjt49+4bj+/Jrh3grInh4q+zNvrF7PgBAAAAAOAL&#10;E8OF3zSG23tk48LsyCGIaQzXWRu9YdYLSJbT+utiuJyI4RKZGM6KOjEcMCcx3PlZZ+3kHz9n7fRD&#10;smsAAAAAAIDPTQwXfmI4YhDDRZgYLjdiuEQmhrOiTgwHzOng6v2XTJ4Ljz7gOdGi7JpbR0/MrgIA&#10;AAAAAGYTw4WfGI4YxHDht7+/fn1LDJcLMVwiE8NZUSeGA+bkneHO//avjlvZdQAAAAAAwAOJ4cJP&#10;DEcMYrjwE8PlRwyXyMRwVtSJ4YA5La+eWFzuj8Vw53urox/JrgQAAAAAAD7bZgx3SAwXcmI4YhDD&#10;hZ8YLj9iuEQmhrOiTgwHzEkMV5xN/7tPdi0AAAAAAPDPNmO43uDQzBcKLZeJ4YhBDBd+Yrj8iOES&#10;mRjOijoxHDCng6v3XzJ5Ljx65nOinZ911saHs6sBAAAAAIAtYrjwE8MRgxgu/DqHxz8rhsuHGC6R&#10;1dt/J4azQk4MB8zJO8MVcP3x+7PrAQAAAAAAMVyMbcZw14nhCEsMF35iuPyI4RKZGM6KumkMtyKG&#10;Ax48MVwx1+mPP5RdEQAAAAAAqRPDhV+ze+wn9153RAxHUNfc+sltnbWxGC7gxHD52YrhWjfPDKis&#10;OitlDHe8s9gdDmb9PrdK7U4xHDAPMVxxN/nvQn+RXRMAAAAAACkTw8XY4BViOEITw4XfVgz3t2K4&#10;HIjhEpkYzoo7MRwwl4Or918yeS48euZzohVn2VUBAAAAAJAqMVyMieEITwwXfmK4/IjhEpkYzoo7&#10;MRwwF+8MV4r9bXZdAAAAAACkSAwXY2I4whPDhV+nP/7Z1s1iuDyI4RKZGM6KOzEcMJfl1ZNiuHLs&#10;T7MrAwAAAAAgNWK4GBPDEZ4YLvzEcPkRwyUyMZwVd2I4YC7TGK6zOvqtWc+KVqx1+qM/zK4NAAAA&#10;AICUPK37549r9oZiuKATwxGeGC78xHD5EcMlMjGcFXdiOGAuy7efXOysieHKsk5/dFd2dQAAAAAA&#10;pEIMF2NiOMITw4XfNIbrrJ3+suzIOQdiuEQmhrPCbnDn7pUPi+GAB00MV8aNfi27PgAAAAAAUiCG&#10;izExHOGJ4cJPDJcfMVwi24zh2i/Orr0UFg+J4dKYGA6Yz1YMNxbDlWydtfVXZVcIAAAAAEDVPeVN&#10;g68Qw4WeGI7wrrl1QwwXeGK4/IjhEpkYzgo7MRwwn/39E7vFcOVcZ3X9+7JrBAAAAACgyp7xpsFX&#10;LIrhAk8MR3ibMdzq6I2zXvixfNbpr4vhcrK9cdWTxHAJTAxnhd3gzj294e7s2gHOmhiu3Jv896X/&#10;M7tKAAAAAACqSgwXY4NXtG7e+BfZkUMQYrjwE8PlRwyXyMRwVtiJ4YD5iOFKvv7oxIHV0ddn1wkA&#10;AAAAQBWJ4WJMDEd4YrjwE8PlRwyXyMRwVtiJ4YD5iOHKv05/fFd2nQAAAAAAVJEYLsbEcIQnhgs/&#10;MVx+xHCJrIwxXO/Yshiu+mv2BnfuEsMBcxDDVWOTO3x9dqUAAAAAAFSNGC7GxHCEJ4YLPzFcfsRw&#10;iUwMZwWdGA6YlxiuOuusnTiYXSsAAAAAAFXyjLeK4YJvRQxHeNcc2djWWRPDhZwYLj9iuEQmhrOC&#10;rtkVwwHzObh6/yWT58Kjn/mMaCVdf3Tqmls/uS27WgAAAAAAqkIMF2FiOCIQw0XZ68Rw+RDDJbJ6&#10;+xOTP8VwVrg1xXDAnLwzXNV28u3Z1QIAAAAAUBViuAgTwxGBGC7KxHA5EcMlMjGcFXRNMRwwp/39&#10;k2K4im1/f/3/yq4XAAAAAIAqEMNFmBiOCJbWPlnrrI3FcGEnhsvJ9sbVT1qo7xPDVX1iOCvommI4&#10;YE5iuEru3mvX1r8mu2IAAAAAAMpuM4brDm6c9UKh5TQxHBGI4aLsdZ21vxHD5WArhmvf8oB4yqo1&#10;MZwVdM3u8LfEcMA8xHAVXX/889kVAwAAAABQdmK4COsef7kYjtDEcFEmhsuJGC6RieGsoBPDAfPa&#10;jOH6oztnPCdaiTe500/sX13/huyaAQAAAAAoMzFchInhiEAMF2ViuJyI4RKZGM4KOjEcMC8xXIXX&#10;P3ljds0AAAAAAJSZGC7CuoOXt26+WQxHUGK4KBPD5UQMl8jEcFbQieGAeR1cvf+SyTPh0TOeEa0i&#10;27863pldNQAAAAAAZSWGizAxHBF899onawfEcKEnhsuJGC6RieGsoBPDAfPyznDV3uRuD2VXDQAA&#10;AABAWYnhIkwMRwRiuCh73Qved/rh2ZFzDsRwiUwMZwWdGA6Y1zW3ntgjhqv0/vTA2om92XUDAAAA&#10;AFBGYrgIE8MRgRguysRwORHDJbKSxnDN7mA48/e5VWZiOGBeB9bEcFVfZ238iuy6AQAAAAAoIzFc&#10;hInhiOC7107XlvujN816QcdymxguJ5sxXEMMV/lNY7id+34wu/ZSEMOlMTEcMK+Dq/dfMnkmPPoZ&#10;z4dWtfXHf946snFRduUAAAAAAJSNGC7CxHBEIIaLsNX1173gXWK4PIjhEpkYzgq6yR2L4YC5TN8Z&#10;bvJc6J3hqrz+6K8OHB63sisHAAAAAKBsxHARJoYjAjFchInhcrO93r5iQQxX/ZUyhju+3OwNxXAV&#10;X7M7+K3mWweL2bUDnDUxXCob/efsygEAAAAAKBsxXISJ4YhADBdhYrjciOESmRjOCrqmGA6Ykxgu&#10;jXX645Wld5x+WHbtAAAAAACUye6Vu79SDBd43cHLr7tu44uzI4cgxHARJobLjRgukU1juB1iOCve&#10;mtMYbkUMBzx4Yrhk9q4Dq6Ovz64dAAAAAIAy2b1y/CsXu0MxXMiJ4YhADBdhYrjciOESWb31iYUd&#10;S2I4K9yaYjhgTgfWTorh0tiRztrJXdm1AwAAAABQJmK4CBPDEYEYLspeK4bLhxgukYnhrKBriuGA&#10;OYnhUtnog8ur68/Jrh0AAAAAgDLZjOF6YrigE8MRgRguysRwORHDJTIxnBV0TTEcMKeDq/dfMnkm&#10;PPoZz4dWxfVH903/Stzs2gEAAAAAKBMxXISJ4YhADBdlYriciOESmRjOCrqmGA6Y0+Y7w/VH7z7j&#10;GdGqt2nweHV27QAAAAAAlIkYLvx2dQcvv0AMR2DLv37fwnJ/LIYLOzFcTsRwqaz1t2I4K+KaYjhg&#10;TmK4ZCaGAwAAAAAoKzFc+InhiEEMF2WvfcG7Pi6Gy4EYLpWVL4ZrrgwOiOGqv6YYDpjTVgw3FsNV&#10;ff3x0eXbxHAAAAAAAKUkhgs/MRwxiOGiTAyXk60YrvV/zw6orDoTw1kxN7njO8RwwDzEcIlsM4Y7&#10;IYYDAAAAACgjMVz4ieGIYfmO+xaWD4vhAk8MlxMxXCoTw1kxJ4YD5tW57cQzxHAJrD8+eqA/3pdd&#10;OwAAAAAAZSKGC7/moeM/IYYjNDFclInhciKGS2ViOCvmxHDAvMRwiUwMBwAAAABQXmK48BPDEYMY&#10;LsrEcDkRw6UyMZwVc2I4YF5iuEQmhgMAAAAAKK/NGK47eOusFwotn4nhiEEMF36dtfFrW0c2LsqO&#10;nHMghktlYjgr5sRwwLzEcIlMDAcAAAAAUF5iuPATwxGDGC78xHD5EcOlMjGcFXNiOGBeYrhEJoYD&#10;AAAAACgvMVz4ieGIYfmO0wud/ujNM1/MsVwmhsuPGC6VieGsmBPDAfMSwyUyMRwAAAAAQHmJ4cKv&#10;eWjwExdcd50YjqDEcOHXWVsXw+VEDJfKWn+7vd76D9m1l4IYLo2J4YB5dQ6ffMbyYTFc1dfpj4/u&#10;F8MBAAAAAJSTGC78ml0xHOGJ4cJPDJefhR1LO8RwKUwMZ8VcsyuGA+YzjeE6a6P3zHpWtOpMDAcA&#10;AAAAUGJiuPBriuGIQAwXfmK4/IjhUpkYzoq5aQy3eOjeZnbtAGdNDJfGxHAAAAAAACUmhgu/phiO&#10;CMRw4SeGy48YLpWVMIY7JIZLYWI4YF5iuDQmhgMAAAAAKDExXPg1pzHcxsYXZUcOQYjhwk8Mlx8x&#10;XCoraQzXHRyf9fvcqrPJHd+xeGgghgMeNDFcGhPDAQAAAACUmBgu/JpiOCIQw4Vf5/D4NWK4fIjh&#10;UpkYzoq5yR2L4YC5iOHSmBgOAAAAAKDEdv+iGC70mmI4IhDDhV+nP35N62YxXB7EcGms1mj97TYx&#10;nBVwkzsWwwFzEcOlMTEcAAAAAECJieHCrymGI4Krf/O+7WK4sBPD5UcMl8bEcFbUTe5YDAfMZSuG&#10;G4vhKr5Of10MBwAAAABQVs1Df3KpGC7smmI4ItiK4cZiuIATw+VHDJfGao32/yuGsyJucsdiOGAu&#10;+1dPPFMMV/1N7vhDYjgAAAAAgJISw4VfUwxHBGK48NuK4f5aDJcDMVwaE8NZUTe5YzEcMBcxXBoT&#10;wwEAAAAAlJgYLvyaYjgiEMOFnxguP2K4NCaGs6JucsdiOGAuYrg0JoYDAAAAACgxMVz4NcVwRCCG&#10;Cz8xXH6yGO7XZwVUVp2J4azAu31RDAfMQQyXxsRwAAAAAAAl1jz0kUsXu8fFcAHXFMMRgRgu/MRw&#10;+RHDpbFyxnAfOdDsDsVw1Z8YDpiLGC6NieEAAAAAAEpMDBd+zd7xl4nhCE0MF37TGG75jtP/Kjty&#10;zoEYLo2J4azAE8MBcxHDpTExHAAAAABAiYnhwk8MRwxiuPATw+VHDJfGxHBW4InhgLmI4dKYGA4A&#10;AAAAoMTEcOEnhiOGzRhudfSWWS/mWD4Tw+VHDJfGxHBW4N2+eIMYDnjw9q+eFMMlMDEcAAAAAECJ&#10;ieHCTwxHDFf/5mkxXOCJ4fIjhktjZYzhdnUH14rhkpgYDpjLZgzXH/3XWc+KVp2J4QAAAAAASkwM&#10;F36bMdwFYjjCuvrdp7d31sRwIdfpr4vhciKGS2NiOCvwxHDAXMRwaUwMBwAAAABQYtMYrrkyuGnG&#10;i4SW08RwxCCGCz8xXH7EcGlsGsPV6u0fyK69FMRwyUwMB8xFDJfGxHAAAAAAACUmhgs/MRwxiOHC&#10;TwyXn4UrrqqL4ao/MZwVeGI4YC5iuDQmhgMAAAAAKDExXPiJ4YhBDBd+Yrj8iOHSmBjOCrzbd3fv&#10;3ZVdO8BZE8OlMTEcAAAAAECJieHCr9kbvGxy1GI4ghLDRdmrxXD5EMOlMTGcFXhiOGAu195x8pnL&#10;a2K4qk8MBwAAAABQYmK48BPDEYMYLsrEcDkRw6UxMZwVeGI4YC5iuDS2FcOdEMMBAAAAAJSRGC78&#10;shgOghLDRZkYLidiuDRW2hiuJ4ZLYGI4YC4H1k7snTwTiuEqvmkM1zk8bmfXDgAAAABAmWzGcD0x&#10;XMiJ4YihtXr/JWK44BPD5UQMl8bEcFbgieGAuYjh0pgYDgAAAACgxMRw4SeGI4aDq/dfsrw2FsOF&#10;3auX7/iYGC4HYrg0Joaz4u7Y7bu7x8RwwIMmhktjYjgAAAAAgBITw4WfGI4YxHBRJobLiRgujdUa&#10;7b8Rw1kxJ4YD5iOGS2NiOAAAAACAEhPDhZ8YjhjEcFEmhsuJGC6NieGsuBPDAfMRw6UxMRwAAAAA&#10;QImJ4cJPDEcMYrgoE8PlZOGKq+sLjbYYruIrbww3+Mis3+dWpYnhgPmI4dKYGA4AAAAAoMSe/paj&#10;jxfDhZ0YjhjEcFEmhsvJNIar1du/MSugsupMDGeF3aHhYTEcMA8xXBoTwwEAAAAAlJgYLvzEcMQg&#10;houw/vjVL7p1419mR845EMOlMTGcFXZdMRwwnwNrJ/cu90dHZj4rWmUmhgMAAAAAKDExXPiJ4YhB&#10;DBdhYrjcLFwphkthYjgr7MRwwJzEcGlMDAcAAAAAUGJiuAjrDq/LjhuC2Yzh+qMbZr2YYzlNDJcb&#10;MVwaE8NZYSeGA+Ykhktjnf74Q51VMRwAAAAAQCmJ4SJMDEcEB1c3xHChJ4bLjRgujYnhrLATwwFz&#10;EsOlMTEcAAAAAECJieEiTAxHBGK4COuvi+FyIoZLY2I4K+zEcMCcxHBpTAwHAAAAAFBiYrgIE8MR&#10;gRguwsRwuRHDpbHJHYvhrJgTwwFzEsOlMTEcAAAAAECJieEiTAxHBGK4CBPD5UYMl8Y2Y7jGvu/P&#10;rr0UxHCJTAwHzEkMl8j64z8RwwEAAAAAlNTT33Lv45u942K4kBPDEYEYLsLEcLmp7Ww3xHDVnxjO&#10;CjsxHDCnrRhuLIar+sRwAAAAAADlJYaLMDEcEYjhwu/A2vhVYrh8iOHSmBjOCrvu8PCeGz/y9Oza&#10;Ac5a57b1Z4nhEpgYDgAAAACgvMRwESaGIwIxXPiJ4fIjhktj5YzhPnJtszcUw1V9YjhgTmK4RCaG&#10;AwAAAAAor80Yrjv4hZkvFFo+E8MRQefX73+MGC7sxHD5EcOlsVq99Te1xlKpYrjdNwwPiuESmBgO&#10;mJMYLpGJ4QAAAAAAyksMF3ynxXDE0Dl8/2OW18RwISeGy48YLo2VNYab/O4Ww1V9YjhgTp3D68+a&#10;PBeK4ao+MRwAAAAAQHk9/SYxXOCJ4YhiK4Ybi+ECbiuG+0sxXA7EcGmslDFcTwyXxMRwwJzEcIlM&#10;DAcAAAAAUF5iuNAbnF7sHhPDEZwYLvw6a+NXfbsYLhdiuDQmhrPCTgwHzEkMl8jEcAAAAAAA5SWG&#10;Cz0xHHGI4cJPDJcfMVwaq9VbHxfDWSEnhgPmJIZLZGI4AAAAAIDyEsOFnhiOOMRw4SeGy48YLo2J&#10;4ayw6x47vOcGMRzw4HUOn3pWpz9676xnRavQxHAAAAAAAOUlhgs9MRxxiOHCbxrDLf3e6YdlR845&#10;EMOlMTGcFXabMdw9YjjgQRPDJTIxHAAAAABAeYnhAq8rhiMOMVz4ieHysxXDtd45K6Cy6kwMZ0Vd&#10;szdYe7oYDpiDGC6RieEAAAAAAMpLDBd4YjgiEcOFnxguP2K4NCaGs6JODAfMSwyXyMRwAAAAAADl&#10;JYYLPDEckUxjuE5/tPKAF3Ist4nh8iOGS2NiOCvqxHDAvMRwiUwMBwAAAABQXmK4wJvGcL3h/z87&#10;bgimc/i0GC7wxHD5EcOlMTGcFXViOGBeYrhEthnDnRDDAQAAAACU0dO6H/6qphgu3MRwRCKGC7/O&#10;2roYLidiuDQmhrOiTgwHzEsMl8j64z85cHjcyq4dAAAAAIAyEcMFnhiOSMRw4SeGy48YLo2VNobr&#10;Du59wO9zq9TEcMC89q+uf4MYLoGJ4QAAAAAAyksMF3hiOCIRw4VfZ3X9VUvvEMPlQQyXxsRwVtSJ&#10;4YB5bcVwYzFc1SeGAwAAAAAoLzFc4InhiEQMF36d/vhnxHD5EMOlsa0YrvXvs2svBTFcGhPDAfMS&#10;wyUyMRwAAAAAQHmJ4QJPDEckYrjwE8Plp9Zo7RTDVX9iOCvqxHDAvMRwiUwMBwAAAABQXmK4wBPD&#10;EYkYLvzEcPkRw6UxMZwVddMYblfv+NOyawc4a2K4RCaGAwAAAAAoLzFc4InhiOTqd33qsWK4sBPD&#10;5UcMl8bEcFbUieGAeYnhEpkYDgAAAACgvMRwgSeGIxIxXPiJ4fIjhktjYjgr6sRwwLzEcIlMDAcA&#10;AAAAUF6bMdwhMVywieGIZCuGG4vhAm4rhvuoGC4HYrg0Joazoq7ZFcMB8xHDJTIxHAAAAABAeYnh&#10;gu8fJxPDEZwYLvzEcPkRw6UxMZwVdU0xHDCn/aunvqHTH/32mc+JVrGJ4QAAAAAAyusZ3Q9/1WLv&#10;2C/OeqHQcpkYjijEcOEnhstP7fLWRQuN9l1nxlNWsdXbp2o7lpayay8FMVwaa4rhgDmJ4RKZGA4A&#10;AAAAoLye0f3Tr1rsDcVw4faPiytiOMITw4WfGC4/2xv7Hl9rtH51ZkBllVlp3xmuJ4ar+ppiOGBO&#10;195+6huW18RwlZ8YDgAAAACgvMRwwSeGIwoxXPhNY7iDRzYemh055+ARO/Y/qlZv3TAroLLqrFZv&#10;/++yxXCL3XueL4ar/ppiOGBOYrhEJoYDAAAAACgvMVzoDf5xceWYGI7grv6tTz22c1gMF3JiuFx9&#10;0UK9/TOzAiqrzsRwVtQ1u8f7YjhgHmK4RCaGAwAAAAAoLzFc6InhiGMzhlsbdWe+mGO5TAyXr4Wd&#10;+35wVkBl1ZkYzoo6MRwwLzFcKhvdLYYDAAAAACgpMVzoieGIQwwXfmK4fG3b2f62hUZrOCuismqs&#10;nDHcUAyXwJrdQX9X7x4xHPCgieFSmRgOAAAAAKC0xHChJ4Yjjqt/67QYLvDEcPnatvN5T1hotA+f&#10;GVBZdVbeGG4ohqv4mmI4YE7L/fVvFMOlMDEcAAAAAEBpieFCTwxHHGK48Ov018VwOas12m+ZFVFZ&#10;RVZvn6rtWFrKrrsUxHBprCmGA+a0FcONxXCVnxgOAAAAAKC0xHChN/jH3b3hj2fHDcGI4cJPDJe/&#10;Wn3f8xYa7fseEFFZJead4ayoa4rhgDmJ4VKZGA4AAAAAoLTEcKEnhiMOMVz4ieHy94gd+x9Va7Ru&#10;nRVSWfknhrOirimGA+YkhktlYjgAAAAAgNISw4WeGI44XvBbpx+7LIYLu8PjV4rh8rfQaL/4zIjK&#10;qjExnBV1TTEcMCcxXCLrj+4+sCqGAwAAAAAopT1vvuerF8VwASeGIw4xXISJ4YK49NKDD63VWx+f&#10;FVNZyVdvn6rtWFrKrroUxHBprCmGA+YkhktkYjgAAAAAgPISw4Vdszf4x6YYjgiuve1TXy6GCzwx&#10;XDALO5Z+cGZMZaXe5jvD7Wx/X3bNpSCGS2PN7qDffOvxp2bXDnDWxHCJTAwHAAAAAFBeYriwE8MR&#10;ixguwsRwwTzqya1H1Oqt/zorqLLyTgxnRV1zGsOtiOGAB28zhuuPfucBz4lWrYnhAAAAAADKSwwX&#10;dmI4YtmK4U6K4UJODBdUrd6+dlZQZeVdaWO47uBPZ/1Ot+qsKYYD5rTcPyWGS2FiOAAAAACA8hLD&#10;hZ0YjljEcBHWH7/y4E33iuECqjXavzYrqrJyTgxnRV1TDAfMSQyXyMRwAAAAAADltedGMVzINbti&#10;OOIQw0WYGC64hR1LO6YB1aywyso3MZwVdU0xHDAnMVwiE8MBAAAAAJSXGC7smt3hP4jhiEEMF2Fi&#10;uCgWdiz94Kywyso3MZwVdU0xHDAnMVwa6/RHd+8XwwEAAAAAlJMYLuzEcMQihouw/viVP7B2+iHZ&#10;kRNQrdH+zVlxlZVrYjgr6ppiOGBOYrg0No3hOmujpezaAQAAAAAoEzFc2InhiEUMF2FiuGi21fd9&#10;7UKjfd+ZcZWVa2I4K+qaYjhgTmK4NCaGAwAAAAAoMTFc2InhiEUMF2FiuKi219tXzwqsrDyrNdp/&#10;XboY7pAYLoU1xXDAnMRwaUwMBwAAAABQYmK4sBPDEctmDLc66s16McdymhguuoVG+zVnBlZWnm3G&#10;cDvEcFbIrYrhgHl01ta/aXlNDFf1ieEAAAAAAEpsM4brHnvbjBcJLYeJ4YhFDBdhYrjzotZov2dW&#10;aGXFnxjOCjwxHDCXrRhuLIar+MRwAAAAAAAlJoYLOzEcsVx722kxXOiJ4c6Lx12+9OiFevsTs2Ir&#10;K/bEcFbgieGAuYjh0pgYDgAAAACgxMRwYdfsDsRwRCGGi7D+uhjuPLn4yqufMiu2smJPDGcFnhgO&#10;mIsYLo2J4QAAAAAASkwMF3bNzRjumBiO4MRwESaGO6+2NVrtWcGVFXdiOCvwxHDAXMRwaUwMBwAA&#10;AABQYntu/LOvXuwOxXCB1pzGcIeGL82OG4K59t2nv3x5TQwXdGK4865Wb71kVnRlxVwZY7hm79h3&#10;i+FS2GC1ufJhMRzwoInh0pgYDgAAAACgxMRwYdcUwxGJGC78DqyNf1oMd/7VGq3erPDKCrh6+1Rt&#10;x1KpXkgWw6UyMRwwHzFcGhPDAQAAAACUmBgu7JpiOCIRw4VfZ238088RwxXCQr311pnxlRVq3hnO&#10;CruuGA6YzzSG6/RHd816VrTqTAwHAAAAAFBiYriwa4rhiKSz9qnHieHCTgxXLAv19jtmBVhWnG3G&#10;cPV935tdWSmI4RKZGA6YU2ftlBgugYnhAAAAAABKTAwXdk0xHJGI4cJPDFc8C/X26qwIy4qxWqP1&#10;17X6khjOirfuYHXx0PAp2bUDnDUxXBoTwwEAAAAAlJgYLuyaYjgi2YrhTorhAk4MV0y1euvIrBDL&#10;CrB6+1Rtx1KpXkgWwyUyMRwwJzFcGhPDAQAAAACUmBgu7JrTGK4rhiM8MVz4bcVwx8RwBVSrt941&#10;M8ay8zrvDGeFnRgOmJMYLo111kZ/LIYDAAAAACipxRuOfY0YLtyaYjgiEcOFnxiu2Gr11i/PCrLs&#10;/K2cMdzwuyfPRWK4qk8MB8xJDJfGxHAAAAAAACW2GcP1xHCh1hTDEYkYLvzEcMVXq7dXZkVZdn4m&#10;hrPCTgwHzEkMl8bEcAAAAAAAJSaGC7umGI5IxHDhN43hWndvfGl25BRUrd66flaYZedh9fap2o6l&#10;Ur2QLIZLZGI4YE77V9e/WQxX/YnhAAAAAABKTAwXds3e8JQYjhjEcOEnhiuPWn3f986MsyzqvDOc&#10;FXZiOGBOYrg0JoYDAAAAACgxMVzYieGIZRrDdfqjQ7NezLF8JoYrl1q9/exZgZbFW63R+l9iOCvk&#10;Eo/hHtH4zkdub+x7/HSXXnrwodn/GDgLWzHcWAxX8YnhAAAAAABKTAwXdmI4YhHDhV9ndfzTrZvF&#10;cGWybec1T5gVaVmclTWGa3YHfzbrd7pVaAnEcLXLW5dM/5riyffiSxfq7Zsmf9412cf+6fvzc61W&#10;b907+d69s9Zov2Xyr18y+Z89dxrPZf+xkDwxXBoTwwEAAAAAlJgYLuzEcMQihgs/MVx5LdTbnzgz&#10;+LAIq7dPTWOc7BpKQQyXzG6rYgw3fZe3yffec6ch2+TPo5/1/ZjH6u0P1uqt6xd2tL/5gr17L8z+&#10;sZAUMVwaE8MBAAAAAJSYGC7sxHDE0lk7LYYLPDFcudUarV+dGXdYsJX2neF6YrgEVqkY7pKdS7Vt&#10;9aV9k++3lYV6ezDr+zHEao32H032cws7lr6jdnnrouzDgUoTw6UxMRwAAAAAQImJ4cJODEcsYrjw&#10;66yui+FKrlZv/cisoMPCTAxnBV5lYrhtO5/3hFqj/Z8m32/vn/V9GHOTj+HdtZ3t75v+Fa3ZhweV&#10;c2B1/ZuXxXCVnxgOAAAAAKDExHBhJ4YjFjFc+InhqmF7fekbZ0Uclv/EcFbg3bZ4Q/ljuMc8+Zpt&#10;tR2tlxXxr4Ku1Vv3Tv588fSvbs0+XKiEA4fXv3n5sBiu6hPDAQAAAACUmBgu7MRwxCKGi7KfEsNV&#10;RxHjkcqt3j5V27FUqheSxXDJrPQx3MIVV2+fvtvl9K8qnfn9V6TV2+/dXl964QWXt/wOpfQ2Y7i1&#10;0ftmPCdahSaGAwAAAAAosWkM1+wOfmnGi4SWw8RwxCKGizIxXMUs1FtvmhluWC7zznBW4JU+hpt8&#10;bz1n8n129Mzvu6KvVm8d2V5vX5F9GlA6Bw6fEsMlMDEcAAAAAECJieHCbhrDLfaO//+y44Zg9r3z&#10;xFeI4YJPDFdBtfq+580KNuzcJ4azAq/UMdxjLm995eT767UL9dbJWd97pVi9/Ve1evvHtteX/1X2&#10;aUEpiOHSmBgOAAAAAKDExHBh1+wNTi32BmI4ghPDRZkYrqIe0Tj4yIVG6w9mBhs298RwVuCVOoa7&#10;uHHVs2r19m/M+r4r6W6c/LzYmX16UGhiuDQ2jeGWbz91VXbtAAAAAACUiRgu7CZnK4YjCjFclInh&#10;Km6h0X7NGYGGncvq7VO1HUulelcVMVwqG9y2eMPR0sZw2+v7vn3y/fWJmd93JV6t3rr34iuvKvVf&#10;X0v1ieHS2FYMNxLDAQAAAACUkRgu7CZnK4Yjiq0Y7qQYLuzEcAmoNdq7a/XWx2eFGvbgNn1nuIV6&#10;699lR1sKYrhUNrhtT2/45OzaS2fy/fXize+vGd93FdnRWr19bfbpQqGI4dKYGA4AAAAAoMTEcGE3&#10;OVsxHFHsu/3EV3QOi+EC76daN98thktErdHqzQg07EFMDGfFXXljuMsue85DFurt6ybfX+uzvu8q&#10;tXr7Lyaf57/PPnUoBDFcGhPDAQAAAACUmBgu7CZnK4YjCjFclInhEpP9VYT/MDPSsC+4UsZwK8de&#10;IIZLYSV+Z7i9ey9MNNZ9cXYCcF4t99e/RQxX/XX6oz9e7ovhAAAAAABKafEX/uxrmt2hGC7QmmI4&#10;IhHDRdlPvegDG1+SHTkJqTVad84IM+wLrd4+VduxtJQdYymI4VJZeWO4RzS+85G1euv6md9zVV+9&#10;/YmyBbZUjxgujYnhwqtd3rpo8oy9c/qsOPm99pLajtbLJj/nb9pco33L5H925Mx9+n9fb79h+n9f&#10;ayx9f62+9JzalUuXZf+xAAAAAABiuNBriuGIRAwXZWK4hNXq7WcvNNof+6wwwz7vvDOcFXdiuDJv&#10;8vnfu73evjo7EohqK4Ybi+EqPjFc/i6+4nlPnD4XZu9uetdk+T9X19unJn8enfwzbpv8+ZrJnjv9&#10;vZl9CAAAAABAKsRwYdcUwxGJGC7KxHBcsFBv/8ynX3CzzzsxnBV35f5rUiffX7ec+f2W5OrtT0zj&#10;iuxkIAoxXBoTw527i7/uOx6+bUf7mZOf1y+e7G21euvuz/oZHnf3LTRavz2NyWv1pQPbG1c/Kfsw&#10;AQAAAIAq2tUbXCaGC7qTYjhimMZw+/ujG2e9mGO5TQzHpkuu3Pf1tXr7v894oc0+Y2I4K+7K/s5w&#10;Sz8363su2dXbd0x/LmdHBEGJ4dKYGO4c7N174eY7KteXXr3QaP2PmT+3C7BavbU++ThXJx/jDy1c&#10;cVU9++gBAAAAgCoQwwWfGI4onn/7ia9YFsOFnhiOz7Kt3npBrdG6f9YLbCaGsyJPDFfF1Rrtt1x2&#10;2XMekh0VBCGGS2NiuPnUdl61OHn2+/GFevu9s35OF3m1evt/T55df3VhR/t7tjf2PT77lAAAAACA&#10;MhLDBZ8YjijEcFEmhmOmhUb7lWe+oGab+5gYzoq5MsdwBx9Za7TFcJ9ntcbSj2bHBbkTw6UxMdyD&#10;N/n5+9zJ7vrMn8cl3321RqtXu3LpsuxTBAAAAADKQgwXfGI4onj+7afFcOEnhuNzuvjKqx+70Gj9&#10;+owX0lKeGM6Kue7w1rLGcNO/fm7yvXXLGd9rdubq7VMXX/G8J2anBrmZxnCd/uh3ZzwnWoUmhjt7&#10;j24sfXmtsfT9tUb7PTN/Hldh9dbfT/78hcmem33aAAAAAECRieGCTwxHFGK4GFsXw/EFTf9apYVp&#10;BDbrhbTUVm+fqu1YWsqOphTEcImsxDGcd4Z7cKvV2790wQXXfXF2fHDOxHBpTAx3dqbRca2+7yWT&#10;n7X/fdbP4KquVm+9c/I5X/vop3W+LDsKAAAAAKBIxHDBJ4YjCjFcjInhOHvTCGyh3h7MegEtoZXv&#10;neEOieGSmBguudV2tA5mRwjnZLl/SgyXwMRwX9glO5dqk2fdH578TvqjWT93U1mt3l6t7dzXyo4F&#10;AAAAACgCMVzwieGIQgwXYYfHPymG48HaXl96Ya3e/t+zXjxLYCWM4Y6/oNkbiuGqPn9NapqrtwfT&#10;88tOEuYihktlJ/9IDPf5ba+3r15otNZm/rxNcJPn/U9N/nzzwo72ruyIAAAAAIDzRQwXfGI4ohDD&#10;RVh//JMvWhHDMZ9pFHbmi2aVXxn/mlQxXBrzznBJr9ZY+v7sOOFBE8OlspEY7vPYtuOqZ9Qard7k&#10;99F41s9Za3+4Vm//2MVXXv3Y7MgAAAAAgJjEcMF3cnFFDEd4B2498ZViuMATw5GDbfXWf1iot/5q&#10;xotmlVut3vpQrd6+NvvUS2EzhusOPzrj97lVaWK45Dc5w/c8ovGdj8yOFc7a8u2nvqWzJoar/sRw&#10;n9PevRdOnvFeUmu01mf9fLUH7OjkvPZkpwcAAAAAxCCGC76Ti93j/yU7bghGDBdhYjhyNI3EprHY&#10;jBfMKrNao/X+hZ37vjP7lEtBDJfIxHCWbXKW350dLZwVMVwqE8N9LgtXLDUnPzvfPutnqn3uTc7s&#10;rxfqrR8XYgMAAABABGK44BPDEYUYLsLEcARQa7R2LjTaHzvzBbOK7Oj2xr7HZ59qKYjhElmJY7jp&#10;O/JMvrduOeN7zc5l9fbvZ6cLX5AYLpWJ4T6X2o7WwenPzZk/T+1s97btjaWnZUcKAAAAAORtM4Zb&#10;GfzyzBcKLY+J4YhiK4Y7KYYLOTEcAU1fEKvVW78848WyMu/NF1/xvCdmn2IpiOHS2OSOb316Wd8Z&#10;bsf+R3lnuEDbcdU3ZccMn1Nnbf1bxXApTAw3S+3y1iW1evunFuqtv5/5c9Qe1Ca/z//bQqO1nB0v&#10;AAAAAJAXMVzwieGIQgwXYZsx3AfEcAT12KceuLjWaL98od7+u1kvmpVnrY/W6q0fueDJLyrV94wY&#10;Lo1NY7hdb/3Tf51de6mI4cJuGnlkRw0zieFSmRhulmkMN/lZedeZPzvtHFdvn6rtaL0sO2YAAAAA&#10;4FyJ4UJvcHKxOxDDEZwYLsLEcES2sKP9zQv19mDmi2ZFX739+xdfedVTsk+lNMRwaazZHdy6660D&#10;MZzNXK3Rev/jdi09LDty+CxbMdxYDFf5ieFmqdXbz54847131s9Oy2n19hsf3Vj68uzIAQAAAIB5&#10;iOFCTwxHHGK4COuPf/K6IxsXZkcO0UxfEKvV972kVm99aOaLZgXb5OP8f2r19g886smtR2SfQmmI&#10;4dJYs8Qx3AV79144+T675czvO8t/k59le7JTh08Tw6UyMdwstR1LSwuN1v+Y9TPTct/bLtm5dHl2&#10;9AAAAADAg7EZw/XEcOEmhiMOMVyEieEogOlfT1Wrt66vNVrrM140O/+rtz8x/WueHtH4zkdmH3Kp&#10;iOHSWNM7w9nZrt6+Ljt62CSGS2ViuFkmv3++e6HeOjbz56UF2eTMf3NhR3tXdgUAAAAAwNkQw4We&#10;GI44pjFcZ3X01tkv5lguE8NRMNt2tP91rb70k7V6+09mvXgWe7V66/cnH8uPXXzFNU/MPsTSEcOl&#10;saYYzh7EpiFCdvwghktmYrhZttVb/2Hyc/FjZ/6ctPCbPGcfmf41tdlVAAAAAACfjxgu9MRwxCGG&#10;izAxHAU2fSe2hUb7xZPd9ZkvnEVZvX2q1mjdOdnzL7304EOzD6mUxHBprCmGswe/P1+44urt2TWQ&#10;MDFcKhPDzTL5WTh91pz1M9Li7WMXX/G80v5/PAEAAACAKMRwoSeGI44Dd574ys6aGC7oxHCUyKN3&#10;fNfjFhrtl9YarfdPY7UzXkTLZdO/qnX6LhWTf/3ixzz5mm3ZP7rUxHBprDmN4W4oZwx3wd69F06+&#10;5275zO9Fi7fJz7w92U2QqM0Yrj/6vQc8J1rFJoabZfIz8CWF/av6U1u99b5tO9rPzK4GAAAAAPhM&#10;YrjgG4vhiEEMF2FiOEqsdnnrolp96TkLjfYrp+/itlBvDx7wotoX2lZUd3Ty77+ttqP1sosbVz2r&#10;7O8EdyYxXBprljiG885w53+1ne3vy66DBInhUpkYbhYxXCF3eFv9qiuzKwIAAAAApsRwwSeGI4oD&#10;d26I4QJvf3/8k3vFcFTN3r0X1q5cumwattV2LC3VGq3n1+qtH5nGbguN9oun/+/Jn8+d/u+n7zaX&#10;/bsqa1f32AvFcNVfUwxn57p661XZlZCYztopMVwSG/3RgcOnnpddOxkxXIFXb908fabPrgoAAAAA&#10;0iaGCz4xHFGI4cJvf39dDAcVJ4ZLY83e8DfFcJbDfi27FhIihktlYrhZxHCl2I0LV1y9PbsyAAAA&#10;AEjT098yfEKzNxTDhZsYjijEcOHXWRu/QgwH1SaGS2NljuGm7+a40GjfcsYL33aeVmu0/ji7GRIh&#10;hktl0xhuJIY7w+Tn3ovP/DloBV29fVN2bQAAAACQHjFc4HXFcMQhhgs/MRxUnxgujXlnOMt3rY9m&#10;10MCxHCpTAw3i3eGK91O1xpL359dHwAAAACkQwwXeGI4Itm/euJSMVzYieGg+sRwaawCMdzrZ7zg&#10;bedz9dbfZ1dExYnhUpkYbhYxXFnXuqfW2Pet2TUCAAAAQPWJ4QJPDEckYrjwE8NB9W3GcD0xXNUn&#10;hrNQe9STW4/IroqKuua29WeL4VKYGG4WMVy5N7m727Y39j0+u04AAAAAqC4xXOCJ4YhEDBd+Yjio&#10;PjFcGhPDWcg99kn7viK7LipIDJfKxHCziOGqsclzxOuyKwUAAACAahLDBZ4YjkjEcOEnhoPqE8Ol&#10;sTLHcF+5Y/+jFsRwhd8lV+6/NLsyKkYMl8rEcLOI4Sq18WT/NrtaAAAAAKgWMVzgdYfj3b3jP5Yd&#10;NwSzFcOdFMMFnBgOqk8Ml8bEcBZj03fxy66NCjlw2/qzl/tjMVzlJ4abJYvhRrN+5lk5N7nTP5zc&#10;6c7sigEAAACgGsRwgSeGIxIxXPhtxXBHxHBQYWK4NCaGs0j75AUXXPfF2dVREQcOrz978lwohqv8&#10;xHCz1Or7xHAVXa3e/tnsmgEAAACg/MRwgSeGIxIxXPh1+uNXtG7e+BfZkQMVtLt77IWT399iuIpv&#10;GsM1D917ZXbtpSKGK9nq7b/Iro6KEMOlMjHcLGK4aq/WaP/N9sbS/5ldNwAAAACUlxgu8MRwRCKG&#10;Cz8xHFTfVgw3+POZv9OtMitzDHfB3r0XLjTat5z5ArYVd7VG64+z26MCxHCpTAw3ixgukdVbNz9u&#10;19LDsmsHAAAAgPIRwwWeGI5IxHDhJ4aD6hPDpbFm1zvDWeTV27dkV0jJieFSmRhuFjFccvu32dUD&#10;AAAAQLk8/a3DJzS7g1+Z9UKh5TAxHJFsxnD90U0PfCHH8poYDqpPDJfGxHB2PlZrtF6bXSMlthnD&#10;9Ufvn/WsaFWaGG6Wyc+yF5/5s80qvz+/9NKDD82+BAAAAACgHMRwgSeGIxIxXPiJ4aD6dnePv3Dy&#10;+1sMV/E1u8d+s3nomBjOoq9Wb/9AdpWUlBgukR0++YdiuAfyznDprtZo/6fsywAAAAAAik8MF3jd&#10;wXh3byCGIzgxXPiJ4aD6xHBprMwx3AV791640GjfcuaL1FaeXdy46lnZbVJCBw6fEsOlsP7JPzyw&#10;KoY701YM1xbDJbpao/X+bf/6ux6TfTkAAAAAQHGJ4QJPDEckYrjwE8NB9Ynh0liZY7jHXb706AXv&#10;DFfu1dsfu/jKqx+bXSklI4ZLZP2RGG4GMZxNV9vZ/r7sSwIAAAAAikkMF3wjMRwx7F89LYYLPDEc&#10;VJ8YLo2J4ey8r95eza6UkhHDJTIx3ExiOPun1eqtOy/+uu94ePalAQAAAADFIoYLPjEcUYjhwq/T&#10;XxfDQcWJ4dKYGM6KsFqj/fLsWikRMVwiE8PNJIazM1erLx3IvjwAAAAAoDjEcGHX7A1Hu1bEcIQn&#10;houyl4vhoNrEcGls8nz2rrLGcBfs3XvhQqN9y5kvRls5V6u39mQ3S0mI4RKZGG4mMZzNWq3e/o3s&#10;SwQAAAAAikEMF3ZiOGIRw0WZGA4qTgyXxsocw3lnuGqtVm/9/qOf1vmy7HopgeXV9eeI4RKYGG6m&#10;Wr39Y2I4+5zbse+bsi8VAAAAADi/nvnW4RMWxXDBJoYjln2H1x/fWRPDBZ4YDipODJfGxHBWqNVb&#10;r8qulxIQw6WxTn/0h/vFcA8ghrMvvNZPZ18uAAAAAHD+iOHCTgxHLGK4KBPDQcWJ4dKYGM6Ktlq9&#10;/ezsiik4MVwaE8PNJoazs9nk6+S/X/x13/Hw7MsGAAAAAOLb0/3Q14rhwk0MRyxiuCgTw0HFLd4w&#10;+J7J728xXMVX5hjugr17L1xotG8584VnK/nq7Q9mN0zBXXPr6ImdtfHHZjwnWpXWH913YO3Enuza&#10;yYjh7EHuudmXDgAAAADEJYYLOzEcsYjhokwMBxW32BPDpTDvDGfFXOtF2TVTYMurJxaX10a/PeM5&#10;0So07ww3mxjOHvTqS2/IvnwAAAAAIB4xXNiJ4YhlK4Y7KYYLOzEcVJwYLo2J4ayg+53HPPmabdlV&#10;U1CdtdHlnf76rTOeE61CE8PNJoazeVartz508ZVXPzb7MgIAAACA8MRwYTeN4Zq94y/JjhuCEcNF&#10;2ctbN98shoMKE8OlMTGcFXetH8qumoK69rZPffny2uhtM54TrUITw802+Tn14gf+3DI7u9XqS8/J&#10;vpQAAAAAIKw93eNfu9gdiuECTQxHLAcPrz/+gBgu9F5+3cbGF2dHDlSQGC6NbcZwby5nDHfB3r0X&#10;LjTat5z5ArNVY7V6695LLz340Oy2KajJM+FbznhGtKqtP7rvwNqJPdmVk8neGW486+eX2VnuldmX&#10;EwAAAACEI4YLOzEcsYjhokwMBxUnhktj0xhusXvvzuzaS2XrneFaPz/jxWWryna0vye7bgpqub/+&#10;/ZPnwn844znRKjTvDDebGM5yWb11R/YlBQAAAABhiOHCTgxHLNMYbrk/+oVZL+ZYbhPDQcWJ4dKY&#10;GM4KvXr7HZdd9pyHZFdOAR24bfRtk+fCY2c8J1qFJoabTQxnea1Wb338MZe3vjL70gIAAACAfInh&#10;wk4MRyxiuCgTw0HFieHSWJljOH9NagKrt0/VGq1yfn0m4uCRjYdOnguPnvGcaFWavyZ1JjGc5b6d&#10;+74z+/ICAAAAgPxsxnCHxHChJoYjFjFclInhoOLEcGnMO8NZCfbS7MopqOXDo5fOeFa0isw7w80m&#10;hrMQm3xN/UT2JQYAAAAA+RDDhZ0YjljEcFEmhoOKE8OlMTGcFX711lsv/roXPDy7dgpo+Y6TT++s&#10;je+Z8bxoFZgYbrbJz6cXP+DnlVkOq9VbR7IvMwAAAAA4d2K4sBPDEYsYLsrEcFBxYrg0Joazwq/e&#10;fq+/KrX4Js/eb5rxvGgVmBhuNu8MZyE3+do6nn2pAQAAAMC52YzheoO3z3qh0M59za4YjjgOHt4Q&#10;w4Xe6vrLr7tODAdVJoZLY2WO4S7Yu/fChUb7ljNfQLbK7b6Lr7zqKdmtU1D7V8c7Zz4zWvnXH913&#10;YO3EnuyqyYjhLPxa//iYJ7e+MvuSAwAAAID5iOHCTgxHLGK4COuPf0IMB9W2GcN1B38x63e6VWfN&#10;3rF3LXbv8c5wVuR9rNZoPT+7dgqs0x+vzHxutFJv+s5wnbXRd2XXTEYMZ7G2bUf7mdmXHQAAAAA8&#10;eGK4sGt2B+vN3jExHMGJ4SJMDAeVJ4ZLY2I4K/pq9faJhZ37fjC7dgqsc9uJZ0yewT8+89nRSjsx&#10;3GxiOIu5ydfbtdmXHgAAAAA8OGK4sGuK4YhEDBdhYjioPDFcMntnWWM4f01qUntxdusUXKc//tmZ&#10;z45W2onhZhPDWfTVWz+effkBAAAAwNkTw4VdUwxHJMu/uf5VYrjAE8NB5YnhkllpYzjvDJfQ6u3r&#10;smun4FpHNi7q9EfrM58frZzrj+47sHZiT3bFZMRwdp52Y/YlCAAAAABnRwwXdk0xHJGI4SJMDAeV&#10;J4ZLZmI4K/7EcKXSOTz+npnPj1bKeWe42SY/m178gJ9VZhFWq7eOZF+GAAAAAPCFieHCrimGIxIx&#10;XISJ4aDyxHDJrLQx3GOf+NyLxXCJTAxXOstro7fPfIa00k0MN9u2Ha3/4p3h7HytVm/9P9mXIgAA&#10;AAB8fmK4sGuK4YhEDBdhYjiovMXe8e9Z7A7FcNWfGM6KPzFc6Vx7ePykyTPj/3rAM6SVbmK42cRw&#10;dr5Xq7c+lH05AgAAAMDnJoYLu6YYjki2YriTYriQE8NB5YnhEllXDGclmBiulJZX11848znSSjUx&#10;3GxiOCvCJl+Df5Z9SQIAAADAbGK4sGuK4YhEDBdhmzHcdWI4qDAxXCITw1kZJoYrrckz45tmPkta&#10;aSaGm00MZ0XZ5Ovw/82+LAEAAID/j727gZPrPOh7H8C8FEyBWLOyaWgCdUhQohkFk1izViracntp&#10;m5K3nZGtWcWB0jS9LbcuhRIg4FBa+kIvKZAm1qwcAyEJiSFv1oycmOJyfe+lLbQpEOpEs7KBAIEG&#10;mhe/aHadSPfMzLMvXo03lo6eOefM8/1+Pv+Pk5DYO2fOzJ7d82MEXEgMF3dNMRwzIoabwXprP3L+&#10;/PnPC4ccmEPjGG5FDDf3E8NZFSaGq7TsuvHXpl5PWiUmhptODGdlWnYuDp9y3au+MJyeAAAAALBl&#10;8Y33P0sMF2/NUQx3YvX7wuGGaJbff/Zrl0+J4WLuaG/tR54ihoO5JoZLZGI4q8LEcJWWXTfu7/SG&#10;69OuKa38E8NNl7033XLBe5VZwQunJwAAAABsEcPFXVMMx4yMYrhOf/izO2/k2OWbGA7mnxgukXVX&#10;333D7Q80wtNeKWK4hCaGq7yjveGLpl1TWgXWGz50rP/oofBUEvhkOCvrnvqCzp8PpykAAAAAiOFi&#10;rymGY0bEcPEnhoP5t9gd/N3s+7cYbt4nhrMqTAw3Fzqn1r972nWllXvZz1X/3SfDXUgMZ2Vdrd5+&#10;9ClPufXzw6kKAAAAQOoWT4jhYq4phmNGxHDxJ4aD+SeGS2RiOKvCxHBzo9Nf+8lp15ZW3onhplvY&#10;3/qB7P1JDGelXK3e/p/hVAUAAAAgdWK4uGuOYriuGI74xHDxJ4aD+SeGS2RiOKvCxHBzJbuWfM/O&#10;a0sr78Rw04nhrOyrNdoPhNMVAAAAgJSJ4eKuKYZjRsRw8SeGg/knhktkYjgr/86J4eZPp7c2mHaN&#10;aSVcb/jQsf6jh8JTRyCGsyqs1mj9djhlAQAAAEiVGC7ummI4ZmT5/efEcJF3tHdWDAdzTgyXyMRw&#10;Vv6J4ebUcm/t9LTrTCvXfDLcdGI4q8pqjdavhdMWAAAAgBQtnnjgWYsrZ8RwkdYUwzEjYrj465xa&#10;e50YDuabGC6RVTmGe/5LrlqoL/30tBu/NlcTw82x5d7aH0671rTyTAw3XfbedMuO9yqz0q7WaN0T&#10;Tl0AAAAAUiOGi7umGI4ZEcPFnxgO5p8YLpGJ4az8E8PNueXe8JPTrjetHBPDTTf+ZLh6a33Ke5ZZ&#10;Sdf69+H0BQAAACAlYrjoe1QMxywcPXn268RwcSeGg/knhktlZ94lhrOSTwyXgGnXm1aS9YYPHes/&#10;eig8VQQLB8RwVr3VGke+N5zCAAAAAKRCDBd9YjhmQgwXf2I4mH9iuFQ2EMNZ2SeGS0SnN/yzaded&#10;Vux8Mtx0Yjir6moHjrTCaQwAAABACsYxXHfw9uk3Cu0yTAzHTIjh4k8MB/NPDJfKRjHcR8RwVuaJ&#10;4RLS6Q1/f9q1pxU3Mdx0Yjir8vY2ll4QTmUAAAAA5p0YLvrEcMyEGC7+Or211z3lKWI4mGdiuFQ2&#10;eNcNbxLDWaknhktMdp15/7TrTytmYrjpxHBW5dXq7Uf21l+6EE5nAAAAAOaZGC72Bo82u6fFcEQn&#10;hos/MRzMPzFcKqtyDHfsqoV6Www3/xPDJWi5P/zgtGtQK2C94UPH+o8eCk8NgRjOqr5avf074XQG&#10;AAAAYJ6J4WJPDMdsTGK4dTFcxInhYP6NYrhmd/CH07+n2/xMDGelnxguUcv94dt2XoPa7OeT4aYT&#10;w9k8rNZovT2c0gAAAADMKzFc7InhmA0xXPxNYjhgnonhUpkYzko/MVzCOr2z/2rndajNdp3e8L93&#10;7hLD7SSGs3lZrbH0veG0BgAAAGAeieFiTwzHbIjh4k8MB/NPDJfKxHBW+onhErfcP/v3d16L2uwm&#10;hptODGdztf1H/lo4tQEAAACYN2K42BPDMRvjGK43/LlpN3Ps8kwMB/NPDJfKxHBW+p1bqB/54fC0&#10;k6jOXWe/eef1qM1oveFDx/qPHgpPBYEYzuZptUb7ga/Yf/SrwukNAAAAwDwRw8Xe4NHsr/80HG6I&#10;RgwXf2I4mH+LJ8RwaWzwrkMrZ+rhaa8UMVwyE8Mx9sq7H/2a7Br/f+68LrW488lw04nhbP7W+qVw&#10;egMAAAAwT8RwkdcVwzEbYrj4E8PB/FsUwyWy6sZw11x30x4xXBITw/E4nf7aqZ3XphZvoxhuuffY&#10;S8LhJxDD2Xxu6QfDKQ4AAADAvBDDRZ4YjhkRw8WfGA7m36IYLpGJ4az0E8Nxgex69F9svza1eJvE&#10;cEMx3A7Ze9MtO96rzOZj+9sHw2kOAAAAwDxoHv/wsxdXxHDRJoZjRsRw8SeGg/m3KIZLZGI4K/3E&#10;cEyVXfN/y85rVIuw3vChY/1HD4XDTjD6BC2fDGdzuXrr/33awaU/F051AAAAAKpODBd5Yjhm5OjJ&#10;82K4yBPDwfxbFMMlMjGclX5iOJ7Qje99aG+nP/ztndeqdvnmk+GmE8PZPK/WaP+zcKoDAAAAUHVi&#10;uMgTwzEjR+85/3Wdvhgu7oa3hsMNzKlFMVwiE8NZ6SeG43Pq9Nd+8sLrVbscE8NNJ4azuV69/die&#10;A0uHw+kOAAAAQJWJ4SJPDMeMiOFmMTEczLvFEw/83WZ3VQw352uuDN51vRjOyj0xHE/KsVPDF0+/&#10;brU8E8NNJ4az+V/r7nC6AwAAAFBlYrjIE8MxI2K4WUwMB/NODJfGxHBWgYnhuCjLvbWPTr9+tUta&#10;b/jQsf6jh8LhJRDDWQqrNZa+N5zyAAAAAFSVGC7yxHDMyJH+2b8khos9MRzMu+bK6qvEcPO/5nEx&#10;nJV+Yjgu2nJ//XumX8Paxc4nw02XvTfdsuO9ymz+Vm8/9tT9L31aOO0BAAAAqCIxXOSJ4ZgRMdws&#10;JoaDeSeGS2PN7plfEsNZySeG45K8YvQzQW/4m9OvZe3JTgw3nU+Gs1RWq7e74bQHAAAAoIrEcNH3&#10;SDYxHNGNbnwti+EiTwwH804Ml8bEcFb+tc4t1JfEcFyyTm/tddOvZ+3JTAw3nRjOUlmt0Tq7Z/+R&#10;vxFOfQAAAACqRgwXfWI4ZkIMN4uJ4WDeieHSmBjOyr/WZ8Vw5HXT+z69p9MffmL6da3tut7woWP9&#10;Rw+FQ0kghrOUVmu03h5OfQAAAACqRgwXfWI4ZkIMN4uJ4WDeieHSmBjOyj8xHJdP5+TwNdOvbe2J&#10;5pPhphPDWWrb02i1w+kPAAAAQJWI4aJPDMdMTGK4dTFc1InhYN6J4dJYszv4petXPlzlGO4N027Y&#10;2jxNDMfl9R0fOPfVy721X77w+tamb/2DYrgLieEstdUarbuect2rvjC8BAAAAACoiubxB5/d7K7+&#10;wrQbhXZZJoZjJsRwsTc8J4aD+SeGS2NNMZyVfmI44uj0126+8DrXLtxQDDdF9v50y4XvV2ZzP+8F&#10;AAAAAFUjhos+MRwzIYaLPTEcpEAMl8aaYjgr/cRwxNXpDd9+4fWuba43fOhY/9FD4XARLDSOjD4Z&#10;7rHp71tm87rWL9X2ta4MLwMAAAAAqkAMF3uDRxZXTovhiG4cw/WGb5l6M8cuw8RwkAIxXBpriuGs&#10;9BPDEV/n1PBZnd7w7guve80nw00nhrMkV29/cuHAkReHlwEAAAAAVSCGi73BI4vHxXDEJ4aLvN7w&#10;3PJJMRzMOzFcGmuK4az0E8MxO0d7j/2N5d7a6Quuf5OeGG4aMZylu9ZPhZcBAAAAAFUghos9MRyz&#10;IYaLPDEcJEEMl8aa3cEvHXzz6v7wtFeKGC6VieGYvaMnz77ygmvgVOePSZ1KDGeprlZv/85Vz3v5&#10;N4WXAgAAAABlJ4aLvcEji93V7w2HG6IRw0WeGA6SIIZLY00xnJV+YjiK0+kNf+iCa+Hk5pPhphHD&#10;WcqrNVrfF14KAAAAAJSdGC72xHDMhhgu8sRwkIRxDLcy+KPp39NtXtYUw1npJ4ajWK/6jfNfmF0D&#10;/9vHXQ8nNTHcNNn70y0Xvl+ZJbP7n3L48BXh5QAAAABAmTXvEMPFnRiO2XhF/5wYLubEcJAEMVwa&#10;a4rhrPQTw1EOh+89f8Vyb+3OC66N53yd/vAT/pjUC2XvT6/Nvgf5ZDhLcrVG+4G99SMvCi8HAAAA&#10;AMpMDBd7YjhmQwwXeb3huWP9oZvSMOfEcGmsKYaz0k8MR7l0+o88rdNfe8MF18hzu+GvHu0N/0Z4&#10;+ATZ+5MYztJefem7w8sBAAAAgDITw8WeGI7ZEMNFnhgOkiCGS2PNUQx3mxjOyrxRDNf6ofC0Q2l8&#10;x3s+/uXZtfG/yPaZzevk+dx7l08+uhgeNkH2/iSGs6RXq7due8p1r/rC8JIAAAAAoKzEcLEnhmM2&#10;lt979loxXMSJ4SAJYrg01qxwDHf1gaWaGC6FieEov05/eEt2jfzYBdfN87F7WveevzI8VILs/UkM&#10;Z0mvVm/9yt7Gy58TXhIAAAAAlNX1Kx/5BjFczInhmA0xXOSJ4SAJYrg01hTDWeknhqM6jvXWjnZ6&#10;w/98wfVzRdfpDz99tHf2n397/1wtPESC7P1JDGep76MLjaWXhpcEAAAAAGUlhos9MRyzIYaLPDEc&#10;JEEMl8aaYjgr/cRwVE+nv35wub/+tguuoyu2Tm/435fvXvv28LDYJnt/uuXC9yuzxFZvvTq8JAAA&#10;AAAoKzFc7InhmA0xXOSJ4SAJYrg0lj3PvyiGs3JPDEd1Hb73/BWd3tnXdXrDs1Ovq8u/e46cOvuM&#10;8HDYJnt/8slwZvX2reElAQAAAEBZieGi72ExHLOwfPfZa5dPieFirdMbnuuI4WDuieHSmBjOyj8x&#10;HPPhWH/9UHYN3a1KGJd9rf+h01+7+dZbz39+eAhsk70/ieEs+dUarX+7b1/ri8LLAgAAAIAyEsNF&#10;nxiOmRDDxZ0YDtIghktjYjgr/8RwzJ9j/UcPdXpr90271i7DOv21j2XX+7eMPtkufMnskL0/ieEs&#10;+dXq7eNf/eyXXBVeFgAAAACUkRgu+sRwzMQkhlsXw0Vap7/2WTEczD8xXBoTw1n5J4Zjvh09OXzZ&#10;cm/4lk5v+PC0a+8C9qujEO7oyUefHr5Epsjen8Rwlvxqjfbb9jaO+KOUAQAAAMpMDBd9YjhmQgwX&#10;d53+UAwHCTh4/CN/Tww3/xPDWfknhiMdR0+uHVjurb1+9Mls067Do643fCz75747+9c3+kS4zy17&#10;f7rlwvcrs+R2X21f68rwsiCyF3RPP+2G42cOLa4MvrN5fPC6xe7qv8x+Xrtj58b/+ej/nv33Rv/9&#10;0f8u/C0AAACAFInhIq8rhmM2xHBxJ4aDNIjh0pgYzso/MRxpGgVpR0+e/Zbl/vpKzDiu0xuezf56&#10;T6d39jtvet+n94R/PJ9D9v7kk+Es+dXqrXfXGq0D4WXBZTaK2Ba7gxc3u4Mfya7b78r7s1n43981&#10;/vtlf1+RHAAAACRCDBd5YjhmZBTDdXrDn9+4wWOXd2I4SMPB46t/r7myKoab84nhrPwTw8GGm943&#10;fPbR3tlXZz/rvD27Hv/tELJNvWbfbZ3e2oOd/tqpTu/s6zp3nf3mm+89/yXhH8GTlL0/ieEs+Ynh&#10;4nhB98Nfe0P39N9Z7A7emu1j067hL9ea2d8/21sPZv+80T83fAkAAADAPBHDRZ4YjhkRw8WdGA7S&#10;IIZLY82VwS8evO1+MZyVeZ8Rw8Hubj758NXH+o8eOnry7CtHWz45fO04dAsbBXST//zst46COn8M&#10;an7Ze5MYzpKfGO7yW7xt9Zua3dW3ZD+HPTTt2j32Rv/c0T9/sfsRzysAAADMCzFc5InhmBExXNyJ&#10;4SANYrg0JoazCkwMB5RO9t4khrPkJ4a7fL71J09/cbO7etNid/Wd2c9gj027bi9ga4srg7c3TzzQ&#10;ar3z/BeELxUAAAComnEMd/z0O6b88G+XY2I4ZkQMF3diOEiDGC6NjWK45onV54anvVImMVzr30+7&#10;OWtzNTEcUDrZe5MYzpKfGO7yuX5l8M3Zz14fnHa9XpY1u6v33tA9fTB8yQAAAEBViOHirtldfbh5&#10;4oHvCYcbohHDxZ0YDtIghktjYjirwMRwmZve9+k9nZOPLndOrf348qn1tyz31u7Nrsvu7/TWHhz9&#10;dfzvs/989H8f/fdG//3wPwUiyN6bxHCW/MYx3IF2I7wsuETNEx/5y83u6kr2s9dw2vV62ZZ9rZ/O&#10;/vrvhXEAAABQEeMYbkUMF2vN7uDh5omBGI7olu8+J4aLuHEMd2rdJ7TAnBPDpbFmVwxnpV/SMdzy&#10;XWvP7fTOvm65t/ZrO6/JntSy/934f5/9fcLfErgMsvcmMZwlPzHc5dFcOf2aZndwdtq1etmX/bz4&#10;0MHu6VvCQwEAAADK6PqVB78h+yFeDBdpTTEcMyKGi7tJDDcUw8GcO7gihkthTTGclX31dGO4oyfX&#10;/3J27fWm5d7wU9uvxS55vbVPZdfIx4+ePPtXwj8CuETZ+5MYzpKfGC6/5onTz2uuDO6Ydp1etTW7&#10;p1cOvnl1f3hoAAAAQFmI4eKuKYZjRsRwcZcd289mE8PBnBPDpbGmGM7KvkRjuJtPPnz1cm/t9cu9&#10;4WM7r8UuyyZ/3zeN/jnhHwlchOz9SQxnyU8Ml9/i8TMvz67Jf3XnNXqV1+yu3nvDyurLwkMEAAAA&#10;iiaGi7umGI4Zuemu4TPFcPEmhoM0iOHSWFMMZ2VfojHcsVNrrUv+o1Evdr3hBzv9teXwjwaehOz9&#10;SQxnyU8Ml192Pf73myuD39t5jT4PGz+u7ulXh4cKAAAAFEUMF3dNMRwzIoaLOzEcpEEMl8aaYjgr&#10;+xKN4Tq99X+UXW/9/s7rsJjL/nl/stxb/6eH7z1/RfgygCeQvT+J4Sz5ieHyOv95B48Pvn9xZfDJ&#10;adfpc7Pu6p/5fTAAAAAUSAwXd00xHDMihos7MRykYRzDdQcfm/Y93eZn2XMshrNyL8EYbhSjdfpr&#10;P739+mvW6/TX7xDFwRPL3p9GMdxnLnjPMktoYrh8Dt967xWLK2deP+0afX43+NHw8AEAAIBZEcPF&#10;XVMMx4yI4eJODAdpEMOlsew5FsNZuZdgDHfzyYevzq653rRx7VXkOv3hG76rf+6Lw5cGBNn7kxjO&#10;kp8YLp/Ddzz4lenFcGHd1VvDYQAAAABiE8PFXVMMx4yI4eJODAdpEMMlszvFcFbqieFKseza7wfC&#10;lwdksvcnMZwlPzFcPknHcNma3cHZg93VW8LhAAAAAGJ5wZtO7xPDxVtTDMeMiOHiTgwHaRDDJTMx&#10;nJV7k9jkteFpT0IZY7jROv21Pz168uwrw5cJSRu9L4nhLPXV6u13ieEuXeox3Oa6gz9urpz+9nBY&#10;AAAAgMtNDBd32bF9qHlcDEd8kxhuXQwXb58Rw8H8E8MlMzGclXsJxnCH7z1/xXJv7c4d11+lWac/&#10;/MSRU2efEb5cSNLofUkMZ6lPDJfP4VvvvWJ0Lb7j2jzZjX9vXNGfSwAAAKDUxHBxJ4ZjVsRwsTcU&#10;w0ECxHDJrLIx3N76SxfEcAnMJ8OVdtn14PHwJUNyRu9LYjhLfWK4fMafDNcd/Lsp1+ep7+7FEw88&#10;KxwmAAAAIC8xXNyJ4ZiVcQx3cvjWaTft7HJMDAcpEMMlMzGclXtJxnDnr17uDW+78BqshOsNP3Ws&#10;/9jfDF86JCP7/vNDYjhLfWK4fMRwu6/ZHbzxuuO/8YXhcAEAAACXSgwXd2I4ZkUMF3tiOEiBGC6Z&#10;ieGs3BPDVWO94VvClw9JEMOZieHy8sekPsl1T786HDIAAADgUojh4k4Mx6zc9IHhMzt9MVy8ieEg&#10;BTesrP69RTFcChPDWbmXYAx3+N7zVyz31u6cfh1W7h3rP3ooPAyYa2I4MzFcXj4Z7smvubL6O4u3&#10;3f9N4dABAAAAF+PQm07vy37AFsNFmhiOWRHDxZ4YDlIghktmdzbfKIazEs8nw1VvveFPhYcCc0sM&#10;ZyaGy0sMdwnrDn4yHD4AAADgyRLDxZ0YjlkRw8WeGA5SIIZLZtWO4RpiuLmfGK6Sy67Ff/1Vv3H+&#10;C8NDgrkjhjMTw+Ulhru0NVcG/6vZPfOicBgBAACAz0UMF3diOGZFDBd7YjhIgRgulQ3uvKH7e88J&#10;T3uliOESmRiu0jvWf/RweFgwV8RwZmK4vA7feu8V2fX4nRden9uTWbO7em84lAAAAMBuxHBxJ4Zj&#10;Vm76wDkxXNQNP7N8aj2pm9KQosXu6VeL4VLYKIYbiOGsvBPDVX7ZdflrwkODuSGGM5vEcAvPu7Ee&#10;XhZcpENv/K2vyq7FfTJcjjVXVh9bPD74tnBIAQAAgGkO3S6Gi7lxDLdy5p+Eww3RvPID5565LIaL&#10;uFEMNxTDwZwTw6UyMZyVfGK4OdnwbeHhwVwQw5mJ4fISw12+NVcGd4TDCgAAAOw0juG6g3dO+6Ha&#10;8k8Mx6wc6w2/XgwXc2I4SEGze3pp/P9pP+V7us3PmiuD+w6/4UNXhqe9UsRwiSzBGK5z6uFrsmuu&#10;OYvhxp8Q9x/CQ4TKE8OZieHyOvTG3/uqxZUzYrjLtsEnm93VvxoOLwAAALBBDBd3YjhmRQwXe2I4&#10;SMHB7uAV2ffvP9j5/dzmbT4Zzkq+evux7K9iuDlZpz/87fAwodLEcGZiuLwO33rvFdn1+J0XXp9b&#10;njVXzrwpHGIAAABgRAwXd82VwUPZxHBEJ4aLPTEcpOCG21dfmn3/vn/n93Obt4nhrOQTw83dOv21&#10;PwkPFSpLDGcmhsvLJ8PF3OC3Dt1+uhYONQAAAKRNDBd3YjhmRQwXe2I4SMENK6f/t2Z38OvTvqfb&#10;HO3E6jurHcMtvXHazVmboyUYwx2+9/wVy721Oy+8BpuvhYcLlSSGMxPD5SWGm8UGR8LhBgAAgHSJ&#10;4eJODMesiOFiTwwHKTj8hg9dudhdHUz7nm7zs+za7L7Rcx2e9koRwyUynww3t+v0hp9ovfNDXxQe&#10;NlTKOIZriOEs7Y1juOeK4S6VGG5G6w6Oh0MOAAAAaRLDxV2zK4ZjNsRwsSeGgxRcd/w3vrDZXX3j&#10;tO/pNkfzyXBW9onh5nu9tQ+Hhw2VIoYzE8PldfjWe6/IrsfvvOD63C77mt3BJ8JhBwAAgPSI4eKu&#10;KYZjRsRwkddbe2z5pBgOUpBdF333tO/pNkcTw1nZJ4ZLYb8aHjpUhhjObLxfEsNdOp8MV8BODP5K&#10;OPwAAACQjkO3/+6+xe6qGC7SmmI4ZmQSw62L4WJNDAfJaJ5YfW6zOzg77fu6zcf8MalW+onh0lhv&#10;7c7w8KESxHBmo7V+aeG5LxfDXSIxXDFrHh98T3gKAAAAIA1iuLhrdlc/LYZjFsRwkdcbiuEgEd/6&#10;k6e/uLmy+o5p39dtTuaT4azsSzCGO3zv+StGcdjU67A5Xqe/9qPhEEDpieHMRhPD5SGGK3DdwdvD&#10;0wAAAADzTwwXd2I4ZmUcw/WGb5t2k80uw8RwkJTFlcF3Tvu+bnOySsdwywsLjbYYbt7nk+GS2tHe&#10;8G+EwwClNonhWp+94D3LLKmJ4fI4fOu9V2TX43decH1us1l38LHwVAAAAMB8E8PFnRiOWRHDRZ4Y&#10;DpJy/Zvuf0Z2ffSr07632xxMDGdlX5Ix3LlrOr3h8anXYXO+Tn/tf9z87vNfGQ4FlJYYzmw0MVwe&#10;h976e1+12B385NRrdJvV1hdP3P/V4SkBAACA+TS6ESiGizcxHLMihos8MRwk52D39C3Tvrdb9Zdd&#10;m913+A0fujI81ZUihktkYrjkdrQ3vD0cCigtMZzZaGK4PMRwJdqJQTM8LQAAADB/xHBxJ4ZjVsRw&#10;kSeGg+Q0T/zO05srq78x7fu7VXzZta9PhrNSL8EY7vC9569Y7q3dOfU6LJX1hi8JhwNKSQxnNpoY&#10;Lg8xXLnWPLF6Y3hqAAAAYL6I4eJODMesiOEiTwwHSVpcOf2Pp31/t4pPDGdl3ziGO/KD4WlPQuqf&#10;DBd213e85+NfHg4JlI4Yzmw0MVweh2+994rsevzOC67PrbA1jw++Jzw9AAAAMD/EcHEnhmNWxHCR&#10;J4aDJDXfuLow+iM1p32Ptwovu/Y9dPvv7gtPc6WI4RKZGC7ldcIhgdIRw5mNJobLwyfDlXMHu4N/&#10;Fp4iAAAAmA9iuLgTwzErx3rnxHAx1xs+dqy/ntRNaWCieXzwkmnf4626GwWOh9/woSvDU1wpC8+9&#10;ce+CGG7+J4ZLeMN3tN55/gvCYYFSEcOZjdb6pYX9S/vDy4KLJIYr8wb/LjxNAAAAUH1iuLgTwzEr&#10;YrjIG8dwQzEcJCr7Xn7HtO/zVtFV+JPhxHCJLMEY7vC9569Y7q3dOfU6LKVl15yd/iMHw2GBUlmo&#10;L/2wGM5MDJeHGK7k6555c3iqAAAAoNrGMdwJMVysjWK4xRNnvjscboimc2r4rOW+GC7WOuMbk2I4&#10;SNXBlcG1zZXB7037Xm8VnBjOyj6fDJf0OieH3xsOC5SKGM5sNDFcHodvvfeK7Hr8zguuz600G/0/&#10;goWnCwAAAKpLDBd3YjhmRQwXd2I4oLmy+qpp3+utghPDWdknhkt7vbXX33r+/OeHQwOlIYYzG00M&#10;l8fBlQ891SfDVWDdgU+IAwAAoNrEcHEnhmNWxHBxJ4YDRprdwVumfb+3iq07eOeh20+L4ay8E8Ml&#10;vuE7jrz70a8JhwZKQwxnNpoYLg8xXJV25vXhaQMAAIDqEcPF3TiG64rhiE8MF3diOGDk8B0Pfklz&#10;ZfV3pn3PtwpNDGdlX4Ix3OF7z1+x3Fu7c9p1WIK7/+aTD18dDg2UhhjObDQxXB5iuGqt2R38SHjq&#10;AAAAoFrEcHEnhmNWxHBxJ4YDNhxcWb1h2vd8q9DEcFb2JRjD3fieR76601vzyXDZOv21U53+IwfD&#10;oYHSEMOZjSaGy+PwrfdekV2P33nB9bmVds3jg+8JTx8AAABUxziGWxn4JUSkieGYFTFc3InhgO0W&#10;u4PvmvZ93yqzdxx6kxjOSjwxXNITw1FWYjiz0cRwefhkuGruhu6gHZ5CAAAAqAYxXNyJ4ZgVMVzc&#10;dfpr62I4YLvse/zKtO/9Vv41Vwb3HX7Dh64MT2WliOES2TiGW0orhvuAGG5jYjjKSgxnNlrrF8Vw&#10;l04MV90duv2B68PTCAAAAOUnhou7Znfw6cXuQAxHdJMYbl0MF2liOGCaxe7qqWnf/63088lwVu7V&#10;W2K4hCeGo6zEcGajieHyEMNVd82V1eHhOx68OjyVAAAAUG5iuLhriuGYkVEM1+kN377zZppdnnX6&#10;QzEcMNVid/V/TLsGsFJPDGflXr21LoZLd2I4ykoMZzaaGC6Pw7fee0V2Le730FVdd/Cx8FQCAABA&#10;uYnh4q4phmNGxHBxJ4YDnsjh43+4J7uWemTadYCVdmI4K/eSjOHOieHCxHCUlRjObDQxXB4HV37/&#10;qYvdMz4ZrsJrdlffEp5OAAAAKC8xXPR9SgzHLIjh4k4MB+zm+jfd/4wp1wBW0jVXBvcdfsOHrgxP&#10;X6WMYrhao/2m6TdnbW4mhkt6oxhu+f3r14dDA6UhhjMbTQyXxyiGa66s/tS0a3Sr0s784/CUAgAA&#10;QDmJ4aJPDMdMiOHiTgwHfC4Hbxt845TrACvhmiur73hBhT8ZTgyXwFKN4U6J4UYTw1FWC/UjYjgz&#10;MVwuYrj52cHjpw+HpxUAAADKRwwXfWI4ZkIMF3fZsV3vnBTDAbtb7J554ZRrASvZxHBW+qUaw/WH&#10;3WnXYalNDEdZieHMRhPD5XH41nuvyK7H/R56Dpb9TPXx8LQCAABA+Yjhok8Mx0yI4eJODAc8WQdX&#10;Bt865XrASjQxnJV+Yrik1+mtnVo+KYajfMRwZqOJ4fLwyXBztu7g34enFgAAAMpFDBd9YjhmQgwX&#10;d+MYrrf+A+FwA+zq+pXBN0+5JrCSrLkyuO/wGz50ZXi6KkUMl8gSjOG+Qwy3uey6UwxHKYnhzEYT&#10;w+UhhpvDHT/98vD0AgAAQHk037j63OwHVzFcvInhmInOqXNiuIgTwwEX64aVM//blOsCK8FGnwx3&#10;/cqD3xCeqkoRwyUyMVzSE8NRVpMYrn3ugvcss6TW+sW99fZzw8uCiySGm8N1V//boTf+1leFpxgA&#10;AADKQQwXfWI4ZuKm9w2fLYaLt0kMNxTDAReleXywOOXawAqeGM5KPzFc0hPDUVZiOLPRxHB5HL71&#10;3iuy63G/h567nXl9eIoBAACgHJonxHCRJ4ZjJsRwcSeGAy7VDbc/0JhyfWAFTgxnpV+CMdwr7nrk&#10;L4jhJhPDUVZiOLPRxHB5+GS4+Vz2nH58sXvmheFpBgAAgOKJ4aJPDMdMiOHiTgwH5HH9m+5/xpRr&#10;BCtozZXBfYff8KErw9NTKWK4RCaGS3piOMpKDGc2mhguDzHc/C57XrvhaQYAAIDiieEir7v6qcWV&#10;M/84HG6IRgwXd2I4IK/FE/d/eXZd8GdTrxdspvPJcFb6JRrDLYvhxhPDUVZiOLPRxHB5iOHmeo/e&#10;cHz1b4SnGgAAAIolhos8MRwzIoaLOzEccLk0VwYfnHrNYDNb8/hpMZyVe6MY7kArqesOMdzj1hfD&#10;UUZiOLPRxHB5HL713iuy63G/h57fvTs81QAAAFAsMVzkieGYETFc3InhgMupubL6nqnXDTaTVTmG&#10;q+1rXS2GS2BiuNQnhqOUxHBmo4nh8nj+T/+Pq3wy3ByvO/jjxRMP/PXwdAMAAEBxxHCRJ4ZjRlr3&#10;nr+y01u7b8rNNLtM6/SHt4TDDZDb4onVn5567WDR11wZ3Hf4DR+6MjwVlSKGS2RiuNQnhqOUFurt&#10;W7P3KDGcJT4xXB5iuATWXf3x8HQDAABAccRwkSeGY0Y6/XN/frm/7gZipPlkOCCGxROrr5x6/WBR&#10;1+yu/sL1Kx/xyXBW3onhUp8YjlISw5mNJobLQww3/2t2B//9+pUP18NTDgAAAMUQw0WeGI4ZWu6t&#10;/ciOG2l2mSaGA2K5fuVMvdkdPDb1OsKiTAxnpZ8YLvX1l08+IoajdMRwZuPdKYa7dIdvvfeK7Hrc&#10;76HnfqeXw1MOAAAAxRDDRZ4Yjhk62jv76k5v+PCUG2qWc2I4ILbsuuE/XXAdYVEmhrPSL9kYzqcc&#10;h4nhKCUxnNl4Yrgcnv+zPhkujQ1eH55yAAAAKMYohmt2B784/QdXyz0xHDN09OTwxZ3e2mDHzTS7&#10;DBPDAbPQ7K6uTL2esMu65srgvsNv+NCV4bBXihgukYnhUp8YjlISw5mNJ4bLQQyXxrLn+L0v6H74&#10;a8PTDgAAALMnhos8MRwzdNP7Pr1nubf20R030+wyrdMf3hIONUA0B7uD9tRrCrts88lwVvqJ4VKf&#10;GI5SEsOZjSeGy8Efk5rGmt3BJw6uDK4NTzsAAADMnhgu9gafXFw5LYZjZjr9s/962400u3xb88lw&#10;wKxcd/zDexa7g9+cfm1heSeGs9JPDJf6xHCUkhjObDwxXA4+GS6RdQe/m/3MdVN42gEAAGD2xHCx&#10;J4ZjtpZPri92esPf23FDzfJPDAfMXHNl8Prp1xeWZ2I4K/3EcKlPDEcpieHMxhPD5fD8n/2Dq7Jr&#10;8Z+edo1u87Ps59hPLnZXXx2edgAAAJg9MVzsieGYveXe2k/tuKFmuTcUwwGFuKF7+uD0awy71DVX&#10;BvcdfsOHrgyHuFLEcIlsFMPtTy2GOyeG21r/FXevvyAcGigNMZzZeGK4HMRw6ay5cvo14WkHAACA&#10;2RPDxZ4Yjtnr9B/7a8u9tf+546aa5ZoYDijOrbee//zmyup7pl9r2MWuyp8Mt7e+/GULjdZPTbkx&#10;a/M0MVzqE8NRSmI4s/HEcDmI4RJad/XW8LQDAADA7InhYk8MRzE6veGJHTfVLNfEcEDxblhZvXn6&#10;9YZdzKocw43U6q0fnXJj1uZpqcZwJ4cr06/DkpsYjlISw5mNd+fexo3PCS8LLpIYLqGJ4QAAACiS&#10;GC72xHAUo9N/5Gk7bqpZznX6w1vC4QUozOKJ+788u8a458JrDnuyG8VwzTsefHY4pJVTq7e+Z6He&#10;fmzKzVmbl4nhUp8YjlISw5mNJ4bL4brjH94jhktkYjgAAACKJIaLvcEnF4+L4SjGcu/sP9xxY80u&#10;ecO15VPr3x8OLUDhFrsfeeX0aw/7XGuuDO47/IYPXRkOZeXU6kvfKoZLYklF+K/4ZTHc1s6K4Sgl&#10;MZxZtroYLg8xXEITwwEAAFCkcQy3IoaLNzEcxVruD986/SabXdxGMdxQDAeUygvecvrPN1dW3zP9&#10;GsSeaFX/ZLg9+9t/eaHe/uDUG7Q2H0vxk+HEcNsmhqOcxHBm2cRwuYjhEpoYDgAAgCKJ4WJPDEex&#10;OqcevqbTGz44/UabPfmJ4YDyyq41Xp5ddzx84XWITVvVY7in7n/p0xYarV+ceoPW5mNiuMQnhqOc&#10;xHBm2cRwuYjhEpoYDgAAgCIdvO3+/WK4mBt88obualJ/xBHlc+zU8GXTb7TZk15PDAeUX3ZN96bp&#10;1yO2fVWP4UYW6u2fnnqD1uZp/pjUZCeGo5zEcGbZxHC5iOESmhgOAACAIonhYk8MRzks99ZeP/1m&#10;mz3ZdfpDr2Wg9J5/x4NXL3YHH5t+XWKjZde+9x1+w4euDIeskhYa7Zdk+/Tjbs7a3KzWaK/tSeyT&#10;4Tr9R54mhtuYGI5yCjHc1Pcts2QmhstFDJfQxHAAAAAUSQwXe2I4yqPTG949/Yabfc6NPhmu55Ph&#10;gOpY7J7pLHYHfzr9+iTtjT8Z7ni1Pxmutq91Za3eftfUm7RW+SUbw/XFcKN1+mf7N4nhKCExnFk2&#10;MVwuh8Vw6UwMBwAAQJEO3ra6v7myKoaLNjEc5dLpDf/btJtu9jkmhgMqKrvO+6Hp1ygpb/D25vEP&#10;VzqGG6nVl/7+1Ju0VvmJ4dJe59RaTwxHGYnhzLKJ4XIRwyWzc2I4AAAACiWGiz0xHOXT6Q3/YNqN&#10;N9tlYjig4ha7q6emX6ukt3n4Y1JHnv70m79kodH+6AU3aW1eltTPEGK4rXV6a72b7hLDUT5iOLNs&#10;9dY79zZeLoa7RGK4ZCaGAwAAoFhiuNgTw1E+R09+8qs6veH6tJtv9gQTwwFzYPHEA89a7K6+e/o1&#10;S0qbj0+GG1nYv/SPpt6otUrPJ8OlPTEcZSWGM8smhstFDJfKBucWu6fFcAAAABRHDBd7YjjKqXNq&#10;+KxpN9/sCSaGA+bI9bd95Ppmd/VXpl+7pLD5ieG++tkvuWqh0frVqTdrrbITw6U9MRxlJYYzyyaG&#10;y2Ucw50Qw83/xHAAAAAUTAwXe2I4yqvTf+TgtBtwNn2d/tBrGZgroyAsuw78+PRrmPndvPwxqRsW&#10;9re/c+rNWqvsxHBpbxLDPSKGo3TEcGbZxHC5jGK4RTFcAhPDAQAAUDAxXNw1VwafPCiGo8QEcU9y&#10;vbWhT4YD5lV2zfI3s2uW/3vndczcrjt48/VvWn1mePhzYaHe/vWpN2ytykvqZwgx3NbEcJRVrdF6&#10;3ZT3KrO0JobLRQyXysRwAAAAFEwMF3diOKrg6MmzXzftRpxtmxgOSMDBldUbFlcGd027ppmrdQc/&#10;+fw7Hrw6POy5UKu3Do0+TWzqTVur3NL9ZLh1MVw2MRxlJYYzyyaGy0UMl8rEcAAAABRMDBd32bH9&#10;hBiOKlh+/7kv6/SGD0+7IWfZekMxHJCM0R8h2uyu3jvt2mZO9uPhoc6VhfrSD0+9aWuVmxgu7Ynh&#10;KCsxnFk2MVwuYrhE1hXDAQAAULBxDNcd/NLUH1wt98RwVE2nt/bAzhtylk0MByTo+pXf2tvsnv7n&#10;iyuDT067zqnofuvg8dW/Fx7ifGm1vmCh3v6PU2/cWqUmhkt7YjjKSgxnlk0Ml8s4hls5/YYp1+g2&#10;TxPDAQAAUDQxXNxlx/YTB7unxXBUSqc//E/bb8hZNjEckLiD3cErmiuDX592vVOx3Xnw9gcOh4c1&#10;d6567suePfXGrVVxSf0MIYbbmhiOshLDmWWrt9559YGlfeFlwUU6fPwPxXApTAwHAABA0cRwcZcd&#10;WzEclbTcX7tn44acTdbpD72WgeS9oHv6adk1zl07r3mqsGZ3cLZ5fPC6w7fee0V4OHNpYf/SP5p6&#10;89Yqs9Enw9Xq7aQifDHc1kYxXKe//vxwaKA0xHBm2cRwuYjhEtkohltZ/eHwtAMAAMDsieHiLju2&#10;Yjgqq9Mb/tD2G3MpLzsWw05//TXh0ACQGX1a3OLK4D9MuwYq3bqDc82VwR03rAy+OXz5c22h0frZ&#10;qTdwrRJLM4Y7J4YLE8NRUp8nhjPLJobLRQyXyMRwAAAAFE0MF3fZsRXDUWlHT579lu0351KdGA7g&#10;iR2+48EvaXZXX9tcWf34tOuhMiz72j54cGXwreFLnnvXXvutX1xrtH576k1cK/3EcGlPDEdJieHM&#10;RhPD5SKGS2RiOAAAAIp28M1iuJjLjq0Yjspbfv/HvqzTG/737TfpUtskhhuK4QA+hxd2f/drF1dO&#10;/+PsOug/7rwuKmjri93Vdx5cWT163fHf+NLwZSZhb+PIM6bexLWqLKmfIUYxXHa9dWLadVhqE8NR&#10;UmI4s9HEcLkc+snTtez6XAw37xPDAQAAUDQxXNxlx1YMx9zo9Idv2n6jLqWJ4QAu3uFb772ieXzw&#10;kuya6N3N7uDszuuk2Bt9Ul2zu7qy2P3IgfAlJWdh/9K3Tb2Ra6Veqp8MJ4abTAxHSYnhzEYTw+Vy&#10;6HYxXBITwwEAAFA0MVzcZcdWDMdcOXZq7dj2m3WpTAwHkN/hN3zoysWVwXcudldPNVdWH5p27XRZ&#10;1h18rNldfUuze/pFoyAv/OOTVau3v2vqzVwr7cRwaa/TOyuGo4zEcGajieFyEcMlMjEcAAAARRPD&#10;xV12bD/RPLH6j8LhhrnQuvf8lZ3e8Oz2m3YprNMfClsBLqNRqHZD9/TB5srp12TXTXdl++j266gn&#10;u+bK6mPZX+9fXBm8fbF7+tXN4x9+dvhHECw02j9+wc1cK+3EcGlPDEdJieHMRhPD5SKGS2RiOAAA&#10;AIomhou77NiK4Zhbnf7aj22/cTfPyx7rWZ8MBzAb40+Q637kQLN7ein76yub3dXXNo8PXrdj3zP5&#10;v51+kfjtyanVW++eelPXyrqkInwx3NbEcJSUGM5sNDFcLmK4RCaGAwAAoGjXr3y43hTDRVt2bMVw&#10;zLVX9Nfqy/3hh7bfwJvHieEAmAcLjdbdU2/sWqmW4ifDHXn3o18jhptMDEdJieHMRqu33yGGu3Ri&#10;uEQmhgMAAKBoYri4y46tGI4kLJ8avnb7Tbx52+iPhRXDATAPFuqt/2fqzV0rzcRwaU8MR0mJ4cxG&#10;E8PlIoZLZp/NJoYDAACgOGK4uMuOrRiOZCzfffbaTn/469tv5s3LxHAAzJOFevuDU2/wWikmhkt+&#10;J8VwlJAYzmw0MVwuYrhkJoYDAACgWGK4uMuOrRiO5BztDf/Jtpt5czExHADzplZvPTj1Jq+VZbeE&#10;pyoJYrjHTQxHGYnhzEYTw+UihktmYjgAAACKJYaLu+zYiuFIUufUw9d0+sO3brupV+mJ4QCYR7VG&#10;+zen3ui1Qpc9L8PkPhnubjHctonhKCMxnNloYrhcxHDJ7LOLx8VwAAAAFEgMF3fZsRXDkbTOqbVv&#10;XO4Pf2Xbzb1KTgwHwLyqNdr/39SbvVbYxHDJTwxHGYnhzEYTw+UihktmYjgAAACKJYaLu+zYfqJ5&#10;XAwHnVPDv7XcX7s/3OCr3MYx3EkxHADzqVZv3TP1hq8VMjFc8hPDUUZiOLPRxHC5iOFS2eCzi8dP&#10;i+EAAAAozvUrZ+rN7hkxXKQ1V1b/lxgOtnROrX3ncm/tk1Nu+pV6YjgA5t1Co33qghu+VuRuCU9N&#10;EsRwj9vJTv8RMRxlI4YzG00Ml4sYLpWJ4QAAACiYGC7uxHAw3fLJ4Wun3Pgr9Tr9YVI3pQFIz0K9&#10;/dNTb/zaTJfuJ8Oti+EmE8NRRmI4s9HEcLmI4VKZGA4AAICCieHiTgwHT6z1zg990dHe8PuX+2sf&#10;33EDsIw70+mv/x/hSwegIp7+9Ju/ZG/jyDNGG/3r8B+zi1q99T1Tb/7azJZsDHdKDBcmhqOMxHBm&#10;o41iuOcd+YbwuuAijWO47uDfT/sdqs3TxHAAAAAUTAwXd2I4eHI6/bWbl/vD35pyM7AkG/4/nf7w&#10;peHLBaAEvqLx4q9c2N8+uNBoLdfqrR+tNVpvX6i3P5j96wdHy/71Y1NvYo6W/d+2/fd+ffS/Hf09&#10;Rn+v0d/zmutu2hP+MUna02i1px43m8nEcMlPDEcZieHMRhPD5SKGS2ViOAAAAAo2juGOD941/QdX&#10;yzsxHFycTv+xv77cW3v/lJuCxa63dmenv34wfJkAFGD0yW61eutQttcsNNqnsr9+/IIblJd79fYn&#10;sr+eyvbaqxov/+aUPl1ub7393McdC5v1kvrj2cVw29ZbO9l5nxiO0vm8WmPpR6a8V5mlNTFcLmK4&#10;VDb47A0rqz8UnnYAAACYPTFc3Inh4NLc/O7zX9npr52aeoOwgHX663fcfO95f7weQAFGAdxCo/0v&#10;s7/eW2u0zl5wU3LGC1/DfdlGX9Oh8GXOpdEn5NXq7d/d/vgt/lL8ZLhXiuG21ls7eay3/k3h0EBZ&#10;iOHMRhPD5SKGS2ViOAAAAAo2juFWxHCxlh3b/9U8floMB5eo9c4/ubLTW/vO5d7aL0+9WTiL9dbe&#10;2zm5dlP4kgCYkb2N9l+p1dv/otZo/aepNyNLtOzr/M8LjdaPLexvf0v2pX/e5BHMj+zxvWva47Y4&#10;E8MlPjEc5SSGMxtNDJfLodv/SAyXxMRwAAAAFEwMF3diOLh8vr1/rtbpr39Xpzf8/6beOIyw7J91&#10;T6e/9h2vet/5Lw1fBnCZTT4J8pGDy73hS472zr660zv7utFG//pob/iiURAw+u+E/zoJqO1rXV2r&#10;t75nod7+4NSbkBVYrdH67eyvr33q/pc+LTysyltoHPnBnY/T4izNGO6cGG5jYjjKSQxnNpoYLpfm&#10;G1cXxHApTAwHAABAwQ6tnKlnP6CK4SJNDAdxjP7I0k5/eEunv/axqTcRL8/uP3ry7CsP33v+ivCP&#10;BS6T73jPx7+80z/715dPDm/t9IZ3L/eGn5ryGnzcsv/en40Cgey1/4PLvbN/dekd5/5c+NsxRxb2&#10;H/lrC/X2T2f7g6k3ICu4WqP1x7VG+021evt/Dw+zshb2tw9Oe4wWZbeEw56EUQx3tDe8fdr7f3IT&#10;w1FOYjiz0cRwuYjh0lhzZfDZphgOAACAIonh4m4cw62s/p/hcAMRvOh9f/ilnf7Zv7Z8avja5f7Z&#10;fqc//MTUG4tPZr3hHy+fWntX59Twe4/1Hz106/nznx/+McBlctP7zu9Z7p39h53e2n1TX4cXsU5v&#10;+CvL/fVXdfrn/nz421NZt35+rX7kZQuN9s9l+/TjbjrO0Wr19iO1euvna/uXlp7San1BePCVcs11&#10;N+1ZqLf++7THZ5dntUZrmL0eXhMOeRLEcNsmhqOUzovhzEYTw+UihktjYjgAAAAKJ4aLOzEcFOOm&#10;9316T+fko8udU2s/3umv37HcW7t3ub92f7aPb9xoHH2qXKc//O3sX98z/u+cWvuX2b9fat17/srw&#10;twEus9Hrq9M7+52j193Ga/Hy7Ww/e62/ovWh818U/nFUSK2+9K21RuvXpt50nOfV278+euzhMFRK&#10;rd7+iamPyXIv1RhuWQw3We+sGI4SuvXzxXBm4/2CGO7SjWO4FTHcvE8MBwAAQOHEcHEnhgOALaNQ&#10;NcSp0wOAy7ROf+2UsLU69jaOfPNCvX3HQqN9bsfNxtT2M3vrS381HJZK2Fs/8qIpj8NyTgyX+MRw&#10;lJIYzixMDJfDJIZbFcPN+cRwAAAAFE4MF3diOADYcrQ3fNFyf+1XLrjxH2mjKO7Yqce+JfzjKaGF&#10;/S/7utHN9Vq9/btTbjYmutZHs+Pxz/fUj3x9OEyll33dH73wcVjO3RIObxLEcNsmhqOUxHBmYWK4&#10;HMRwaUwMBwAAQOHEcHEnhgOALUd7Z//ucm/tw1Nv/kdcpzf8zWOn1o6FL4MSqe1fWqrVWw9OudFo&#10;k310odFaDoer1GqN1vdN+frtEjb5ZLhWUp8Md+x9j/5FMVyYGI5SEsOZhYnhchDDpbFmd/UzYjgA&#10;AAAKJYaLu2ZXDAcAGzr94S3ZPnHBjf9ZrTf8w87JtZvCl0PBRjcSFxpLb5xyk9GmrNZordQOtBvh&#10;8JXSngM3PbPWaP/WtK/fnvzEcIlPDEcpieHMwsRwOYjh0pgYDgAAgMLd8KaPNMRw8dYUwwHApsJj&#10;uI31hr/RuevsN4cvi4IsNNovqTXav7zjBqN9zrV+dfSJeuEwllKt0Xrd9K/dnszEcMnvLjEc5TOK&#10;4dpiOLNRDPccMdylEsOlMTEcAAAAhRPDxV1TDAcAm0oTw4V1+mt3dU4NnxW+PGZob335y2qTP1bz&#10;oztuMNqTXb39R7V6+/uveta3fXk4rKXyFY0Xf2X2dT50wddtT3a3hEOZBDHc4yaGo4TEcGZhYrgc&#10;xHBpTAwHAABA4cRwcdcUwwHAplEMt+OGfzl2av0t4UtkRq657qY9tUbrrik3GO3Sdmp0TMPhLZWF&#10;xtIPTvl6bZf5ZLjkJ4ajhMRwZmG/8FQx3CUTw6UxMRwAAACFE8PFXVMMBwCbJp8Mt1aaT4bbsUeP&#10;nhy+OHypRLaw/8hfqzVa/ojUy7zxMc2ObTjMpfHVzznyNbV6695pX7NdODFc8hPDUUJiOLPRsteB&#10;GC4HMVwaE8MBAABQODFc5HVX/0wMBwATJY/hxuv0hm8PXy4RLTTaL6nV2/955w1GuzwLx/Yl4XCX&#10;xp566zt2fq124cRwyU8MRwmJ4cxGG8VwVz33pmeHFwYXSQyXxsRwAAAAFE4MF3liOADYVIUYbmNH&#10;e2tHwpdNBLX60rFavfU/pt1ktMu30TEeHetw2Euj5o/IfTK7JRyuJIjhHre7jvUeEcNRMmI4s9HE&#10;cPmI4dKYGA4AAIDCieEiTwwHAJtGMdyUm/5l3j3hS+cyqx1o/x8LjfZHd95gtGj76OiYh8NfCnv2&#10;t79xod76f6Z8rcmv1mid9clwSU8MRwmJ4cxGE8Pl0/w5MVwKa3YHn2munBbDAQAAUBwxXOSJ4QBg&#10;0/iT4XrDT+646V/u9db+7Kb3Dd3wuswWGu1bdt5ctJmtVJ84tqe+dKTWaP3xlK8z2aUbw62L4SYT&#10;w1FCYjiz0cRw+YxiuGZ38Mapv0O1uVn2HIvhAAAAKNYNt4vhok4MBwCbKhnDbax39tvDw+AyGIU+&#10;o+Bn2k1Gm8HqrU9lx/8fhKejFEbnxNSvNd0l+MekiuHCxHCUkBjObDQxXD5iuDSWPcefaZ5YfW14&#10;2gEAAGD2xHCRJ4YDgE2VjuGydU6tHQ8PhZzEcCVZvf0HtXr7FeFpKdw1173oS2uN9r+b+rUmNJ8M&#10;l/zEcJSQGM5sNDFcPmK4NJY9x2I4AAAAinXD7Q80FlfOiOFiTQwHAJtGMdy2m/2VXKe/9rHwcMhB&#10;DFe2te5faCy9NDw9hVt47o17s6/r9gu/zjQmhkt+d938/vXrwqGBkhDDmY0mhstHDJfGsudYDAcA&#10;AECxxjFcd/Xd035wtcswMRwAbKr6J8NtLHsMjx2759xV4WFxCcRw5Vz2vPyXhf3tbwlPU+Fqz1u6&#10;dqHeeue0r3Wel2QMd48YbtvEcJSQGM5sNDFcPmK4NJY9x2I4AAAAiiWGi7zu4M+aKx8RwwFA5lh/&#10;/ZblOYjhNnbjqbXnhIfGRVpotG/ZeXPRSrX7r7nupj3h6SpcbV/ryuxrum/H1zi/q7cfW6i3Xh0e&#10;fhKO3XNeDLc1MRwlNI7h/tnU9yyzhFZrtN5+1XNfJoa7RNev/Nbephhu7pc9x2I4AAAAiiWGi7zu&#10;4M8WTwy+KxxuAEjavMVw4/Ue+6vh4XERwifDDafdZLQyrfWzX3Vd6yvC01a4hf1Hvy47b1amf61z&#10;tHp7sLe+9HfCw07CKIbrnBy+eer7bHoTw1FCYjiz0cRw+Yjh0lj2HH+m2RXDAQAAUCAxXOSJ4QBg&#10;0+iPSd12s3+edmN4iDxJYrjKrVQ3s64+sFSr1ds/MeXrnJf9Rm3/0lJ4uEkQw22t01+766gYjtIR&#10;w5mNJobL5/qVM2K4BJY9x2I4AAAAiiWGi7xRDNcVw5Gm0R9pVmu0Doxu5mZ/feV4+1uvG22h0f7x&#10;hXr7jvGyf73xn2/998b/mwOjv0f42wFzYPnk8B/P3SfDhXX6w6TClbzEcNVb9nz9yZ5Gqx2ewlJ4&#10;2sGlP1drtP9pdj3xB9O+5qoue328e2/jyDeHh5kEMdzWOv2zYjhKSAxnNlp2PSSGy0EMl8ay51gM&#10;BwAAQLHEcJEnhiMRX9F48VcuNNovCXHD6I8vuy/bxzZ+YXwZNvp73Tf6e4//GfWlbxXKQfXMcww3&#10;2rH+o4fCQ+VzEMNVevftqb/8eeGpLI1a/cjLFurte6d8vdVavf1YrbH0f11zXesvhoeWhHEM1xfD&#10;jSaGo5zEcGajieHyEcOlsew5FsMBAABQLDFc5InhmGN7Gy9/zkKjtTz+Y8rq7f+40Gh/eucviqOv&#10;3v5Erd76ldFN4+zfd64+sLQvfHlACc17DDfe3WevDQ+XXYjh5mD11pv31pe/LDylpREC/Tsv+Hqr&#10;suzaZm+9ndwfvSyG21rn5Nm7jp4Uw1E2Yjiz0cRw+Yjh0lhzZfUxMRwAAACFEsNFnhiOOTT6xW+t&#10;3vrRhUb7/p2/GC7R7h99jX5JDeWSRAzXHz7Uuve8T678HMRw87Na48g/DE9r6Szsb92UfY39nV9z&#10;WZe9Lj4++n8yyF4bB8JDSMbRk48+XQw3mRiOcmp9gRjOTAyXlxgujYnhAAAAKJwYLvLEcMyRhf3t&#10;gwv7Wz9Qa7TuWWi0PjvtF8PlXOuz4685+9pHjyE8HKAAnf7wlp03/edx2eP87fCQeQK1+pHX1Bpt&#10;MdycrFZv/XqpP5318OErFuqtV49is2lff1k2ul7ZW28/N3zVSRHDbU0MRzmJ4cxGE8PlM4nhVsVw&#10;cz4xHAAAAIUTw0WeGI55cPjwFbVG65ULjfZ9O38RXOHdN3pMo8cWHiUwA2l8Mtxknd7avwoPmynE&#10;cHO6erv05/3C/qNfV6u3vie7Dvi1qY+hkLVGf9T8zywcOPLi8GUmRwy3tez7x/vEcJSPGM5sNDFc&#10;PmK4NCaGAwAAoHBiuMgTw1Fxe+pHvr7WaH1fuW4YX+bVW//v+Kb485auDQ8biGS5P4rh1pKI4UY7&#10;enKYbNjyuYjh5nofqzWO/PXwVJfbRvBfb39wyuOY1R7KvoaV1G+si+G2JoajnMRwZqONY7j9S88K&#10;LwwukhgujYnhAAAAKNxi9yMHxHBR96diOKrq6gPt59fq7X+R7Xem/RJ4HldrtH+r1lj6kVqjdSAc&#10;BuAyGsdw/XRiuE5vbXX5/Q8thIfPNmK4+V+t3vr5p7RaXxCe8krYs//ICxfq7VsXGq1fnfaYLu9a&#10;v5/99Wey66xXPHX/S58WvoRkieG2JoajnMRwZqOJ4fIRw6UxMRwAAACFE8NFnxiOSvqKxou/slZv&#10;vb7WaJ2d9gvgFDZ67Nkx+NGnP/3mLwmHBcip0x/eMu3G/3xvfSU8fLbJ3mdv2fm+a/O5vfUjLwpP&#10;e7W0Wl+wt7H0goV669W1eru70Gj912mP76JWb/9RrdG+K9uPjP5I1Kfu7yQfwW0Qw21NDEcpZe+J&#10;YjgzMVxeYrg0JoYDAACgcGK46BPDUTnXXPeiL63Vl/5+rdH+T9N++Zvo/u+99aW/M/rj1MJhAi7B&#10;5I9JHX5q2s3/uV1v7aPH+o8eCoeAoFZvf3/2fcYnw6WzU087uPTnwtNfaaP/h4Grnvfyb9pbb99Y&#10;q7deU2u0Vhbq7Tuyv96T/ft7N9dovX30n2eP/ccnQd3St/oj2Z+YGG5rYjhKSQxnNp4YLh8xXBoT&#10;wwEAAFA4MVz0ieGonD0H2n9zod5657Rf/Nrkj31bOLD0v4XDBVyEJGO4bJ3+2X8bDgGBGC7R7W/d&#10;FE4BeBwx3NbEcJSSGM5sPDFcPmK4NCaGAwAAoHDjGG5FDBdxYjgqpbavdeVCvf3T2R6b9otf27bJ&#10;MfqX/hhVePLSjeHWBsd6698UDgMZMVzCq7feGU4D2CSG29okhntEDEe5iOHMxhPD5TOO4Y4P3jTl&#10;96c2RxPDAQAAUDgxXPSJ4aiUhQNHXlyrt+6Z9ktf22X19snRH38WDiPwBDr94S3Tbvwnsd7ZfxgO&#10;AxkxXOKrtx/bW2//7XA6gBhu28RwlJIYzmw8MVw+4xhuRQw37xvFcIsrZ34wPO0AAAAwe2K46BPD&#10;URl768tfVmu0vm+h0fr9ab/0tSez1mr211uecvjWK8JhBbZJ9ZPhxuudfX3rnee/IByK5InhLOz2&#10;cEqQuEkMty6GyyaGo5TEcGbjieHyEcOlsew5fmxxZSCGAwAAoDhiuOgTw1EZe/a3rluoL90x7Re+&#10;dvGr1Vu37a23nxsOL5BJOYbr9Ie/0Ok/8rRwKJKXvU/esvN90xJdvf1Y7XlL14ZTg0SJ4bYmhqOU&#10;xHBm44nh8hHDpbFmVwwHAABAwcRwkdcVw1EdC/vb37LQaH905y97Ld9q9daDVz3v5d8UDjMkLek/&#10;JrW/dv/NJx++OhyK5IVPhlub9r5paW4UWYTTgwSJ4bY2iuE6p9a+MRwaKAcxnNl42evgbWK4SyeG&#10;S2NNMRwAAABFE8NFXnf1T29YOfMPw+GGUqs1Wv9god7+g2m/8LXLsdbq3vrS3wmHG5K03F9P+I9J&#10;Xbu3c9fZbw6HInliOJu6euv/ffrhm78knCYkRAy3NTEcpSSGMxtPDJfP89/woavFcPO/phgOAACA&#10;oo1iuObK6fdM+8HVLsPEcFRIrd56zUK99alpv/C1y7dao/0n2V9vCYcdkiKGE8NtEMPZbtvTWPpb&#10;4VQhEWK4rYnhKCUxnNl4Yrh8xHBprCmGAwAAoGhiuMgTw1ERe+vLX1art//5QqP12Wm/8LXLv+x4&#10;P7pQb/3QUw4fviI8DTD3xHBiuA1iOPtcy86RnwinCwk4evLc0zu94R1T3z8TmxiOUhLDmY0nhstH&#10;DJfGmmI4AAAAirbYfVAMF3PdwZ/esDIQw1F6tX2tqxca7Z/c+Ytem9HqS//mKxo3f2V4OmBudXrD&#10;7xbDMSKGsyezWr31m9dcd9OecNowx8RwWxPDUUpiOLPxxHD5iOHSWFMMBwAAQNEmMdyqGC7WxHBU&#10;RG1f68pao3XXtF/22kx3p0+KY56J4cRwG7L3u1t2vP+ZPfH2t78lnDrMKTHc1sRwlJIYzmw8MVw+&#10;Yrg01hTDAQAAUDQxXOSJ4aiIvY0jz1iot++Y9stem/1qjda/3bev9UXh6YG5kXYMN7z3WH/9cDgU&#10;yfPJcHax88emzjcx3NY6vbNiOMpnFMPVWz867f3ZLKWJ4fJ5/hseFMOlsXUxHAAAAIUSw0WeGI6K&#10;EMOVdPX2reEpgrkghhPDbRDD2SWt3v6P4RRizojhtiaGo5TEcGbjieHyEcMlMzEcAAAAxRLDRZ4Y&#10;jooQw5V3tUZ7uFA/8t3hqYJKE8OJ4TaI4eySV299qvaNR/5SOJWYE2K4rYnhKCUxnNl4oxhuT/3I&#10;14dXBhfp+XeI4RKZGA4AAIBiieEiTwxHRYjhyr9avfXxhUbr74anDCpJDCeG2yCGs7yrHTjSCqcT&#10;c+DIqbPPEMNt7r1iOEpHDGc2nhguHzFcMhPDAQAAUCwxXOSJ4aiI2r7WlQuN9n07f9Fr5Vut0Tpb&#10;q7cOhacOKkUMJ4bbIIazy7PWj4VTiooTwz1uYjjKRwxnNp4YLh8xXDITwwEAAFAsMVz0fVwMRxX4&#10;ZLjqrdZo/dpVz3v5N4WnECpBDCeG2yCGs8u31t3htKLCxHCPmxiO8hHDmY0nhstnEsOdEcPN/8Rw&#10;AAAAFEsMF31iOCohxHA/M+2XvVby1dt3jD7ZLzyVUGqTGG5NDMdTsvevWy54PzO7xI0+NTWcWlSU&#10;GO5xE8NRPocPXyGGMxPD5SWGS2ZiOAAAAIrVfOPp54nhok4MRyWI4aq/Wr31mvB0QmmJ4cRwG/bs&#10;b/2AT4azy779S/vDKUbFiOEeNzEc5SOGMxtPDJePGC6ZieEAAAAoVvOEGC7yxHBUghhubvbRbC8J&#10;TyuUjhhODLdBDGextrfe/tvhNKNCxjFcXwwXJoajfMRwZuOJ4fI5LIZLZeuLx8VwAAAAFEgMF30f&#10;v+G4GI7yE8PN12qN1i9f9dybnh2eXiiNpGO4/tqvHOs/KoYLFva3fiB7vxLDWZTV6u3vCqcaFSGG&#10;27be2ns77xPDUTJiOLPxxHD5iOGSmRgOAACAYonh4i47th8/KIajAmr7WlcuNNr37fxFr1V7tUZr&#10;JTzFUApiODHcBjGcxV6t3v6JcLpRATeL4bY2juEeFsNRLmI4s/HEcPmMY7ju4LZpv0O1udr6YvfM&#10;D4SnHQAAAGZPDBd3YjiqwifDzfHqrU8tNJZeGp5qKFTn1LoYjjExnM1itXr7XeGUo+TEcNsmhqOM&#10;xHBm42XXFm8Vw106MVwyE8MBAABQLDFc3InhqAox3PyvVm+95ysaL/7K8JRDIUYxXKc3/PQFN/7T&#10;mBhum+x96Zad71NmkXZ/OO0oMTHctonhKCMxnNl4Yrh8xHDJTAwHAABAscRwcSeGoyrEcEntlvC0&#10;w8yJ4cRwG8afDFdvrU95jzK7/Ku3/jCcepTUJIZbF8ONJoajjMRwZuOJ4fIZxXCLYrgUJoYDAACg&#10;WGK4uBvFcM3umX8QDjeUlhgusdXbH6wdaDfC0w8zI4YTw21YOCCGsxmv3vpUOP0oITHctvXW3nus&#10;v/a8cGigHMRwZuOJ4fJ54W3/4xoxXAobrGfPsxgOAACA4ojh4k4MR1WI4dJcrd7+iXAKwEyI4cRw&#10;G8RwVsxan73muhd9aTgNKZFRDHdMDDeZGI4yEsOZjSeGy0cMl8rEcAAAABRMDBd3YjiqoravdeVC&#10;o33fzl/0WgKrtx+rPW/p2nAqQFTjGK4vhkMMZ8Xu6gNLtXAqUhJiuG0Tw1FGYjiz8cRw+YjhUpkY&#10;DgAAgIKJ4eJODEdV+GQ4W2i0fiqcDhDN0d7wn4jhGBHDWdHbW1/62nA6UgJiuG0Tw1FGYjiz8cRw&#10;+YjhUpkYDgAAgIKNY7ju6fdO/8HV8k4MR1WMbgiL4azWaP3+nv2t68JpAZdd2jHc8Fde8f71vxwO&#10;RfLEcFaK7V/aH05JCnbzqfPPWO4Nf2b6+2diE8NRRmI4s/HEcPmI4VKZGA4AAICCieHirrky+Hiz&#10;OxDDUXrjGK4hhrPJRje6wqkBl5UYTgy3YaGx9INiOCvFnntjPZyWFEgMt21iOMpIDGc23jiGO3DT&#10;M8Mrg4skhktma2I4AAAACiWGizsxHFUhhrOdq9VbH9pz4GV+yc9llXIMlz3uXzkqhtskhrNSbf/R&#10;rwunJgURw21b76wYjvIRw5mNJ4bLRwyXzMRwAAAAFEsMF3diOKpCDGdPtFpj6XvDaQK5JR3D9Ya/&#10;cvSkGG6DGM7Ktr315YVwelIAMdy2ieEoIzGc2XhiuHzEcMlMDAcAAECxxHBxJ4ajKmr7WlcuNNr3&#10;7fxFr9lotXrrwXCqQC5iODHcBjGclXDnrrnuVV8aTlFmTAy3bWI4ykgMZzaeGC4fMVwyE8MBAABQ&#10;rOaJB5/X7K6K4SKtubL6P5tiOCrAJ8PZk9r+pW8LpwxcEjGcGG6DGM7KudanwinKjC2/9+zXiuHC&#10;xHCU0TiGW/rn0987zdKZGC6fF972u9csnhDDJTAxHAAAAMUSw8VddmzFcFSCGM6e7GqN9k+G0wYu&#10;mhhODLdBDGelXb31h+E0ZYbEcI/be8RwlI4Yzmw8MVw+YrhE1hXDAQAAULBxDLcihos1MRxVIYaz&#10;i1mt3vpQbV/r6nD6wJM2ieHWxHA8JXsvuWXne4tZaVZvD8KpyoyI4R43MRzlI4YzG08Ml48YLpGJ&#10;4QAAACiaGC7uxHBUhRjOLnGdcArBkyKGE8NtCJ8M99iU9xWzUqzWaL8nnK7MgBjucRPDUT5iOLPx&#10;xHD5iOESmRgOAACAoonh4k4MR1WI4eySV2+9OZxG8DkdSzmG66/9BzHcFjGcVWG1RvvfhVOWyMRw&#10;j5sYjvIRw5mNl70O3rrnwMvEcJdIDJfIxHAAAAAUTQwXd2I4qqK2r3XlQqN9385f9Jo9mdUarbOj&#10;cyicTvCExHCPiuECMZxVaLeE05aIxHCPmxiO8jl8qxjOLFut3vp5Mdylm8RwZ8Rw8z4xHAAAAEU7&#10;eNvgG8Vw8SaGoyp8Mpxdni29NJxSMJUYTgy3QQxnldqBIy8Opy6RiOEeNzEc5XPdq75QDGcmhstr&#10;HMN1B8en/Q7V5mjd1bUbVs58f3jaAQAAYPbEcHEnhqMqxHB2uVart340nFZwATGcGG6DGM6qttqB&#10;diOcvkQghnvcxHCUjxjObDwxXD5iuEQmhgMAAKBoYri4E8NRFZMYrvWz037Za3bRq7d64dSCxznW&#10;W/8ny73hQztu+icxMdzjZe8Vt1zw3mFW5tXbj4XTlwiW3y+G27b3HOs/LIajXMRwZuOJ4fIRwyUy&#10;MRwAAABFE8PF3TiGO3Hm/wiHG0pLDGcR9rE939i5JpxiMCaGE8Nt8MlwVsXV6q17winMZSaGe9zE&#10;cJSPGM5sPDFcPmK4RCaGAwAAoGhiuLgTw1EVYjiLtT2Npb8VTjMQw4nhNi00jvzg6JO2pr1vmJV6&#10;9da/Dqcxl9EkhlsXw2XLvl+850YxHGUjhjMbTwyXjxgukYnhAAAAKJoYLu7EcFSFGM6irt76oXCq&#10;kTgxnBhugxjOqry99faN4VTmMhHDbW0Uwx19/9qBcGigHMYxXFsMZ8lPDJfP4on7v1oMl8DEcAAA&#10;ABRNDBd3YjiqQgxn0VdvvyOcbiRMDCeG2yCGsyqv1mg9vKd+5OvD6cxlIIbbmhiOUhLDmY0nhstH&#10;DJfIxHAAAAAUTQwXd2I4qkIMZ7NYrd7+z+GUI1HLJ4ffk3IM1zm1/sJwKJInhrM52H3hdOYyGMdw&#10;p8Rwo4nhKCUxnNl4Yrh8xHCJrDtYu2FlIIYDAACgOGK4uBPDURViOJvVao32n1xz3Yu+NJx6JCbt&#10;GG4ohttGDGdzsp8MpzQ5ieG21umtvefoSTEcJSOGMxtvFMPVnrd0bXhlcJHEcIlMDAcAAEDRxHBx&#10;J4ajKsRwNutdfWBpXzj9SMhyXwwXDkXysveBW3a+L5hVdC8JpzU5jGK47H3yZ6e9f6Y2MRylJIYz&#10;G08Ml48YLpkNxXAAAAAUahzDdQfvm/JDq12GieGoCjGcFbE9B9p/M5yCJEIMJ4bbkL0HvNYnw9k8&#10;rFZv/05tX+vqcGpziZbff04MFyaGo5TEcGbjieHyEcMlMzEcAAAAxRLDxd04hjsuhqP8xHBW1Gr7&#10;294jEyKGE8NtyF7/Yjibo7V+KpzaXCIx3NbEcJSSGM5sPDFcPmK4NNZcWR0ePC6GAwAAoEBiuLjL&#10;ju3/bB4/LfSg9Gr7WlcuNNr37fxFr9mM9uPhVGTOieHEcBuy170YzuZrB468OJzeXAIx3NY6vbNi&#10;OMpHDGc2nhguHzFcGhPDAQAAUDgxXOwN/kQMRxX4ZDgrerX60vFwOjLHxjFcXwyHGM7mb7V6+z9f&#10;9axv+/JwinORxHBbE8NRSmI4s/HEcPmI4dKYGA4AAIDCHXyzGC7uxHBUgxjOyrDRjYVwSjKnxHBi&#10;uA3Za14MZ3O41o+FU5yLdPTk2a8Tw03W6a+9WwxH6YjhzMYTw+UjhktjYjgAAAAKJ4aLPTEc1bCw&#10;/2VfJ4azMqxWb70nnJbMoUkMtyaGYxTD3bLz9W82D9tbbz83nOZcBDHc1sRwlJIYzmw8MVw+Yrg0&#10;JoYDAACgcGK42BPDUQ1iOCvTao3WPeHUZM6kHMMtn1r7ZTHcluy1PvpkuM/sfP2bzcF+LpzmXAQx&#10;3NbEcJSSGM5svOx18BYx3KVbPPF7YrgEJoYDAACgcGK42BPDUQ1iOCvbao3Wr4XTkzmSdAzXW/vl&#10;zl1iuA3Z61wMZ3O8pZeGU50nSQy3NTEcpSSGMxtPDJePGC6NieEAAAAonBgu9sRwVIMYzsq4WqP9&#10;W+EUZU6I4R4VwwXZa1wMZ3O7Wr317uw0/7zJ2c6TIYbbmhiOUprEcP9i2nueWUoTw+UjhktjYjgA&#10;AAAKd/DNvyuGizoxHNVQ29e6cqHRvm/nL3rNil6t3nownKbMATGcGG5D9voWw9lcr1ZvvyKc7jwJ&#10;YritieEoJTGc2XhiuHzEcGlsFMM1V868JjztAAAAMHuTGG5VDBdtYjiqwSfDWcn3G+FUpeJGMVyn&#10;N3x42s3/uZ8Y7nGy17UYzuZ6tUbrl6961nd8eTjl+RzEcFsTw1FKYjiz8cRw+YxiuObx093pv0O1&#10;eZkYDgAAgMJdv7J6nRgu5sRwVIMYzsq/1q+G05UKW+6vi+EYy17Xt1z4Ojebt7WWwynP5yCG25oY&#10;jlISw5mNJ4bLZxLDrYrh5nxiOAAAAAp3aGX1ukUxXMQN/iT7698PhxtKSwxnlVi91QunLBUlhhPD&#10;bchezz/kk+Fs7ldvvfOa6170peG0ZxdiuK1NYriHxXCUixjObDwxXD5iuDQmhgMAAKBwYrjYE8NR&#10;DWI4q8zq7XeE05YKEsOJ4TaI4SyF1RrtP9tbP/KicNqzCzHc1sRwlNK+1heJ4czEcHmJ4dKYGA4A&#10;AIDCieFiTwxHNYjhrFKrt94cTl0qRgwnhtsghrNUVqu3fyKc9uxCDLc1MRylJIYzG08Ml8/BN33k&#10;L4jh5n9iOAAAAAonhos9MRzVUNvXunKh0b5v5y96zcq6WqP9pnD6UiFiODHcBjGcpbJavfWbtUZL&#10;2PQ5TGK4dTFctlEMt3z3WiMcGigHMZzZeOMY7huP/KXwyuAiieHSmBgOAACAwonhIq8rhqMafDKc&#10;VXG1Ruv7wilMRXRODr835RjuWH/9UDgUyRPDWVKrH/nucOrzBMRwWxPDUUpiOLPxxHD5jGO4FTHc&#10;vK/ZFcMBAABQMDFc5InhqAgxnFV1e+tHjoTTmApIO4YbiuG2EcNZSqvVWz//tH1LTw2nP1OI4bYm&#10;hqOURjFcQwxnJobLRwyXxsRwAAAAFE4MF3liOCpiEsMt/dy0X/aalX772wfDqUzJieHEcBvEcJbS&#10;avXWf/G9andiuK2J4SglMZzZeGK4fMRwaazZXT0rhgMAAKBQYrjIE8NREQv7j37dQqMthrNKrlZv&#10;na3ta10dTmdKTAwnhtsghrOkVm9/olZfOhZOf6YYx3C94c9Nff9MbGI4SkkMZzbeOIZ7jhjuUonh&#10;0lizOzjbXDkthgMAAKA4YrjIE8NREWI4m4PdH05nSkwMJ4bbMI7hGmI4S2e1RvufhdOfKY6ePC+G&#10;CxPDUUpiOLPxxHD5iOHSWFMMBwAAQNHEcJHXXf3j7K9iOEpPDGdzslPhlKakxHBiuA1iOEtttUb7&#10;F/bWX7oQXgLscPQeMdzGxHCU0T4xnNl4Yrh8xHBprCmGAwAAoGjjGG5lcNe0H1ztMkwMR0XU9rWu&#10;XGi079v5i16zyq3e/ulwWlNCYjgx3Ibs9XrLBa9fs/nex566/6VPCy8BdhDDba3TPyuGo3TEcGaT&#10;ieHyEcOlsaYYDgAAgKKJ4SKvO/jjxZXTYjhKzyfD2Tyt1mh/ezi1KRkxnBhuw+ST4VqfnfYaNpvH&#10;Zd+bfnNvY+lvhZcAO4jhtiaGo4zEcGab+zkx3KUTw6WxphgOAACAoonhIk8MR0WI4WyuVm9/pnag&#10;7SZyCU1iuDUxHGI4S261euvBvfX2jeElwA5H+mf/khhuMjEcZSSGM9ucGC4HMVwaa4rhAAAAKJoY&#10;LvLEcFSEGM7mbbV667+E05sSSTqG66/dI4bbIoaz1JZ9X/rT7Jz/u+ElwA5iuG07tfYuMRxlI4Yz&#10;25wYLgcxXBpriuEAAAAomhgu8sRwVIQYzuZxtfrS8XCKUxKdU2K4cCiSJ4az1FZrtNcW6ke+O7wE&#10;2GEcw/XFcOP11t61fJcYjnIZxXB7xXBmo4nhchDDpbGmGA4AAICiieEiTwxHRYjhbI7398JpTgmI&#10;4R4VwwXZa/OWHa9VsxR2S3gJsMMrxHBbE8NRQmI4s82J4XI4+DNiuBTWFMMBAABQNDFc5InhqIja&#10;vtaVC432fTt+yWs2F9vbOPKMcKpTsHEM1x8+csGN/zQmhttmob70wz4ZzpJbvX1reAmwgxhu28Rw&#10;lJAYzmxzYrgcxHBprDmK4U6sfl942gEAAGD2xHCRJ4ajInwynM3zao3WPeFUp2BiODHcBjGcJTkx&#10;3BMSw22bGI4SEsOZbU4Ml8PBn/n9v9Dsnl6Z+jtUm5s1xXAAAAAUTQwXeaMY7sTqq8PhhtISw9m8&#10;r1Y/4o/oKAExnBhugxjOkpwY7gmJ4bZNDEcJieHMNieGy0EMl8aaYjgAAACKJoaLvFEM1xXDUX6j&#10;X+aOfqm745e8ZvOzeutTVx9oPz+c8hSkc2pdDMeYGM6SnBjuCYnhtk0MRwmNYrjs+/aPTX1vM0tr&#10;YrgcxHBprCmGAwAAoGhiuMgTw1ERYjhLYbV6+13hlKcgKcdwnf7aPTeJ4TaJ4SzJieGe0CiGWxbD&#10;TSaGo4TEcGab+7nRJ+uHlwYXSQyXxpqjGK4rhgMAAKBAi7fd/01iuIgTw1ERYjhLZbVG6x+E054C&#10;JB3D9dbuuel9YrgNYjhLcmK4JySG27ZxDPewGI5SEcOZbU4Ml4MYLo01xXAAAAAUbfG21W/KfkgV&#10;w8WaGI6KEMNZMqu3/+Cq577s2eHUZ8ZSj+GO9tZvCIcieWI4S3JiuCckhts2MRwlJIYz25wYLocX&#10;dE8/rdldFcPN+ZpiOAAAAIomhos8MRwVUdvXunKh0b5vxy95zeZytXr7LeHUZ8aO9ob/VAzHiBjO&#10;kpwY7gmJ4batt/auV/TX6uHQQCmI4cw2J4bLQQyXxppiOAAAAIomhos8MRwV4ZPhLKXV6u1Hs/3v&#10;4fRnhtKO4YZiuG1CDHdu2mvUbG4nhntCkxhuXQw3mhiOEhLDmW1ODJeDGC6NNcVwAAAAFE0MF3li&#10;OCpCDGeprdZovy2c/syQGE4Mt2GhfuSHs9eiGM7SmhjuCYnhtk0MRwlde+23frEYzmw8MVwOYrhk&#10;9qgYDgAAgEKJ4SJPDEdFiOEsxe1ptNrhJcCMiOHEcBvEcJbkxHBPSAy3bWI4SkgMZ7Y5MVwOYrhk&#10;JoYDAACgWGK4yBPDURFiOEty9fbJp+xrfVF4GTADYjgx3AYxnCU5MdwTGsdwveFbpr1/JjcxHCUk&#10;hjPb2NLPLex/mRjuEonhkpkYDgAAgGItnhDDRd7HxHBUgRjOkt3+9neGlwEzIIYTw20Qw1mSE8M9&#10;ITHctonhKCExnNnGxHB5iOGSmRgOAACAYonhok8MRyXU9rWuXGi077vwF71mc7/7n3L48BXhpUBk&#10;y2I4MVwghrMkJ4Z7Qq/onxPDbUwMRwmJ4cw21vpZMdylE8OlssGjze5pMRwAAADFEcNFnxiOSvDJ&#10;cJbqao32cG+9fWN4KRCZGE4Mt0EMZ0lODPeExHDbJoajhMRwZhsTw+UhhktlYjgAAAAKNo7huoOT&#10;039wtcswMRyVIIazlFert4+HlwKRjWK45f5amjFcf+0DYrgtYjhLcmK4JySG27beWTEcpSOGM9uY&#10;GC4PMVwqE8MBAABQMDFc7A3EcFSCGM6SXr11unbg5Yvh5UBEYjgx3AYxnCU5MdwTEsM9br8khqNs&#10;xHBmGxPD5SGGS2ViOAAAAAomhou9UQx3WgxH6YnhLPkdaP1AeDkQkRjuUTFcMIqCsteeGM5S2jkx&#10;3BNbfu/Za8VwmxPDUTpiOLONieHyEMOlMjEcAAAABRPDRV5XDEc1iOEs9dXqrXue2lj6C+ElQSRi&#10;ODHcBjGcJTgx3C7EcI+bGI7SEcOZbUwMl4cYLpUNHs3++k/D0w4AAACzJ4aLPDEcFVHb17pyodG+&#10;78Jf9Jolsnr7sVq9dSi8JIhkHMP1ho9OufE/9xPDPZ4YzhKcGG4XYrjHTQxH6YjhzDYmhstjHMOd&#10;EMPN/bpiOAAAAAomhos8MRwVUfvGI3+pVm+/Zfove80SmUghOjGcGG6DGM4SnBhuF2K4x00MR+mI&#10;4cw2JobLYxzDrQxOTP0dqs3PxHAAAAAUTQwXed3Bx25YWf174XBDaYnhzNrna4322776+S+5Krws&#10;iEAMJ4bbIIazBCeG28Xy3WK4bRPDUTpiOLONtX52b33pa8NLg4skhktkYjgAAACKJoaLPDEcFSGG&#10;Mxvvv9UabbFSRMu9dTEcY2I4S3BiuF2I4baWfb/4pRvFcJSMGM5sY2K4PMRwiUwMBwAAQNHEcJEn&#10;hqMixHBm7fPZa+DRvfWlvxNeFkQghhPDbRDDWYITw+1CDLc1MRxlJIYz25gYLo8XdD8qhkthYjgA&#10;AACKJoaLu2Z38LGDYjgqoLavdeVCo33fhb/oNUtrtXrr9eFlQQTLp9KO4ZbvXl8MhyJ5YjhLcGK4&#10;XYjhtiaGo4zEcGYbE8PlIYZLZGI4AAAAiiaGi7umGI6K8MlwZpPV6q2Vqw8s1cJLg8tMDCeG2xBi&#10;uKmvQ7M5nRhuF2K4rU1iuIfEcJTKJIZb+pdT3tvMEpsYLo9v+veDrxHDJTAxHAAAAEVrHv/w88Vw&#10;8dYUw1ERYjizyWqN1tvd3IhnuT/8vmxiOMRwluLEcLsYx3CnxHCjdXprv3Tje8VwlIsYzmxjYrg8&#10;xHCJTAwHAABA0cRwcdcUw1ERYjizsHr75MLzbnQDOpK0Y7ihGG4bMZwlODHcLsRwWxvFcEd7a/vD&#10;oYFSEMOZbUwMl8cLxzHcqhhu3ieGAwAAoGhiuLhriuGoCDGc2cZav1prtG8ILw0uMzGcGG6DGM4S&#10;nBhuF2K4rYnhKCMxnNnGxHB5iOGS2SPZxHAAAAAUZxzDrYjhYq0phqMiavtaVy402vdd+Ites+T2&#10;saue+7Jnh5cGl5kYTgy3QQxnCU4Mt4tJDLcuhssmhqOMxHBmGxPD5SGGS2ZiOAAAAIolhou75srq&#10;H4nhqAKfDGcWVm9/MPvrS8JLg8tMDCeG2yCGswQnhtuFGG5rYjjK6Nprv0sMZzbZz4jhLp0YLpmJ&#10;4QAAAChW8/iZ52c/nIrhIk0MR1WI4czCxHBRJR3DnRx+YPmkGG6DGM4SnBhuF2K4rYnhKCMxnNnm&#10;xHA5vPDNg69ZFMOlMDEcAAAAxRLDxZ0YjqoQw5mFieGiEsOJ4TaI4SzBieF2MYrhOr3hz097/0xt&#10;YjjK6OlPv/lLxHBm44nhchDDJTMxHAAAAMUSw8XdOIY7Loaj/MRwZmFiuKgmMdxakjHccm/t/WK4&#10;LbVG63UXvP7M5nvnFupHfji8BNhBDLc1MRxlJIYz25wYLgcxXDITwwEAAFAsMVzcieGoitrzlq4V&#10;w5llE8NFJYYTw20Qw1mCE8PtYvnuc2K4MDEcZSSGM9ucGC4HMVwqG4jhAAAAKJYYLu7EcFSFGM4s&#10;bBTDHTjy4vDS4DITw4nhNojhLMGJ4XYhhttap3dWDEfpTGK4thjOTAyXixgulQ0eWTx+WgwHAABA&#10;ccRwcSeGoyrEcGZhYrioxHCPiuECMZwlODHcLsRwWxPDUUZiOLPNieFyEMOlMjEcAAAABRvFcM3u&#10;oDf9B1fLOzEcVSGGMwsTw0U1iuE6veHZnTf+k5gY7nHEcJbgxHC7uOmu4TPFcJN1+mu/KIajbMRw&#10;ZmF1MVweYrhUNnhksbv6veFpBwAAgNkTw8Vdc2XwRwePf0QMR+mJ4czCxHBRieHEcBvEcJbgxHC7&#10;EMNtTQxHGYnhzMJGMVzjyDPCS4OLJIZLZWI4AAAACiaGi7tRDNdcWX1VONxQWmI4szAxXFRiODHc&#10;BjGcJTgx3C7EcFsTw1FGYjizMDFcLuMYrju4fdrvUG2eJoYDAACgYGK4uBPDURViOLMwMVxUYjgx&#10;3AYxnCU4MdwuxHBbE8NRRmI4szAxXC5iuFQmhgMAAKBgYri4E8NRFWI4szAxXFRiODFc8HliOEtw&#10;YrhdiOG2JoajjMRwZmFiuFzEcKlMDAcAAEDBxHBxJ4ajKsRwZmFiuKiW++tiOEbEcJbixHC7EMNt&#10;TQxHGYnhzMLEcLmI4VKZGA4AAICCieHiTgxHVYjhzMLEcFGlHsMdO7XeDIcidWI4S3FiuF2I4bYm&#10;hqOMxHBmYWK4XMRwqUwMBwAAQMHEcHEnhqMqxHBmYWK4qMRwYrhADGcpTgy3CzHc1sRwlJEYzixM&#10;DJeLGC6VieEAAAAomBgu7sRwVIUYzixMDBdV5+TwNenGcEMx3BYxnKU4MdwuxHBbE8NRRmI4szAx&#10;XC43HP/QXxTDpTAxHAAAAAUTw8WdGI6qEMOZhYnhohLDieECMZylODHcLsRwW5vEcA+J4SgVMZxZ&#10;mBgulxuOnxHDJTExHAAAAAVrvlkMF3NiOKpiEsO1fn7qL3vNUpoYLioxnBguEMNZihPD7UIMt7VR&#10;DLf8/rXnhkMDpfD0w2I4s/Hq7TvEcJdODJfMHhbDAQAAUKiDKx95QVMMF21iOKpCDGe2uf8mhotH&#10;DCeGC8RwluLEcLsQw21NDEcZjWO4evtfTXlvM0trYrhcxHDJTAwHAABAscRwcdfsrv6hGI4qEMOZ&#10;bU4MF5EYTgwXiOEswbXOLdSXxHBPYBLDrYvhsonhKCMxnFmYGC4XMVwyE8MBAABQLDFc3InhqAox&#10;nNnmxHARieHEcMHn1RpLPzLl9Wc2x2t9Vgz3xG76gBhuY2I4ykgMZxYmhstlHMOtrIrh5n1dMRwA&#10;AAAFE8PFnRiOqhDDmW1ODBdRpy+GC4cidWI4S3BiuN2I4bYmhqOMxHBmYWK4XMRwiUwMBwAAQNHE&#10;cHEnhqMqxHBmmxPDRTSO4fpracZw/bW7xXCbxHCW4MRwuxnHcCeHb53y3pncxHCUkRjOLEwMl4sY&#10;LpGJ4QAAACiaGC7uxHBUhRjObHNiuIjEcGK4QAxnCU4Mtxsx3NbEcJSRGM4sTAyXixgukYnhAAAA&#10;KJoYLu7EcFSFGM5sc2K4iMRwYrhADGcJTgy3GzHc1jon135x+S4xHOUihjMLE8PlIoZLZGI4AAAA&#10;iiaGizsxHFUhhjPbnBguopRjuOxx333TqUfFcBNiOEtwYrjdvPID556ZfY8Qw2UTw1FGYjizMDFc&#10;LmK4RCaGAwAAoGgHV868oNk9I4aLNDEcVSGGM9ucGC6icQzXGw6n3fyf93V6YrhtxHCW4MRwuxHD&#10;bVtv7U4xHGXztINLf04MZ5at3r7j6ucdfXp4aXCRxHBprNkdPNw88cD3hKcdAAAAZk8MF3diOKpC&#10;DGe2uf+2sF8MF0vyMdz7xHCBGM4SnBhuN8d6w68Xw4WJ4SghMZxZmBguFzFcGmuOY7iBGA4AAIDi&#10;iOHibhTDLZ544O+Gww2lJYYz25wYLiIxnBhu4tbPrzXaYjhLbGK43Yjhtk0MRwmJ4czCxHC5jGO4&#10;7uDN036HavOzphgOAACAok1iuEF/2g+uln/Zsf3DxRMDMRylJ4Yz25wYLiIxnBhuQgxnKU4Mtxsx&#10;3LaJ4SghMZxZmBguFzFcGmuK4QAAACiaGC7usmMrhqMSxHBmG2v9t4X9LxfDRSKGE8NNiOEsxYnh&#10;djOK4ZbFcJOJ4SghMZxZmBguFzFcGmuK4QAAACiaGC7usmMrhqMS9hx42TPFcGajieFi6vTXk47h&#10;ssd/MByKxInhLMWJ4XYjhts2MRwlJIYzCxPD5SKGS2NNMRwAAABFE8PFXXZsxXBUghjObGOjGG7p&#10;28JLg8tMDCeGmxDDWYoTw+1GDLdtYjhKSAxnFlZfuuPq571MDHeJxHBprCmGAwAAoGhiuLjLjq0Y&#10;jkoQw5ltTAwXkxhODDchhrMUJ4bbjRhu28RwlJAYzixMDJfLDT8rhkthTTEcAAAARRPDxV12bP9w&#10;sSuGo/zEcGYbE8PFlHYMNxTDbRLDWYoTw+1GDLdtYjhKSAxnFlZvvVkMd+maJ37n6WK4+V9TDAcA&#10;AEDRxjHcihgu1rIf/sVwVIIYzmxjYriYjvaG3y+GQwxnaU4Mtxsx3LaJ4SghMZxZmBguFzFcGmuK&#10;4QAAACiaGC7ush/+xXBUghjObGNiuJiWe8PvzyaGS944hvtn01+DZvO6UQzX+qHwImAHMdy2jWO4&#10;h8RwlIoYzixMDJeLGC6NNVdWH2oeF8MBAABQIDFc9P2BGI4qEMOZbUwMF5MYTgw3IYazFCeG240Y&#10;btt6a3e+4tTac8KhgVIQw5mFieFyEcOlMTEcAAAAhRPDRZ8YjkoQw5ltTAwXkxhODDchhrMUJ4bb&#10;jRhu28RwlJAYzixMDJdL88QDYrgEJoYDAACgcNff9pHrxXBRJ4ajEsRwZhsTw8UkhhPDTYjhLMWJ&#10;4XYjhts2MRwlJIYzCxPD5SKGS2NiOAAAAAonhos+MRyVIIYz25gYLqakY7j+2ikx3AYxnKU4Mdxu&#10;JjHcuhhuNDEcJSSGMwsTw+UihktjYjgAAAAKJ4aLPjEclSCGM9uYGC6mSQy3JoZLnhjOUpwYbjdi&#10;uG0Tw1FCkxiu9a+nv7+ZJTQxXC6TGO6MGG7OJ4YDAACgcGK46BPDUQliOLONieFiEsOJ4SbEcJbi&#10;xHC7GcdwveHbpr1/JjcxHCUkhjMLE8PlIoZLY2I4AAAACieGiz4xHJUghjPbmBguJjGcGG5CDGcp&#10;Tgy3GzHctonhKCExnFlYvfXma65r/cXw0uAiieHSmBgOAACAwonhok8MRyVMYrilt079Za9ZUhPD&#10;xTSJ4YZrU2/+z/kmMdwjYrgxMZylODHcbsRw2yaGo4TEcGZhYrhcxHBpTAwHAABA4cRw0SeGoxLE&#10;cGYba/1XMVw8Yjgx3ETrC8Rwlt7EcLs51jsnhtuYGI4SEsOZhYnhchHDpbFxDLdy5p+Epx0AAABm&#10;TwwXfX+wuHLmO8PhhtLac+CmZ9bqbTGcmRguKjGcGG5CDGcpTgy3GzHctvXOiuEoHTGcWZgYLhcx&#10;XBoTwwEAAFA4MVz0ieGoBDGc2cbEcDEtnxLDhUORODGcpTgx3G467xk+Sww3WefU2jtvFMNRMmI4&#10;szAxXC6jGK55fHDHlN+f2hxNDAcAAEDhxHDRJ4ajEsRwZhsTw8U0juH6YrjktcRwluLEcLvpnBLD&#10;bUwMRxmJ4czCxHC5iOHSWHNl8FA2MRwAAADFOXTbR65fFMPFW1cMRzWI4cw2JoaLKfUYbvn969eH&#10;Q5E2MZwlOTHcbsRwWxPDUUbXXPeiLxXDmWUTw+UihktjYjgAAAAKN47huqdPTfvB1S7DxHBUhBjO&#10;bGNiuJiWT62L4RDDWaITw+1GDLc1MRxlJIYzCxPD5SKGS2NiOAAAAAp36LYHrl/srorhYq07+IPF&#10;lYEYjtITw5ltTAwXkxhODDcmhrMkJ4bbjRhua2I4ykgMZ7a528Vwl04Ml8aaXTEcAAAABTt0uxgu&#10;6sRwVIQYzmxjYriYko7hemunlk+K4cbEcJbkxHC7EcNtLft+8c4b3yuGo1zEcGabE8PlMI7hVsRw&#10;876mGA4AAICiieEiTwxHRYjhzDYmhoup0xv+QLox3FAMt2EUw9VbPzr9NWg2t/uMGO6JjWO4vhhu&#10;NDEcZSSGM9ucGC6H6990/zPEcPO/phgOAACAoonhIk8MR0WI4cw2JoaLSQwnhhsTw1maE8PtQgy3&#10;NTEcZSSGM9vc7dfsE8NdKjFcGmuK4QAAACiaGC7yxHBUhBjObGNiuJjEcGK4MTGcpTkx3C7EcFsT&#10;w1FGYjizzYnhchDDpbFmd/XTYjgAAAAKJYaLvo+K4agCMZzZxsRwMYnhxHBjYjhLc2K4XYjhtiaG&#10;o4zEcGabE8PlIIZLY2I4AAAACieGiz4xHJUghjPbmBguJjGcGG5MDGdpTgy3CzHc1kYxXKc/3BcO&#10;DZSCGM5sc2K4HMRwaUwMBwAAQOHEcNEnhqMS9tSPfL0Yzmw0MVxMYjgx3JgYztKcGG4XYritieEo&#10;IzGc2ebEcDmI4dKYGA4AAIDCieGiTwxHJYjhzDbW+q976+2/HV4aXGYpx3DZ+mK4QAxnaU4Mtwsx&#10;3NbEcJSRGM5sc2K4HMRwaUwMBwAAQOHEcNEnhqMSxHBmGxPDxTSJ4dbEcKkTw1mKq4vhdiOG25oY&#10;jjISw5lt7vavfs6RrwkvDS6SGC6NieEAAAAo3A3d0wfFcFEnhqMSxHBmGxPDxSSGE8ONHT58hRjO&#10;kpsYbleTGG5dDJdNDEcZieHMNieGy+H6Nz0ohktgYjgAAAAKJ4aLPjEclSCGM9uYGC6mUQyXbX3a&#10;zf8E1l8++YgYbkQMZylODLerUQyXfX94+5T3zuQmhqOMxHBmmxPD5SCGS2NiOAAAAAonhos+MRyV&#10;IIYz25gYLiYxnBhuTAxnKU4Mtysx3NbEcJSRGM5sc2K4HCYx3Bkx3JxPDAcAAEDhxHDR99HF28Rw&#10;lJ8YzmxjYriYxHBiuDExnKU4MdyuxHBbE8NRRpMYbunfTH1/M0trYrgcxHBpbBTDLZ44893haQcA&#10;AIDZE8NF30dv6J75O+FwQ2mJ4cw2JoaLSQwnhhsTw1mKE8PtSgy3NTEcZSSGM9ucGC6H6+8Qw6Uw&#10;MRwAAACFE8NFnxiOShDDmW1MDBeTGE4MNyaGsxQnhttV59Q5Mdzm1t8hhqNsxHBmmxPD5TCO4bqD&#10;n5ny+1Obo4nhAAAAKJwYLvrEcFSCGM5sY2K4mMRwYrgxMZylODHcrsRw2zcUw1E6YjizzYnhchDD&#10;pbFxDNcVwwEAAFAgMVz0ieGoBDGc2cbEcDGlHsO94u71F4RDkTYxnKU4Mdyubnrf8NliuI2J4Sgf&#10;MZzZ5sRwOYjh0pgYDgAAgMKJ4aJPDEcliOHMNiaGi6nTWxfDIYazNCeG25UYbvvEcJSPGM5sslqj&#10;feKrxHCXTAyXxsRwAAAAFG4cw50Qw0WcGI5KEMOZbUwMF5MYTgw3No7hlv759Neg2ZxuFMM12q8N&#10;rwJ2EMNtnxiO8rnmuleJ4cyyieHyEcOlsew5/vRidyCGAwAAoDhiuOgTw1EJ4xiu0X7btF/2mqU1&#10;MVxMnZPDHxTDIYazJCeG25UYbvvEcJSPGM5sMjFcPmK4NJY9x2I4AAAAijWO4VZO3z3tB1e7HBt8&#10;NDvGYjhKTwxntrnfEMPFk3YMd1YMt0EMZylODLcrMdz2ieEon7315S/L3sfEcJb8xHD5iOHSWPYc&#10;i+EAAAAolhgu9sRwVIMYzmxzYriIOv3hD2YTw6VODGcpTgy3KzHc9onhKB8xnNlkYrh8XtD98Nc2&#10;xXBzv+w5FsMBAABQLDFc9P2+GI4qEMOZbU4MF5EYTgw3JoazFCeG25UYbvvEcJSPGM5sMjFcPmK4&#10;ZPYpMRwAAACFEsNFnxiOShDDmW1ODBeRGE4MNyaGsxQnhtuVGG77xHCUjxjObDIxXD5iuGQmhgMA&#10;AKBYN3QfPJj9gCqGi7TmyurvHxTDUQFiOLPNieEiSjmG6/TP9m8Sw02I4SzFieF2ddPdYritieEo&#10;HzGc2WRiuHzEcMlMDAcAAECxxHBxJ4ajKsRwZpsTw0WUdAx3aq0nhgsO33pFrd4Ww1laE8PtSgy3&#10;fcN3HPvA8BvCoYFSEMOZTTaK4Z66v/O08NLgIonhkpkYDgAAgGKJ4eJODEdViOHMNieGiyjpGK63&#10;1rvpLjHc2HWv+kIxnCU3MdyuxHDbJ4ajfMRwZpOJ4fIRwyUzMRwAAADFEsPFXbMrhqMaxHBmmxPD&#10;RTSJ4dbEcKkTw1mKE8PtSgy3fWI4ykcMZzaZGC4fMVwyE8MBAABQLDFc3InhqAoxnNnmxHARieHE&#10;cGNiOEtxYrhdieG2rTd8x7GTYjjKRQxnNpkYLh8xXDITwwEAAFAsMVzcieGoCjGc2ebEcBGNY7je&#10;8LELbvwnsEkM94gYbkQMZylODLercQx3Sgw3nhiOEhLDmU0mhstHDJfMxHAAAAAUa/G2QTP7AVUM&#10;F2liOKpCDGe2OTFcRGI4MdyYGM5SnBhuVzePY7h1MdxoYjhKSAxnNpkYLp8XiuFSmRgOAACAYonh&#10;4m4UwzVPnPmOcLihtMRwZpsTw0UkhhPDjYnhLMWJ4XY1juH6w1+Y9v6Z3MRwlNA4hjsghjOrNZZO&#10;PHX/S8Vwl+iF3d/92uYJMdzcr7v6qcWVM/84PO0AAAAwe2K4uBPDURViOLPNieEiEsOJ4cbEcJbi&#10;xHC7EsNtmxiOEhLDmU0mhstnFMMtiuHmf2I4AAAAiiaGizsxHFVx1f6lZ4nhzMYTw0UkhhPDjYnh&#10;LMWJ4XYlhts2MRwlJIYzm0wMl884hltZ/dmdvz+1OZsYDgAAgKKJ4eJODEdViOHMNvcbe+tHXhRe&#10;Glxmqcdwnf7688OhSNskhvsXU15/ZvO7evux7K9iuCcghts2MRwlJIYzm6zWaK2I4S6dGC6RieEA&#10;AAAomhgu7sRwVIUYzmxzYriIjvWHP7gshkMMZylODLerm+8+/+xlMVzY8BfEcJTNOIZrtH/8ce9r&#10;ZglODJePGC6RieEAAAAo2uIJMVzMieGoCjGc2ebEcBEd66+L4RDDWZoTw+1qFH+J4TYmhqN8xHBm&#10;k4nh8hHDJTIxHAAAAEVbFMNFnRiOqhDDmW1ODBeRGE4MNyaGsxQnhtuVGG77xHCUjxjObDIxXD5i&#10;uEQmhgMAAKBoi2K4qBPDURViOLPNieEiWj45fK0YDjGcJTkx3K7EcNsnhqN8xHBmk4nh8hHDJTIx&#10;HAAAAEVbFMNFnRiOqhDDmW1ODBdR2jHcWTHcBjGcpTgx3K7EcNsnhqN8xHBmk4nh8hHDJTIxHAAA&#10;AEVbFMNFnRiOqhDDmW1ODBeRGE4MNyaGsxQnhtuVGG77xHCUjxjObDIxXD6H3viRr1sUw83/uoNP&#10;La6cFsMBAABQnMUTg2azO3j/1B9cLfeaK6u/J4ajCsRwZpsTw0UkhhPDjY1iuIYYzhKbGG5XYrjt&#10;E8NRPmI4s8nEcPmI4VLZ4JNiOAAAAAq1KIaLuubK4PeaJ06L4Sg9MZzZ5sRwEYnhxHBj+1pfJIaz&#10;5CaG25UYbvvEcJSPGM5ssnEM11j6C+GlwUUSw6UyMRwAAAAFWxTDRd04hjsuhqP8xHBmmxPDRZRy&#10;DJftpBguEMNZihPD7UoMt31iOMpHDGc2mRguHzFcKhPDAQAAULBFMVzUieGoCjGc2ebEcBGJ4cRw&#10;Y2I4S3FiuF2J4bZPDEf51Pa1rszew8RwlvzEcPmI4VKZGA4AAICCLYrhok4MR1WI4cw2J4aLaBLD&#10;rYnhUieGsxQnhtuVGG77hr9w893DZ4dDA6UghjObTAyXz6HbxXBpTAwHAABAwRbFcFEnhqMqJjFc&#10;6+3TftlrltjEcBGJ4cRwY2I4S3FiuF2J4bZPDEf5iOHMJhPD5SOGS2WDTy4eF8MBAABQoEUxXNSJ&#10;4agKMZzZ5n5dDBfP8qnha5f7w89ceOM/iYnhNojhLMWJ4XYlhts+MRzlI4Yzm0wMl48YLpWJ4QAA&#10;ACjYohgu6sRwVIUYziysLoaLSQz3iBgus29f64v2iuEstYnhdiWG2z4xHOUjhjObTAyXjxgulYnh&#10;AAAAKNjiiQebze6qGC7SxHBUhRjOLEwMF5UYTgw3IoazJCeG25UYbvvEcJSPGM5sslpdDJeHGC6V&#10;ieEAAAAomBgu7sYx3Mrqt4fDDaUlhjMLE8NFJYYTw42I4SzJieF2NYnh1sVw44nhKB8xnNlkYrh8&#10;xHCpbPDJG7qrt4SnHQAAAGZPDBd3YjiqQgxnFiaGi0oMJ4YbGcVwC43Wj019DZrN68Yx3JEfDC8D&#10;dhjHcL3hO6a8dya3Tn/4CzeJ4SgZMZzZZLV6uyuGu3RiuFQmhgMAAKBgzeODRTFcvInhqAoxnFmY&#10;GC6qpGO43trJY731bwqHImliOEtyYrhdieG2JoajjMRwZpOJ4fIZx3Dd0z837XeoNk8TwwEAAFCw&#10;cQy3IoaLNTEcVSGGMwsTw0UlhhPDjYjhLMmJ4XZ17ANiuI2J4SgjMZzZZGK4fMRwqUwMBwAAQMHE&#10;cHEnhqMqxHBmYWK4qMRwYrgRMZwlOTHcrsRwW+ucWn+7GI6yEcOZTSaGy+fQ7b8nhktiYjgAAAAK&#10;JoaLOzEcVSGGMwsTw0W1fGpdDIcYztKcGG5XYritieEoIzGc2WRiuHwmMdyqGG7uJ4YDAACgYGK4&#10;uBPDURViOLMwMVxUnd7wh8RwiOEsyYnhdtXpD/eJ4SbLvle+/ab3ieEoFzGc2WRiuHzEcKlMDAcA&#10;AEDBxHBxJ4ajKsRwZmFiuKjSjuHOiuECMZwlOTHcrsRwWxPDUUZiOLPJxHD5iOHSWHNl8MmDYjgA&#10;AACKJIaLu2ZXDEc1iOHMwuqtX99bf7kYLhIxnBhuRAxnSU4Mt6txDNcXw40mhqOMRjFc9vPiv536&#10;/maW0MRw+Yjh0pgYDgAAgMKJ4SKvu/q7Yjiq4KrnvuzZYjizbGK4qMRwYriRa6/91i8Ww1lyE8Pt&#10;Sgy3NTEcZSSGM5tMDJePGC6NNVdWPyGGAwAAoFBiuMgTw1ERYjizMDFcVGI4MdyIGM6SnBhuV2K4&#10;rYnhKCMxnNlkoxjuqufd+NXhpcFFWrzt9F8Sw83/xHAAAAAUTgwXeWI4KkIMZxY2iuEaS38rvDS4&#10;zMRwYrgRMZwlOTHcrsRwWxPDUUZiOLPJxHD5iOHSmBgOAACAwonhIk8MR0WI4czCxHBRJR3D9dfu&#10;EsNNiOEsyYnhdiWG25oYjjISw5lNJobLZxzDrYjh5n3N7uATB7unxXAAAAAUZxzDdQcfmPaDq12G&#10;dQe/21w5LYaj9MRwZmFiuKjEcGK4ETGcJTkx3K7EcFsTw1FGYjizycRw+Yjh0lhTDAcAAEDRxHCR&#10;J4ajIsRwZmFiuKgmMdyaGC5xYjhLcmK4XYnhtiaGo4zEcGaTieHyEcOlsaYYDgAAgKKJ4SJPDEdF&#10;iOHMJqvVW7++RwwXzSiGy/bZ7Tf9E5oYLhDDWZITw+1KDLe1UQzXOXXuWeHQQCmI4cwmE8PlI4ZL&#10;Y00xHAAAAEUTw0WeGI6KEMOZTSaGi0sMJ4YbEcNZkqu3HltoLInhnoAYbmuTGG4ohqNUxHBmk4nh&#10;8hHDpbGmGA4AAICiieEiTwxHRYjhzCYTw8UlhntEDJeZxHBL/3Laa9BsbldvrYvhnpgYbmtiOMro&#10;qmd925eL4czEcHmJ4dJYUwwHAABA0cRwkdcd/O7iidVXhsMNpSWGM5tMDBeXGE4MNyKGsyQnhtuV&#10;GG5rYjjKSAxnNlmt3j4uhrt0Yrg01hTDAQAAUDQxXOSJ4agIMZzZZGK4uMRwYrgRMZwlOTHcrsRw&#10;WxPDUUZiOLPJxHD5iOHSWLM7+ETzxOo/Ck87AAAAzJ4YLvLEcFSEGM5sMjFcXGI4MdyIGM6SnBhu&#10;V2K4rYnhKCMxnNlkYrh8RjFcszt4y9TfodrcLHuOxXAAAAAUq/lmMVzUieGoCDGc2WRiuLhSj+Fu&#10;fv/6deFQJE0MZ0lODLerUQzX6a29c8p7Z3ITw1FGYjizycRw+Yjh0lj2HIvhAAAAKJYYLvLEcFSE&#10;GM5sMjFcXGI4MdyIGM6SnBhuV2K4rYnhKCMxnNlkYrh8xHBpLHuOxXAAAAAU6+DKh2/IfkAVw8Xa&#10;KIbriuEov0kMt/QL037Za5bSxHBxdU6t/1CnL4ZLnRjOkpwYbldiuK2J4SgjMZzZZGK4fMRwaSx7&#10;jsVwAAAAFOvgyuoNze6qGC7WxHBUxFXPvenZtUZbDGfJr1Zv/RcxXDyd/vCHxXBce+13fXH2ehPD&#10;WVoTw+1KDLd9628Tw1E2YjizycRw+Yjh0lj2HIvhAAAAKJYYLvLEcFSEGM5sMjFcXCnHcJ3+2l1H&#10;xXBjYjhLcmK4XYnhtk8MR/mI4cwmE8PlI4ZLY9lzLIYDAACgWGK4yBPDURFiOLPJxHBxpR3DnRXD&#10;BU9/+s1fkr3exHCW1sRwu7rxvWvPEcNtbCiGo3TEcGaTieHyWbzt98RwCSx7jsVwAAAAFEsMF3li&#10;OCpCDGc2mRgurqRjuJNn7zp6Ugw3IoazJCeG25UYbvvEcJSPGM5sslEMt+cbO9eElwYXafFnRjHc&#10;qhhuztcUwwEAAFA0MVz0PSiGowrEcGaTieHiEsOJ4UbEcJbkxHC7EsNtnxiO8hHDmU0mhstHDJfG&#10;miur/6t5XAwHAABAgcRw0SeGoxLEcGaTieHiEsOJ4UbEcJbkxHC7EsNtnxiO8hHDmU0mhsvn4Mrg&#10;WjHc/E8MBwAAQOHEcNEnhqMSxHBmk4nh4ko6huutvU8MNyGGsyQnhtuVGG77xHCUzySGW/q/pr6/&#10;mSU0MVw+Yrg0JoYDAACgcGK46BPDUQliOLPJxHBxieHEcCNiOEtyYrhd3XhKDLc1MRzlI4Yzm0wM&#10;l48YLo2J4QAAACicGC76xHBUghjObDIxXFxiODHciBjOkpwYbldiuO0Tw1E+YjizyWr1peN7vvGl&#10;YrhLJIZLY2I4AAAACieGiz4xHJUghjObTAwX1ySGWxPDJU4MZ0lODLcrMdz2ieEoHzGc2WRiuHzE&#10;cGlMDAcAAEDhJjHc4J5pP7jaZZkYjkoQw5lNJoaLaxzD9YbnLrzxP/8Tw20Zx3D19r+a9ho0m9uN&#10;YrgDrR8ILwN2EMNtW2/4ts57xHCUixjObDIxXD5iuDTWXBn8r+bx02I4AAAAiiOGi73Bg4vdj4jh&#10;KD0xnNlkYri4xHBiuBExnCU5MdyuxHDb1hu+7Vjv3NeHQwOlIIYzmyz7efE2MdylE8OlMTEcAAAA&#10;hRPDxZ4Yjmp46nOOfIMYzkwMF9ux/vCHl5OO4R4Rw2WeflgMZwlODLerV4xiuFNiuPHGMdxQDEep&#10;iOHMJhPD5SOGS2NiOAAAAAonhou9wYM3rKzeHA43lJYYzmwyMVxcYjgx3IgYzpKcGG5XYrhtE8NR&#10;Qlc96zvEcGbZxHD5iOHSmBgOAACAwonhIq8rhqMarn7OkW9YEMOZTWK4A+2/GV4aXGZiODHciBjO&#10;kpwYbldiuG0Tw1FCkxiuLYaz5CeGy0cMl8bGMdzK6v8ZnnYAAACYvXEMtyKGizYxHBUhhjObTAwX&#10;V+oxXOfU2jeGQ5E0MZwlOTHcrsRw2yaGo4TEcGaTieHyGcdwxwc/P/V3qDY3E8MBAABQODFc5Inh&#10;qAgxnNlkYri4xHBiuBExnCU5MdyuRjHcMTHcZGI4SkgMZzaZGC4fMVwaE8MBAABQODFc5InhqAgx&#10;nNlkYri4xHBiuBExnCU5MdyuRjHccm/tzmnvn8lNDEcJPfXazp8Xw5mJ4fISw6UxMRwAAACFO7Sy&#10;esOiGC7exHBUxNXPE8OZjSaGi+tYf10Mx1OednDpz4nhLLmJ4XYlhts2MRwl9NQXiOHMRhPD5SOG&#10;S2NiOAAAAAonhos8MRwVIYYzm0wMF9fyyeGtYjjEcJbkxHC7EsNtmxiOEhLDmU0mhstnHMOtiOHm&#10;fc2uGA4AAICCieEiTwxHRYjhzCYTw8UlhhPDjYjhLMmJ4XYlhtu+9beK4SgbMZzZZKMYrvb81tXh&#10;pcFFEsOlsaYYDgAAgKLdcPzDh8RwESeGoyLEcGaTieHiSjuGOyuGC8RwluTEcLsSw22fGI7yEcOZ&#10;TTaO4faJ4S6VGC6NNcVwAAAAFE0MF30PiOGoAjGc2WRiuLjEcGK4ETGcJTkx3K7EcNsnhqN8xHBm&#10;k4nh8hHDpbGmGA4AAICiieGiTwxHJYjhzCYTw8UlhhPDjYjhLMmJ4Xa1fNfac8VwGxuK4SgdMZzZ&#10;ZGK4fMRwiay7+mdiOAAAAAolhos+MRyVIIYzm0wMF9dyf3hrtiRjuGzvFcNNiOEsyY1iuP3cYlcP&#10;AAD/9ElEQVRiuCcihts+MRzlI4Yzm0wMl48YLpGJ4QAAACjaDcfPHMp+SBXDxZsYjkoQw5lNJoaL&#10;SwwnhhsRw1mSE8PtSgy3fWI4ykcMZzaZGC6f69+0+szmyqoYbt4nhgMAAKBoYrjoE8NRCeMYrt5+&#10;x7Rf9pqlNDFcXGI4MdyIGM6SnBhuV2K47RPDUT5iOLPJxHD5iOESmRgOAACAoonhok8MRyWI4cwm&#10;q9Xb/1kMF48YTgw3MonhWv962mvQbI63JoZ7YmK47RPDUT5iOLPJxHD5iOESmRgOAACAoonhok8M&#10;RyWI4cwmE8PFNYnhpt34T2JiuEAMZ4lODLcLMdz2ieEoHzGc2WRiuHzEcIlMDAcAAEDRxHDRJ4aj&#10;EsRwZpOJ4eJKOobrrb238z4x3IgYzhKdGG4XYrjtE8NRPuMYrt7+iSnvbWZJrdZov0kMd+nEcIlM&#10;DAcAAEDRxHDR98ANt4nhKD8xnNlkYri4xHAPi+EyYjhLdGK4XYjhtk8MR/mI4cwmE8PlI4ZLZGI4&#10;AAAAiiaGi7vsB/8HDnYfeEU43FBaYjizycRwcYnhxHAjYjhLdGK4XYjhtm/41ld+4Nwzw6GBUhDD&#10;mU0mhstHDJfIxHAAAAAUbRzDdQe/PPUHV8u95srggYPdgRiO0hPDmU0mhotLDCeGGxHDWaITw+1C&#10;DLe1Tn/41pvEcJSMGM5sMjFcPmK4RNYd/Flz5SNiOAAAAIpzw+1iuJgTw1EVYjizycRwcaUewx3r&#10;rz0vHIqkieEs0YnhdiGG29okhhuK4SgVMZzZZGK4fMRwiaw7+LPFE4PvCk87AAAAzJ4YLu7EcFSF&#10;GM5sMjFcXGI4MdyIGM4SnRhuF2K4rYnhKCMxnNlkYrh8xjFcd/DWab9DtTmaGA4AAICiieHiTgxH&#10;VYjhzCYTw8UlhhPDjVxz3Yu+VAxnCU4Mt4vl94vhNiaGo4zEcGaTieHyuf7NYrgkNorhumI4AAAA&#10;CiSGizsxHFUhhjObTAwXlxhODDcihrMUV2u01/aI4Z6QGG5rYjjKSAxnNpkYLh8xXCITwwEAAFA0&#10;MVzcieGoCjGc2WRiuLiO9ob/ZOdN/2QmhtskhrMUJ4bb3SiG65w8+4tT3z8TmxiOMhLDmU02iuEW&#10;nnvj3vDS4CKJ4RKZGA4AAICiieHiTgxHVYjhzCYTw8V1tLd2dLm39kc7b/wnMTHcJjGcpTgx3O4m&#10;MdyaGC5b5+TwrTfdJYajXMRwZpOJ4fIRwyUyMRwAAABFE8PFnRiOqrj6wNI+MZyZGC62oyfP/pXl&#10;3vC/7rzxn8TEcJvEcJbixHC7E8NtTQxHGYnhzCYTw+UjhktkYjgAAACKJoaLOzEcVSGGM5tMDBfX&#10;4XvPX9HpD397543/RHb/zScfvjociqSJ4SzFieF2N47h+mK40Tq99Z8Xw1E2X3Vd6yvEcGZiuLzE&#10;cIlMDAcAAEDRxHBx11xZPSOGowrEcGaTTWK4I38jvDSIoNMb/qOdN/6TmE+G2ySGsxQnhtudGG5r&#10;YjjKSAxnNpkYLp+//ObVZy6K4eZ/YjgAAACKttj9yAvFcPEmhqMqxHBmk4nh4jt68tGnL/fW/r9p&#10;AcBcTwy3SQxnKU4Mtzsx3NbEcJSRGM5sMjFcPmK4ZPanYjgAAAAKJYaLOzEcVSGGM5tMDDcby/3h&#10;900LAOZ6YrhNkxhu6d9Mew2azetGMVz2Peb7w8uAHY72Htovhpus0xuK4SgdMZzZZGK4fMRwyUwM&#10;BwAAQLHEcHEnhqMqxHBmk4nhZuPwveevWO6vfXxnADDnu//mkw9fHQ5B0sRwluLEcLs72lsTw4WJ&#10;4SgjMZzZZGK4fA51/8fXi+GSmBgOAACAYonh4q7ZFcNRDWI4s8nEcLOz3B/+7WkRwBzvPT4ZbkIM&#10;ZylODLc7MdzWxHCUkRjObDIxXD5iuGQmhgMAAKBYYri4E8NRFWI4s8nEcLPVOXn2x6aFAHM6MVwg&#10;hrMUJ4bbnRhua2I4ykgMZ7a5N4rhLp0YLpmJ4QAAACiWGC7uxHBUhRjObLJxDLdfDDdLy73hvdNi&#10;gDmcGC4Qw1mKE8PtTgy3NTEcZSSGM9ucGC6HQ90zX7/YXRXDzf/EcAAAABRLDBd3YjiqQgxnNpkY&#10;bvZuet+n90yLAeZw99988uGrw8NOmhjOUpwYbndiuK2J4SgjMZzZ5sRwOYjhkpkYDgAAgGKJ4eJO&#10;DEdViOHMJhPDFeNY/9HD04KAOZtPhguuue5VX5p9zxHDWVITw+1ODLc1MRxlJIYz25wYLgcxXDIT&#10;wwEAAFCsxe6ZFy6unBHDRdoohmueeOBYONxQWmI4s8nEcMXpnFprT4sC5mhiuEAMZylODLc7MdzW&#10;xHCUkRjObHNiuBzGMdwJMdzcryuGAwAAoGBiuLgTw1EVYjizycRwxVo+Ofw/p4UBczIxXLC3vvxl&#10;YjhLbWK43YnhtjaK4ZbvPndtODRQCmI4s82J4XIQwyUyMRwAAABFE8PFnRiOqhDDmU0mhitep3f2&#10;ddPigDnY/TeffPjq8DCTJoazFCeG250YbmtiOMpoEsO1Xj/t/c0ssYnhchDDJbLu6p/esHLmH4an&#10;HeD/Z+9/4CW7C/r+P/Wbfos2CpKd2cCXCiKWNGRnNkTIntnFxZa2aFEguTO72blLqFLK1/ptY3/U&#10;0mobWtta/yAiSHJnNkRBpRoRSHbuJoBuJSq2VLFFm2RnlqjUbpVWlITcO5s2+5u5c5K5e/dk2Ls7&#10;58w55/N8Ph7vx0oMu3fO2Zm5M+fFXAAAyN4khuv/UuILV7voieEoikkM1/z5hDd6zYKaGC4fllfX&#10;b0kKBAo+nwwXE8NZiBPDzSaGm24Sw62J4cgVMZzZkxPDXYSNGK7b/9mk91CtRBPDAQAAsGhiuHQX&#10;dfonoyN9MRy5J4Yzm6xSb/2GGC4f2sdO/92tgUDB96HDq4+I4UbEcBbixHCzieGmE8ORR2I4syf3&#10;7tH3stX4rsE2ieECWaf/P/d2+2I4AAAAFkcMl+4iMRwFIYYzm0wMly/LvfXXbI0Eirr26vBDB8Vw&#10;G8RwFuLEcLOJ4aYTw5FHYjizJyeGuwhiuEAmhgMAAGDRxHDpLhLDURBiOLPJxHD50149vWdrKFDE&#10;jWO4Q/cOd8c3K2hiOAtxYrjZxHDTieHIIzGc2ZMTw10EMVwgE8MBAACwaGK4dBeJ4SgIMZzZZGK4&#10;fGoeP3NZu7e+tjUYKNjuv+noI1fENyloGzHcbjGchTUx3GwbMVxv7QMJj53BTQxHHonhzJ6cGO4i&#10;iOECmRgOAACARRPDpbtIDEdBiOHMJhPD5Vu7NyxsKDH62j906KhPhhsTw1mIE8PNNonhivsYP8+J&#10;4cgjMZzZkxPDXQQxXCATwwEAALBoYrh0F3UHAzEcRSCGM5tMDJd/y6vrb06KB/I+MdyUGM5CnBhu&#10;NjHcdGI48kgMZ/bElt69s/ZaMdwFEsMFMjEcAAAAiyaGS3cbMdyKGI78E8OZTSaGK4ZDvdN7kwKC&#10;PE8MN7URw9VbP7z1/mdW5o2eX9bFcE9NDLdpx06/TwxH3ojhzJ6YGO5iiOECmRgOAACARRPDpTsx&#10;HEUhhjObTAxXLMur659KDAnyuftvOvrIFfGXHjQxnIU4MdxsYrhNE8ORQ2I4sycmhrsYYrhg9jkx&#10;HAAAAAslhkt3YjiKQgxnNpkYrniWV4ftc0KCHM4nw02J4SzEieFmE8NtmhiOHBLDmT0xMdzFEMMF&#10;MzEcAAAAiyWGS3diOIpCDGc2WaXeFMMV0P7jxy9d7g3vTIwKcrJ2b00MFxPDWYgTw8128MMP18Rw&#10;8cRw5NDT669+hhjObLzmT4jhLlzj3fe/UAwXxMRwAAAALFZ024PfKIZLb2I4ikIMZzbZJIa7QQxX&#10;UMu99RvavfXHEuOCBa+9OvygGG5CDGchTgw328FVMdyTO7YuhiN3xHBmT0wMdzHEcMFMDAcAAMBi&#10;ieHSnRiOohDDmU0mhiuH9urpOxIDg8Xu/puOPnJF/CUGTQxnIU4MN9vB1aEY7omJ4cghMZzZExPD&#10;XQwxXDATwwEAALBYYrh0J4ajKHbWb3iRGM5MDFcmB+559C8tr67/XGJosID5ZLgpMZyFODHcbGK4&#10;Teutv2/5w2I48kUMZ/bExHAXo3FEDBfIPrd3RQwHAADAAonh0p0YjqIQw5lNNo7hKrWlV8Z3DUrg&#10;dfecfuny6vrHE4ODDCeGmxLDWYgTw80mhts0MRw5JIYze2JiuIshhgtjUXfwuT1iOAAAABYpOiKG&#10;S3PjGK7RPbkcH27ILTGc2WRiuPIah2jLvfWHE8ODDNZeXf+kH5M6Ubmqedno/iaGs6AmhpvtdeMY&#10;blUMtzExHDkkhjOLVxPDXQwxXBgTwwEAALBwYrh0J4ajKMRwZpOJ4cqvvbr2N9q94T2JAUKKG/2Z&#10;737d6uNfF38ZQRPDWYgTw80mhts0MRw5JIYziyeGuyiNI595YaN7UgxX8onhAAAAWDgxXLoTw1EU&#10;YjizycRw4Tj44eGL2sdOH0kMEea93vBP2731f/bGu858RfzHB00MZyFODDebGG7TeuvvE0+TN2I4&#10;s3hiuIsihgtjYjgAAAAWTgyX7sRwFIUYzmwyMVyY2r21t7Z762uJUcIc1l4dnjrUW39V/McFTwxn&#10;IU4MN5sYbtPEcOSQGM4snhjuoojhwtg4hos6J/9efNoBAAAge2K4dCeGoyjEcGaTieHCtnz0i9ct&#10;94ZvX+6t/4/EQOGCtv5fRr/fP7np2JnnxX9M8MRwFuLEcLONY7jRY6YYbjwxHDkkhjOLV2v+xBW7&#10;lyrxXYNt2ojhOv33J72HauWZGA4AAICFE8OlOzEcRSGGM5tMDMcTlu9Ze8Hy6unu8urwc+eECue5&#10;dm/YH3/q3E0fPPOM+LdlRAxnIU4MN5sYbtPEcOSUGM5sY3desn//pfHdgm0Sw4UxMRwAAAALJ4ZL&#10;d2I4ikIMZzaZGI6n0l794p6NH6e6uv7J8Y89fYqA4bF2b/jQ6P9/bLm39l3joC7+r7OJGM5CnBhu&#10;NjHcpm3EcGtiOPLmz1XrzX+T9PhmFtR8MtxFEcOFMTEcAAAACxcd+cw3Rp3BLye9cLWLX9TpDxrd&#10;E2I4ck8MZzaZGI7tOnBs7XnjUO7Q0eHum44+ckX8j5lBDGchTgw3mxhu08Rw5FS1fuB7kx7fzIKa&#10;GO6iiOHCmBgOAACAhRPDpbtIDEdBiOHMJhPDQfrGMdzovvYjSfdBs7JODDebGG7TxHDk1Oix7ObR&#10;49gXtz6+mQU1MdxFEcOFsajb/1zU6YvhAAAAWBwxXLobvfAXw1EIYjizycRwkD4xnIW4SQx34C3x&#10;3YAtNmK43tovnhWFhToxHDlVrTf/TqXW+uOkxzizYCaGuyhiuDAmhgMAAGDhxHAprzPoi+EoAjGc&#10;2WRiOEifGM5CnBhuNjHcponhyKlKrblv9Py9lvQYZxbQ7rxk//5L47sF2ySGC2NiOAAAABZODJfy&#10;xHAUhBjObDIxHKRPDGchTgw32ySGG4rhxhPDkVM760svrdRa/yHpMc4smPlkuIsihgtjYjgAAAAW&#10;TgyX8sRwFMTO+sEXVWutOxPf7DULaGI4SJ8YzkKcGG42MdzmnX6vGI48euZL2181ejx779bHN7Og&#10;Joa7KGK4MBZ1B38cieEAAABYJDFcyhPDURBiOLPJKvXmJ8RwkC4xnIU4MdxsYrjNE8ORX9VdzX+a&#10;9BhnFszEcBdlI4briuHKvqgjhgMAAGDBxHApTwxHQYjhzCYTw0H6xHAW4sRws4nhNk8MR36NHseu&#10;r9aa/z3pcc4siInhLkq08sCVYrjyTwwHAADAwonhUp4YjoIQw5lNJoaD9InhLMSJ4WZbvvuRuhju&#10;iYnhyK8rdi9dVak1fznpcc4siNVa7xLDXTgxXBgTwwEAALBwYriUJ4ajIMRwZpOJ4SB9YjgLcWK4&#10;2cRwm7cuhiPXRq8b70h6nDMLZHdesn//pfHdgW0Sw4UxMRwAAAALt2flxH4xXIoTw1EQYjizycRw&#10;kL7LX/htXymGs9Amhptt+e6hGO7JieHIt8ruA81KrfXFpMc6s9LPJ8NdFDFcGBPDAQAAsHAbMVxX&#10;DJfaxHAUhBjObDIxHKRPDGchTgw3mxhu88Rw5Nuzrr1xx+i149Gkxzqz0k8Md1HEcGFMDAcAAMDC&#10;ieFS3jiGO3KyHR9uyC0xnNlkYjhInxjOQpwYbjYx3OaJ4ci/Sq355qTHOrPSTwx3UcRwYUwMBwAA&#10;wMKJ4VKeGI6CEMOZTSaGg/SJ4SzEieFmE8NN115df+8BMRw5t2NX89rRc/mnkx7vzEo9MdxF2f+u&#10;37ks6vbvS3wP1UqzqDt4LOqcWIpPOwAAAGRPDJfyxHAUhBjObDIxHKRPDGchTgw3mxhuOjEcRVGt&#10;N3886fHOrNSrtd41/lHB8d2AbXrZbb/3rKjT/8nE91CtNPPJcAAAACycGC7lieEoCDGc2WRiOEif&#10;GM5C3Ojv/Hql1hTDPQUx3HTjGO7QR888Pz40kFujx7XdSY93ZiXfnZfs339pfDdgm65d+U9f0ej0&#10;35H4HqqVZmI4AAAAFk4Ml/LGMVxHDEf+bcRwdTGcmRgO0ieGsxAnhptNDDedGI4iGT2u3Zb0mGdW&#10;2vlkuIu2p9P/l4nvoVppJoYDAABg4cRwKU8MR0GI4cwmE8NB+sRwFuLEcLMt3yOGe2JiOIqkUm/t&#10;He2Pkh73zEo5MdxFa3QefH3ie6hWmkXdwWNR58RSfMoBAAAge2K4lCeGoyB21lpXV8VwZmI4yMAk&#10;hlt6W9J90KysGz2/rInhnpoYbjoxHEUjcLegJoa7aI3u4Fsa3f6Jc95DtdLMJ8MBAACwcGK4lCeG&#10;oyDEcGaTTWK41t+M7xpACsRwFuLEcLOJ4aZr99bfe+jomhiOwqhec7A2eow7mfTYZ1a6ieEuWrTy&#10;wJWN7uCec95DtdJMDAcAAMDCieFSnhiOghDDmU0mhoP0ieEsxInhZhPDTSeGo4iqtdYtSY99ZqWb&#10;GG4uos7gfYnvo1op5sekAgAAsHAbMVznxPGkF642j/VPNDonxHDknhjObDIxHKRPDGchTgw320YM&#10;d0wMN54YjkLav//S0WPc55Ie/8xKtjvHf9/jv/lcoGhlcLDR7Z9Ofi/Vij6fDAcAAMDCieHSnhiO&#10;YhDDmU0mhoP0ieEsxInhZhvHcO3VtQ9uDcNCnBiOotpZWzqQ9PhnVqr5ZLi5eMlP/bfLo06/l/xe&#10;qhV9GzHckZPfGZ9uAAAAyJ4YLu2J4SgGMZzZZGI4SJ8YzkKcGG42Mdx0YjiKrFJbWkl6DDQrzcRw&#10;c7O3M7g5+b1UK/rEcAAAACycGC7tieEoBjGc2WRiOEjf5S/89q+s1FtiOAtqYrjZJjHcUAw3mhiO&#10;IvvqFx34S9Va60TS46BZKSaGm5v9dzz0tEanfyr5/VQr8qLu4LGoc2IpPtUAAACQvT0rn9kfdQZi&#10;uNQmhqMYxHBmk4nhIH1iOAtxYrjZxHDTtVdP/5QYjiIbfS/9uqTHQbNSTAw3V9FK/83J76dakbfx&#10;yXArPhkOAACABRLDpT0xHMUghjObTAwH6XvmC9pfJYaz0CaGm00MN50YjjIYPe795NbHQbNSrNZ6&#10;pxhufq7rntzZ6A5+7dz3U63IE8MBAACwcGK4tCeGoxjEcGaTieEgfc98qRjOwpsYbjYx3HRiOMqg&#10;clXzsvHjXtLjoVnBd+cl+/dfGv9VZw4ancGbkt9TtaJODAcAAMDC7bldDJfuxHAUgxjObDIxHKRP&#10;DGchTgw3mxhuOjEcZVGtL7026fHQrNDzyXCpiLqDTyW/r2pF3Oh8PhZ1TizFpxcAAACyJ4ZLe2I4&#10;ikEMZzaZGA7SJ4azECeGm+3Q0Ud2i+Ema6+ui+EojdHj3vcnPSaaFXZiuFQ0Og++rNEdnD73fVUr&#10;4qJO/4+jlRM+GQ4AAIDFEcOlPTEcxSCGM5tMDAfpE8NZiBPDzSaGm04MR9lUa81e0uOiWSEnhktN&#10;o3PiluT3Vq146/+RGA4AAICFEsOlvE7/xN7u4FB8uCG3xHBmk4nhIH1iOAtxYrjZDh0diuHiieEo&#10;mx0vbj9r9Dh4auvjolkhJ4ZLzf5bjl/a6PR/JfH9VSvYxHAAAAAs2HXd/svFcClODEdBTGK45i8k&#10;vtlrFtDEcJA+MZyFODHcbGK46cRwlNGO+tLfSnpsNCvcxHCpilYeuDLx/VUr1KLu4LGoc2IpPq0A&#10;AACQPTFcyhPDURBiOLPJKvXWr4vhIF1iOAtxYrjZxHDTieEoq2qt+c+SHh/NCrVa653Pfsnhy+O/&#10;1qRgz0r/uxLfY7UCzSfDAQAAsGBiuJQnhqMgxHBmk4nhIH1iOAtxYrjZxHDTieEos2qt9XNJj5Fm&#10;hZkYLhONTv89ie+zWkEmhgMAAGDBxHApTwxHQYjhzCYTw0H6NmK4WutHk+6DZmXdRgxXb/7j+G7A&#10;FmK46cYx3PK9j39tfGigdEbfA/yHpMdJs0JMDJeJ/bccvzTqDn478b1WK8DEcAAAACyYGC7lieEo&#10;CDGc2WRiOEifGM5CnBhuNjHcdGI4yu5Z177qK0bfc/9R0mOlWe5XW3rns1/yGjFcBl7aOfGcxPda&#10;LfeLuoPHos6JpfhUAgAAQPb2rzywY/Qi9f6tL1ptPhu9+H9478rJffHhhtwSw5lNJoaD9InhLMSJ&#10;4WYTw00nhiMEV+xeuirpsdIs9xPDZWpv9+RfT3q/1fI+nwwHAADAgl3XPbkz6gzel/zC1S52Uad/&#10;Yo9PhqMAxHBmk4nhIH1iOAtxYrjZxHDTieEIxY7drW9Jerw0y/XEcJlrdPtvSHrP1fI8MRwAAAA5&#10;EHX7P5T8wtUudlF38KAYjiIQw5lNJoaD9InhLMRVamK4WcRw04nhCEllV+s7kx4zzfK75o8/+0ox&#10;XNYa3f73J73vanmdGA4AAIAcaKyc+O6o2/8/yS9e7WImhqMoxHBmk4nhIH1iOAtxYrjZxHDTTWK4&#10;NTEcwRg9Rv7w1sdMsxzvzkv27780/utLhqJu/46k914tf4u6g8eizoml+NQBAADAYjS6/QONTv+/&#10;Jb14tYtb1O0/uKd7QgxH7onhzCYTw0H6xHAW4sRws4nhphPDEaLR9wUrSY+dZvmbT4ZbpEZ3cOfW&#10;914th+v0/2j06/8bnzYAAABYjMaR+589epH6K+e8cLWL3kYMd5sYjvwTw5lNJoaD9InhLMSJ4Wbb&#10;iOF6ax9KisNCmxiOUI0eJ3866fHTLF8Twy1ao9tfTXoP1nI0MRwAAAB5MXqR+g/PeeFqFz0xHEUh&#10;hjObTAwH6fvqa5tPF8NZaBPDzSaGm04MR8hGj5UfSnoMNcvPxHB5EHX7H096H9ZyMjEcAAAAedG4&#10;7cTXNbr9/3jOi1e7qInhKAoxnNlkYjhInxjOQpwYbjYx3HRiOEI3eqz8WNLjqFk+JobLi6jbvy/p&#10;vVhb/KLu4LGoc2IpPlUAAACwWFFn8H1JL2DtwieGoyiqu5Z2ieHMxrGCGA7SJoazECeGm20Sww3F&#10;cOMdO/2TYjhCN3q8/ETSY6nZ4ieGy5NGd/Dvt74XazmYT4YDAAAgT/bcNtgVdQe/c84LWLvgieEo&#10;CjGc2WQbMVz9wN+I7xpACsRwFuLEcLMdulcM9+TEcLBh9Jj56aTHU7PFTgyXN1Gn30t6T9YWODEc&#10;AAAAeePT4ea7qDt4eO/KyX3x4YXcEsOZTSaGg/SJ4SzEieFmE8NtWu/0Ty5/WAwHY6PHzoeSHlPN&#10;Frg7L9m//9L4ryg50egMfj7pfVlb0MRwAAAA5FGj2/+lc17E2gXNJ8NRFGI4s8nEcJA+MZyFODHc&#10;bGK4TRPDwVlGj6Gf3PqYara4+WS4vIq6/TuS3pu17Bd1B49FnRNL8akBAACAfNhzW//FUae/lvRi&#10;1rY3MRxFIYYzm0wMB+kTw1mIE8PNdnj1kWvaq2K4jYnh4BzVWuvfJz22mmU/MVyeNTonbkl6f9Yy&#10;nk+GAwAAIK+izsm/d84LWdv2xjFc1BncGB9WyC0xnNlkYjhInxjOQpwYbjYx3Kb11sVwkKBaax1N&#10;enw1y3ZiuLxrdAavT3qP1jJcp/8/Gt0TYjgAAADyqdEZ/EziC1o774nhKAoxnNlkYjhI3ySGa749&#10;6T5oVtaNnl8eFcM9NTHcponh4ClVa62fS3qMNctuYrgiaBzpf1PS+7SW0cRwAAAA5FnjyP3PHr2A&#10;feicF7R23hPDURRiOLPJxHCQPjGchTgx3GyHV4fXLIvhJhPDwUyjx9Tbtz7GmmW35o8/56qlZ8Z/&#10;Hcmxl9zx0BVJ79Va+ou6g8eizoml+FQAAABA/uxdObkv6UWtnd9GL/4fHh/D+HBCbonhzCYTw0H6&#10;xHAW4sRws4nhNk0MB19Spd66Nemx1iyD3XnJ/v2Xxn8VKYBGt/8fk96ztRTnk+EAAAAogsaRkzck&#10;vrC1LzmfDEdRiOHMJhPDQfrEcBbixHCzieE2TQwH56VSb31P0uOtWbrzyXBFFHVP3pr0vq2lNDEc&#10;AAAARRGtnPjOxBe3NnNiOIpCDGc2mRgO0ieGsxAnhptNDLdpvfWfvOnYmefFhwaYYUe92Up6zDVL&#10;b2K4omp0+n8n6b1bS2FiOAAAAIok6vbfmvgC155yUXfwgBiOIhDDmU0mhoP0ieEsxInhZhPDbZoY&#10;DrZlZ33ppUmPu2bpTAxXZNfdev/zkt6/tfku6g4eizonluLDDgAAAPkXdfrvTnqRa8mLOmI4ikEM&#10;ZzaZGA7SJ4azECeGm00Mt2liONi2nbXXVkePs19Mevw1m+/EcGXQ6A7u2foers1xPhkOAACAIoo6&#10;/V9IfKFr50wMR1GI4cwmE8NB+sRwFuLEcLOJ4TZNDAcXbPRY+7tJj8Fm85sYriwa3cH3bH0f1+a0&#10;cQzXGbwpPtQAAABQHKMXtMcSX+zaWYu6g4f3rpzcFx82yK04hvtA8pu9ZuFMDAfpe3r91c8Qw1lo&#10;E8PNJobbNDEcXJRqrdlLehw2m9PeIYYrj2jlgZc0uoM/2/p+rl3kxHAAAAAUWdQZdBNf8NqTizr9&#10;B6LOgz4ZjtwTw5nFq7V+TQwH6RLDWYgTw80mhtu0jRhuTQwHF2H0Pf07kx6LzeawOy/Zv//S+K8a&#10;JRF1+/clva9rF7aoO3gs6pxYig8vAAAAFM/oxe2/TnrRa5NFYjgKQgxnFk8MB6kTw1mIE8PNJobb&#10;NDEczMXocfd1SY/HZhc5nwxXUtGR/uGk93btAuaT4QAAACiD6MjgHyS+8DUxHIUhhjOLJ4aD1Inh&#10;LMSJ4WbbiOF6ax8+JwwLcWI4mJudtdbVo8fg4dbHZLOLmBiuxGrv/e2/2OgO7tn6/q5tc2I4AAAA&#10;yiLqDG5MfPEb+CIxHAUhhjOLJ4aD1InhLMSJ4WYTw22aGA7mbvT4+xtJj81mFzAxXACi7uCNSe/z&#10;2nlODAcAAECZREcGfy3xBXDAi8RwFIQYziyeGA5SJ4azECeGm00Mt2liOEjF6LH43Vsfm80uYGK4&#10;QOy/5filjc6gn/R+r81e1B08FnVOLMWHEgAAAIrvuu6Df2X0gvdPkl4Ih7hIDEdBiOHM4onhIHVi&#10;OAtxYrjZJjHcUAw32uHV03eI4SAd1V2tNyQ9RpttY+/4ml2Hvjr+K0UA9nYHNyW952sz5pPhAAAA&#10;KKuo0+8lvhgObKPjIIajEMRwZvHEcJA6MZyFODHcbGK46cRwkK6d9QPPS3qcNjvP3XnJ/v2Xxn+d&#10;CMUtt3xZ1Bm8L+m9X0uYGA4AAIAyizqD70t8QRzQonEMd2RwMD4kkFtiOLN4YjhInRjOQpwYbjYx&#10;3HRiOMhGtda8N+nx2uxLzCfDBaxx5DN/YyP0SngP2DZNDAcAAEDZRZ3BX018URzIIjEcBSGGM4tX&#10;a/5apX6DGA5SNInhln4s8T5oVtJNYrjW98R3A7YQw03XXj19xwExHGRiHCknPWabzZgYjksancEP&#10;JL0PbJNF3cFjUefEUny4AAAAoJz2/NwffHmjM/itpBfHZV8khqMgxHBm8cRwkDoxnIU4Mdxs7bse&#10;ebEYbjIxHGRrZ33ppaPH6Ye3Pm6bPcXEcGzYv/KHOxrd/s8mvR9sg1M+GQ4AAIBgRJ1BN+HFcakX&#10;dQcP7105uS8+BJBbYjizeGI4SJ0YzkKcGG42Mdx07dV1MRwswOgx+sNJj99mWyaG4yyNI/0o6vQ/&#10;mfS+cLjrn2p0TojhAAAACMeebv+VUaf/+eQXyuXb6Lb6ZDgKQQxnFk8MB6kTw1mIE8PNJoabTgwH&#10;izN6vL556+O32ZaJ4Ui08Z53d/BY0vvDoc2PSQUAACBYUbd/a9KL5bItGsdwK2I48q969Q01MZzZ&#10;aGI4SN1GDFcXw1lYE8PN1r5rKIaLJ4aDxRq/Nq7Umv8z6bHcbDQxHDM1uie+O+r015LeJw5mHZ8M&#10;BwAAQMD2rJzYH3X7/z3xRXN5dr8YjiIQw5nFqzV/rbp76a/Hdw0gBU+v3/SMSr0lhrOgJoabTQw3&#10;nRgO8mH0uuA9SY/nFvZGz+XveLoYjvPQWBn884T3icOYGA4AAAAuuSTq9H808YVzOSaGoxDEcGbx&#10;xHCQOjGchTgx3GztY2K4JyaGg/zYWWt9a7XWeizpcd3CnBiO7WocGbwz4f3iUs+PSQUAAIBYtHLy&#10;JaMXyoOkF9AFnxiOQhDDmcUTw0HqxHAW4sRws4nhpmv31u84dPTx58aHBsiB0WuEn096bLfwJobj&#10;Qrz0HSe+KuoM/k2j03884b3j0i3q9B9oHBm8Pr75AAAAQNQ98ZakF9FFXdQdPLx35eS++OZBbonh&#10;zOKJ4SB14wuIYjgLbWK42cRw04nhIJ+qu5o3Jj2+W1gTw3Gxos6Jfxx1B3+S9D5yadbp/4c9ncFr&#10;45sMAAAAjO152x98+ehF808kvpgu3nwyHIUghjOLJ4aD1InhLMSJ4WbbiOFWxXDjieEgv567/6an&#10;jR7Tj219jLdwJoZjXsY/RjTq9NcS3ksuw+7f0+2/IL6pAAAAwGb73v3g86OV/i8mvKAu0sRwFIIY&#10;ziyeGA5SJ4azECeGm00MN50YDvJv9Nr5jUmP9Vb+jb+HFcMxT41O/9WNbv+XEt5TLuyi7qATHRlc&#10;Hd9EAAAAIMme7mBv1O1/IunFdQEmhqMQxHBm8cRwkDoxnIU4MdxsYrjpxHBQEPv3X1qpNz+d9Jhv&#10;pd6d43Mf/y2AuRnHY1Fn0E14b7lQizr9U1H35FuuXflPXxHfNAAAAGCW8cfHNzr930t6oZ3jieEo&#10;BDGcWTwxHKRODGchTgw3mxhuOjEcFMuOerM1foxPeuy38s0nw5GFPZ0TN0ed/ucT3mcuwu7fu3Jy&#10;X3xTAAAAgPMVdU68KuoOHk54sZ2/dfqn9nZO7Im/dMgtMZxZPDEcpE4MZyFODDebGG66SQz3qBgO&#10;Cmb0GH9r0uO/lWtiOLIUrZx8SdQd/HjU7f9p4vvO+dt/aXQG/+gldzx0RXwTAAAAgO3auzL45kan&#10;/7GEF965WbTS/8Xxj3mNv2TILTGcWTwxHKRODGchTgw32ziGa/fW7kqKw0KbGA6Kq7qrtWf0mP/A&#10;1ucAK8/EcCxK47bBN0SdwfGk95/zsKjTX2t0T759/8oDO+IvGQAAALgYjc6Du0cvuN+X9EI8B3vX&#10;yzq/97Xxlwq5JYYziyeGg9SJ4SzEieFmE8NNJ4aD4hs95v+TpOcCK/7EcOTB3u6Jb210Tr6nkZdP&#10;jOsM/mvUHfzrcbAXf4kAAADAvFzXPbkz6vZ/KOr0/0/iC/OMN/pa/qTR7X/v/jseelr8JUJuVa8+&#10;WKvWW2I4MzEcpC6O4d6ReB80K+kqtdYXxXBPTQw3nRgOymHHi9vPGr22uDfpOcGKu40Yrn7TM+LT&#10;DAu3p9t/wfgT2Rqd/qmk96fTXtQdfCpa6b95/x0PuV8AAABA2qLOiVeNXpDfv/UFepaLuoNP7F05&#10;uS/+kiDXxHBm8cRwkDoxnIU4MdxsYrjp2qun3yOGg/IYPf7fUK21/nvSc4MVb2I48mz/Lccv3bPy&#10;4CuizqAbdQefS3q/eo67v9Htf/84xov/eAAAACArL/mp/3p51On/vajbvy/hRXuau6fRGbzep8JN&#10;7T9+5tIDx9aed3j10X3t1fWl5d7ad7V7a2+N94ZDvfVXHe6d/ob26hefE/9XyNA4hqvUWr+Y9Gav&#10;WVATw0HqxHAW4sRws01iuKEYbjQxHJRTtb70vUnPD1asieEommjlgSsbnRNvanT77290Bv2E97DP&#10;a1F38PDGp8B1T94arQwOvuSOh66I/wgAAABgkV7a+exzRi/6/9Fov5n0on5ei7r9j0crJ75z38/8&#10;/lfHf3SwxvHbod7wUHt1+K527/RvJV3seaq1e+uPt3vD+0b/3R88dHT91UurX6jEvy0pEMOZxas1&#10;f1UMB+kSw1mIE8PNJoabTgwH5fXV1zafPnpOeO/W5wgrzsRwlMHGJ8h1+y8Y7ZWNzoOvj7on3hKt&#10;9N/aODJ4Z9Tt39HoDn54/J/3dE7cPP7/j3/yifgNAAAACmD0Iv5rxv8rtkan/47RC/z/uDlmu5BF&#10;3f7/GX/63Gg/FB3pv+a67smd8R8VpPGnu2188tvq8Fi7t76WdJHngtZbf3j0+72/ffTR5Zs+eMab&#10;j3MkhjOLJ4aD1InhLMSJ4WYTw00nhoPy21m74bpKrfkfk54vLN8TwwEAAABQKNGRwdXj/yVcozM4&#10;Nv7Y+KjT/3xS+PbEou7gc6Nf7x/t7j0r/e+67tb7nxf/VkFrr35xz/Lq2o8t99b/x9YLOyns/uXV&#10;9Vvax9ZfGP/xXKDqNWI4s42J4SB1YjgLcWK42Q4d/eK1YrjJxHAQjsqu5k2j54gvbH3OsPxODAcA&#10;AABAKey/46GnjUO38UfCX9ftv3xv58Se8X8ef6R8/K8Qe93qsLbcW/uBdm/9oaQLO2lu9Gf+1nJv&#10;/XsO3/Xo18RfDtsghjOLJ4aD1InhLMSJ4WYTw00nhoPwVGrN70967rBc7s5L9u/3fiAAAAAAhKB5&#10;/Mxl7d7aW9ur659PuqiT6XrDzx46uvb6/cfPeIPyPInhzOKJ4SB1X7Pr0FeP7m9iOAtqYrjZxHDT&#10;jV5PieEgQJe/8Nu+slpv/njSc4jlZ5Xakk+GAwAAAIBQLPce+6vLq8OjWy/mLHrt3vodh3rDXfGX&#10;yVMQw5nFE8NB6sRwFuLEcLOJ4aYTw0HYKlc1rxi9JnlP0nOJLX6TGO7VYjgAAAAACMHhY8PDy6un&#10;P5V0QScPa68OP7J8dO2V8ZfLFmI4s3hiOEjdc65aeubo/iaGs6Amhpvt0NHTYrh4YjhgrHLN0guq&#10;tdbPJT2n2OImhgMAAACAQLxy9fG/sNxb/yejfS7pgk6u1hv+7ujX74i/dGJiOLN4YjhInRjOQpwY&#10;bjYx3HRiOGCzyu5WvVprHU16brHsJ4YDAAAAgEAcOrr2/Pbq8F1JF3Nyu97wTw+vrv/z5vEzl8U3&#10;I2hiOLN4YjhInRjOQpwYbjYx3HTjGO7wR898TXxoADZs/PjUeuv+rc8vlu1Gz+fvu2T//kvj0wIA&#10;AAAAlNWNd61f2e6tvz/pYk5B9q/jmxIsMZxZPDEcpE4MZyFODDebGG46MRwwS/WapahSb96V9Fxj&#10;qe/x0fP5v65c1fQ/qgQAAACAsitBDHdm9PWvtVfXvjO+ScERw5nFE8NB6sRwFuLEcLOJ4aYTwwHn&#10;Y2etdfXoeeVnkp5zLKXVmn9WqTXfEp8CAAAAAKDMyhDDPbF2bzg4dHT91fFNC4YYziyeGA5SJ4az&#10;ECeGm00MN50YDtiOK6459NxKbWkl6bnH5rxa679V6s2/Fx96AAAAAKDMyhTDTbf+K4d7X/yG+CaW&#10;XmV3qy6GMxtNDAepE8NZiBPDzSaGm04MB1yIZ1/5mssr9eaPJD0H2dx2/+j5/HXxIQcAAAAAyqyc&#10;MVy83vrPto898qz4ppaWGM4s3kYM13pFfNcAUiCGsxAnhptNDDedGA64WKPnne+r1lqPbX0usotb&#10;pdZ86PJrbgjmfzQJAAAAAEFrHj9zWbs3vC/pYk5Z1u6tvTW+uaUkhjOLJ4aD1E1iuOaPJ94HzUq6&#10;SQx34B/FdwO2EMNNN4nhHhXDARdtZ23pwMbrm4TnJdv+KvVmd/zeSXx4AQAAAIAyK/Unw21ae3Xt&#10;wfZdj7w4vtmlIoYziyeGg9SJ4SzEieFmO3Tv6WvbR9fuTvoePLSJ4YB521E7eM3odc57kp6f7PxW&#10;qTf/YPw8/pw9S18eH1YAAAAAoMxuvGf9yvbq+r9LuphTyvXWfii+6aUhhjOLJ4aD1InhLMSJ4WYT&#10;w03XPrr+nsN3ieGA+atc1bysUjvwltFrnj9Meq6yp16l3vxYdfeBV8eHEgAAAAAou+BiuNHavfU/&#10;ONR7dG98CApPDGcWTwwHqRPDWYgTw80mhptODAdk4fJrbviG0fPT/Vufr+wpVmvdMY4J48MHAAAA&#10;AJTdTfesX7kcWAz3xNqr6++MD0OhieHM4onhIHViOAtxYrjZbhrHcKtiuI31Tt8uhgOyUrmqeUWl&#10;3vqe0fPU7yQ9f9n4U+FaHx4dnxviQwYAAAAAhKB5/Mxl7d7wvsSLOSGst/7Y8j1rL4gPRyGJ4czi&#10;ieEgdWI4C3FiuNkmMdxQDDeeGA5YkB27mteOnrPeUa21/nTr81jA+087as2///T6q58RHyYAAAAA&#10;IAQhfzLc5rV7a/82PiSFI4YziyeGg9SJ4SzEieFmG8dwo++nxXDjieGAHKjuPvDq0fdrH0h6Tgto&#10;p0avD39wZ/3gi+LDAgAAAACEQgy3ab31j8eHpVDEcGbxxHCQOjGchTgx3GxiuE0TwwE58qxrX/UV&#10;o+ex9uh7t18Y7f9sfX4r6yr11mdGe9uOXTe8LD4UAAAAAEBIxHBbt/6/l4+evi4+PIUghjOLJ4aD&#10;1D37ytdcLoaz0CaGm00Mt2liOCDHqruWvq1aa91R5h+lWqm3/kulvvQvKvXm7vhmAwAAAAChEcM9&#10;1U5/d3yIck8MZxZPDAepE8NZiBPDzXa498VvGH3/LIYbTwwHFETlmqUXjMO4Sr25lvTcV8RVas2H&#10;Rr/e/Nzn3vS0+GYCAAAAACESwz312qvDX4gPU66J4cziieEgdWI4C3FiuNnEcJvWWxfDAYWzEcbV&#10;W3939Hrq5yv11v/a+jyY91Vqzd8Zfd3vGH/y3c7a8l+MbxYAAAAAECox3JdYb/jfl+99/Gvjw5VL&#10;kxiu+cGkN4XNgpoYDlInhrMQJ4abTQy3aWI4oAR21A5eU6k13zx6Djw2eo11euvzYl42en7+/dHX&#10;957R/92uXNW8Iv7yAQAAAIDQieHOb6+757Fvig9Z7ojhzJ7cfWI4SJcYzkKcGG42MdymieGAEtqx&#10;q/Xi6q7WG0bPie+u1Ju/Mfp1uPl5MuOdqtaavUqt+f3V+tJrr7jm0HPjLxMAAAAAYEIMt60djA9b&#10;rojhzJ6cGA5SJoazEDf6PuuLlfqSGO4pHO6dFsM9MTEcEIjxJ7HtrLUOVmutd1bqzY+Oni8/u/X5&#10;cx4b/d5ro316/J5HZVfzrZfXb3j5c59709PiLwMAAAAA4FxiuO2t3Vv/B/Ghyw0xnNmTE8NBysRw&#10;FuLEcLOJ4Tatt3776+95/C/FhwYgOONQbWetdfXo+fM1o+fPN1fqrVurtdYdlVrrfaP/fHy80X/+&#10;1OjXh8Yb/Xv3bfyzjR/J2rpjY/XWD1drzTdVd7Ve8cxdr31O/FsDAAAAAJwfMdz2114d/pv48OWC&#10;GM7syYnhIGViOAtxo++zxHAziOE2TQwHAAAAAACwWGK4C1xv/fb4EC6cGM7syYnhIGXPfokYzsKb&#10;GG42MdymieEAAAAAAAAWSwx3EeutHY0P40KJ4cye3H3jH6UT3zWAFGzEcLWldybc/8xKu0q9+YgY&#10;7qmJ4TZNDAcAAAAAALBYzeNnLmv3hvclXsyxL73e8Hh8KBdGDGf25MRwkDIxnIU4MdxsYrhNE8MB&#10;AAAAAAAs1uGj63/FJ8Nd5HrDX4wP50KI4cyenBgOUiaGsxAnhptNDLdpYjgAAAAAAIDFEsPNZ+3V&#10;9VvjQ5o5MZzZkxPDQcrEcBbixHCzieE2TQwHwDYcOLb2vPbRR5fbvbW3tleH72yvnr5jY6P/vNxb&#10;+67Dq4/ui/9VAAAAAOB8ieHmt3Zv+Nb4sGZKDGf25MRwkLJnv+Tw5dVaSwxnQU0MN9tGDNdbO5r0&#10;/XFw24jhHhXDATDTTUcfuaK9Ovz+5dX1TyU+n2zZ6N89tbx6uiuOAwAAAIDzIIab7w73Tr8pPrSZ&#10;EcOZPTkxHKRMDGchTgw3mxhuukO99dsPiOEAmKF9bPji0fPmD7VXh7+f9FzypdburT8+2vvbq+uv&#10;jX9LAAAAAGAzMdz8l/UbkmI4sycnhoOUieEsxInhZhPDTSeGA+BLmfxY1PW1pOeRC9qx0+9rHj9z&#10;WfzbAwAAAADjN8zaveF9iW+o2QVvfFEwPsSpE8OZPTkxHKRMDGchTgw3mxhuuvax00fEcAA8lUNH&#10;z3z1cm/4r+Yaw8Vrrw4/eHj1tB+jCgAAAAA+GS6dtXvrv9P86Jmnx4c5VZV6c7cYzmxjYjhI2bOu&#10;vXGHGM5CmxhuNjHcdGI4AGbZ+B+krg6PJT2HzGuj3//UjXetXxn/kQAAAAAQHjFcemuvrnfiw5wq&#10;MZzZk7uvuuvAX4vvGkAKxHAW4sRws01iuKEYbjQxHACzHDi29rz26uk7kp5D5r7e8GOHjg53x380&#10;AAAAAIRDDJfu2qvDm+JDnRoxnNmTE8NBysRwFuLEcLOJ4aYTwwEwS6Yx3BPrrb9v+d7Hq/GXAAAA&#10;AADlJ4ZLd+3e+h/f+JH1r48PdyrEcGZPTgwHKRPDWYjbiOF2ieGeihhuOjEcALNs/JjU3vC+pOeQ&#10;1Hd0/fviLwMAAAAAyk0Ml/7avbUPxYc7FWI4sycnhoOUieEsxInhZmvf9cWXiOEmE8MBMMtNx9ae&#10;dzjrT4bbtHZv/dMHjw1fFH85AAAAAFBOC/1fpQa09ur6zfEhnzsxnNmTE8NBysRwFuLEcLO1V8Vw&#10;T6zdO33kwAfFcAAkG8dwy731n0x6Dsl4/zL+kgAAAACgfHwyXFZb/9RN96xfGR/2uRLDmT05MRyk&#10;TAxnIU4MN5sYbrp2b10MB8BTytP/ILW9uv75m46feVr8pQEAAABAeUxiuNNiuEy2/o/jwz5XYjiz&#10;JyeGg5SJ4SzEieFm24jhVsVw44nhAJjlpmNn8vLJcE+uvbq+FH95AAAAAFAOGzFcb/3nkt4Qszmv&#10;N/z1Q0cff2586OemclXzsuo4Akq4eGsW2E5dfvX1qXwCIzARx3DvSrj/mZV2GzFcrfnm+G7AFmK4&#10;6cRwAMySxxgu3o/FXyIAAAAAFJ8YLuMdO/3340M/N1dcc/1zK7XWzyRdvDULbD4ZDlImhrMQJ4ab&#10;rb16WgwXbxzDtVcff058aADgLHn6MakJuz/+MgEAAACg2MRw2a69Ovyl5Xsfr8aHfy6ec9XSMyu1&#10;5m1JF2/NApsYDlImhrMQJ4abTQw3nRgOgFly/Mlw8db/5I0rZ/58/OUCAAAAQDHl/H+VWs711l8T&#10;H/75uKr5f1fqzR9JunhrFtjEcJAyMZyFODHcbGK46cRwAMyS/xhusoMfefzZ8ZcMAAAAAMVz+CPr&#10;f2V51SfDZbx/GR/+uanWWrckXbw1C2xiOEiZGM5CnBhuNjHcdGI4AGYp0v8g9cCxtefFXzYAAAAA&#10;FIsYbgHrrd9+0wfPPCM+BXNRrTXflHTx1iywnbr86uuvjO8WQArEcBbixHCzieGmE8MBMEtRPhnu&#10;ibWPPf7C+EsHAAAAgOIQw2W/9urwntcdG74oPgVzUd194NXVevOzSRdwzQKaT4aDlInhLMSJ4WYT&#10;w00nhgNgluUPr31toWK41eHpQ0fPfHX85QMAAABAMYjhsl+7t/47N9699jfjUzAX40/DqtSaH026&#10;gGsW0MRwkDIxnIU4MdxsYrjpxHAAzDKJ4U4XJoYbr706/G/xlw8AAAAAxdA8fuaydm94X9IbXpbS&#10;euuPHeqtvyo+BXNTrbXemXQB1yygfVwMB+m6YvdSRQxnoU0MN9s4hmv31nqJ3/cGtkkM90UxHAu1&#10;/46Hnnbdrfc/b+vG/zz+V4AFKep7cOOvOb4JAAAAAJB/Phku+7VXh6cO9dbeFJ+CuanUl74r6QKu&#10;WUATw0HKxHAW4sRws4nhphPDkaWN6K3bf3nUPfGWqDPojna80R18drQz57Hxv/fRqHvy1mil/+bx&#10;7yOWg/QV8ZPhnlxv/XvimwEAAAAA+SaGy35pxXDVXa1XVOut+7dewDULaGI4SJkYzkKcGG42Mdx0&#10;Yjiy0Og8uLvR7X//OH6LOv21LZHbRW38+238viv9t47/nPiPBOakyDFce3X9/ywfPd2IbwoAAAAA&#10;5JcYLvuNY7j2sdN/Nz4Fc1WttT6ZdBHXLJCduvzq66+M7w5ACsRwFuLEcLOJ4TbvdFcMR1r2dPsv&#10;mERqg35SyJbWou7gU1Fn8H3jH7UafynABSrqj0l9Yu3V9U/GNwUAAAAA8ksMl/3aq+vpxXC7lv5B&#10;0kVcs0Dmk+EgZWI4C3FiuNnEcJsnhiMFt5z5ssaRkzdE3cFPNzr9R5OCtezW/9Oo27+jsdL/tvir&#10;A7ah0D8mNV57dbgc3xwAAAAAyCcxXPZLNYa75mCtWm/+VtKFXLMAJoaDlInhLMSJ4WabxHBDMdzG&#10;xHDMX7TSf03UHXwiOU5b7MY/UvW6bv/l8ZcKfAklieF+4Y0rZ/58fJMAAAAAIH/aq+tXieGyXZox&#10;3Fil3npb0oVcswAmhoOUieEsxInhZhPDbZ4YjvlqdAff0uj23781QsvpfmrfyslXxF86kKDoPyZ1&#10;Y731xw73Tn9DfJMAAAAAIH/EcNkv7RhuZ631rZV6638lXcw1K/nEcJAyMZyFODHcbGK4zRPDMT/7&#10;Vx7YEXVP3hp1B48lhGe5Xfz1/vD+Ox56RnxTgNjyvY9/bXt1/aeSn0MKs/99ePX0zfFNAgAAAID8&#10;EcNlv9Q/Ge6q5mXVevMXki7mmpV8YjhImRjOQpwYbrYb7/7iS8VwT0wMx/w0uv0Dje7g1zaHZkVb&#10;1B388vjHvMY3CYJXkhjuzHJv+EPxTQIAAACA/BHDZb+0Y7ixyq6lpaSLuWYl36nLr77+yvhuAKRg&#10;EsM1fyLh/mdW5j0shntqYrjNE8MxH7Uf/u2/uLfb/yeN7uDU1sCskOsMfq/R6f/D/bccvzS+iRCk&#10;UvyY1PF6wzv3Hz/j/gwAAABAPonhsl8WMdwl+/dfWqk370q4mGtW4jU/Xt11g0+GgxSJ4SzQieFm&#10;EMNt3roYjrnY/67fuazRHXzwnKisBIs6g/eJ4ghVaT4ZbnV4601HH7kivlkAAAAAkC9iuAWsN/zv&#10;7aMpx3AjPh3OwpsYDtImhrNAJ4abQQy3eWI45iNaOfmSqNP/QFJMVpp1Bj+z5z2DXfFNhiCI4QAA&#10;AAAgA2K4BWwjhltLPYYbq9SaP51wQdespBPDQdrEcBboxHAziOE2TwzHfOxbOfmKRqf/scSIrHw7&#10;2ug8+LL4pkOpieEAAAAAIANiuAUswxiuunvpr1fqzUcSLuqalXBiOEibGM4CnRhuhhvvPi2Ge3Lr&#10;3dd97PH/Jz40cMH2rpzc1+j0TyWEY+Xd6PZGKw9cGR8CKKVDR9eeL4YDAAAAgJSJ4RawDGO4sWp9&#10;6d0JF3XNSjgxHKRNDGeBTgw3gxhu88RwzEe00n9N1B18KjEaK/36H20cGXxDfCigVMRwAAAAAJAB&#10;MdwClnEM96xrb9xRrbUeS7iwa1a2nbr86ut9mgSkSAxngU4MN4MYbvPEcMxH2DHcZFGn/wvX3Tr4&#10;+viQQCmI4QAAAAAgA2K4BSzjGG6sWm9+d8KFXbOSrfnxnbWlvxr/tQdSIIazQCeGm0EMt3liOOZj&#10;/GNSo+7g4aRILMDdvf+W45fGhwYKrSwx3Og23NoUwwEAAACQV2K4BWwBMdxYtdY6mnBx16xEE8NB&#10;2nbWXlsVw1mAE8PNcOM9Yrgnd3S9+7q7xXBcPJ8Md+6iTv9fxIcHCksMBwAAAAAZEMMtYAuK4Sr1&#10;1t5KvbmWcIHXrCQTw0HaxHAW6MRwM4jhNk0Mx5xER8RwSYs6g8/v7Q5uig8TFM4khjtdihju4Mce&#10;3xnfLAAAAADIFzHcAtYb/vfl1dNvjE9Bpqq1A/884QKvWUkmhoO0ieEs0InhZnjdOIY7JobbmBiO&#10;OdmI4Tr9304Kwmxjv9noPPiy+HBBYYjhAAAAACADYrgFbIEx3CXXvvHPV+vNX0m4yGtWgonhIG0b&#10;MVxdDGfBTQw3w0YMt7q2mvh9b2gTwzEne1dO7ou6g4cTIjA7ex+NDxkUghgOAAAAADIghlvAeuuL&#10;i+FGKvXm7oSLvGZl2KnLr77+yvivOpACMZwFOjHcDOMYblkMN9lGDPdFMRwXzSfDbW/RkZPfHh86&#10;yDUxHAAAAABkQAy3gC04hhur1JpvSbjQa1bw+WQ4SJsYzgKdGG4GMdymieGYEzHcBawzOL535eTX&#10;xIcQcmkjhuutv/ec54+CTQwHAAAAQK6NY7h2b/jzSW9uWUrLQQw3Vq21fi7hYq9ZgSeGg7SJ4SzQ&#10;ieFmEMNt3umOGI558GNSL3xR98Rb4sMIuSOGAwAAAIAMiOEWsJzEcM98afurqrVWP+GCr1lBJ4aD&#10;tInhLNCJ4WYQw22eGI758MlwF7lO/9PX3Tr4+vhwQm6I4QAAAAAgA2K4BSwnMdzYzvqBlydc8DUr&#10;6MRwkLZJDLf07uT7oFlpJ4abQQy3eWI45kMMN7d9T3xIIRdKE8MdXb/14IfFcAAAAADklBhuActR&#10;DDdWrS39w4SLvmYFnBgO0iaGs0D3cLXW+v/FdwO2mMRwQzHcxsRwzIcYbn4bHcffaBy5/9nxoYWF&#10;KlcM97AYDgAAAIB8EsMtZH+YpxhurFJr/nTChV+zgk0MB2kTw1mgE8PNIIbbPDEc87F35eS+qDt4&#10;OCnusgtc58HXx4cXFubQ0TPliOF6w3eL4QAAAADILTHcQpa7GG6sUm9+OuHir1mBJoaDtInhLNCJ&#10;4WZYPvrF60bf34rhNiaGYz58Mlw6i7qDD8eHGBbi0EfPPL+9KoYDAAAAgFSJ4RayP1xeXctdDPes&#10;a2/csXGxN/kisFkBJoaDtO2sLVdH9zcxnIU2MdwMYrjNE8MxH2K49BZ1+w/v6Z58aXyoIVNiOAAA&#10;AADIgBhuIctlDDd2+TU3fEPCBWCzgkwMB2kTw1mgE8PNIIbbPDEc87GnM3ht1BmI4VJc1D3xlvhw&#10;Q2bEcAAAAACQATHcQpbbGG6ssmtpKeEisFkB1vwVMRykSwxngU4MN4MYbvPWxXDMxd6Vk/ui7uDh&#10;pIjL5reo2/9kfMghEwdW175ODAcAAAAAKRPDLWS5juHGKrXmmxMuBJvlfGI4SJsYzgKdGG4GMdzm&#10;ieGYj41Phuv6ZLhs1v9idMdDV8aHHlIlhgMAAACADIjhFrLcx3Bj1VrrnQkXg81yPDEcpE0MZ4FO&#10;DDeDGG7z1jvf/pHHnx0fGrhgYrgFrHOiHR9+SI0YDgAAAAAyIIZbwHrFiOHGKvXmRxMuCJvldacu&#10;v/p6n+oAKapefXDn6L4mhrPQJoabYfnoaTHckxPDMR9iuMVsdMzfFp8CSMXrVte+bvRcIYYDAAAA&#10;gDSJ4RawcQx3tBgx3Fil3vr1hIvCZjmcT4aDtInhLNCJ4WYQw22eGI752Ltycl/UHTycFGxZuhsd&#10;90/FpwHmrjwx3LoYDgAAAID8EsMtYL3hHx7uDf9OfAoKoVJv/ZeEC8NmOZsYDtImhrNAJ4abQQy3&#10;eWI45sMnwy12Ubf/udp7f/svxqcD5qZMMdzyvY9X45sFAAAAAPkihlvAChjDjVXqrZMJF4fNcjQx&#10;HKRNDGeBTgw3gxhuutFrq85BMRxzIIbLx/bdeuKq+JTAXExiuNNiOAAAAABIkxhuAeutFzKGG6vU&#10;W3+UcIHYLCcTw0HaxHAW6MRwM4jhphPDMS9iuPxs78rgm+PTAhdNDAcAAAAAGRDDLWAFjuFG/lyl&#10;1vxiwkVisxxMDAdpE8NZoBPDzSCGm04Mx7zsXTm5L+oOHk6Ks2wR678hPjVwUcRwAAAAAJCBgx8e&#10;vkgMl/GKHcNdcvkLv+0rEy4Sm+VgYjhImxjOAp0YboZxDNfurR9L/L43sInhmBefDJfDdfr/ND49&#10;cME2Yrje+vuSnkOKNDEcAAAAALkmhst+7d76Hx4qcAz3hIQLxWaL3qnLr77+yvivKJACMZwFOjHc&#10;DGK46SYx3BfFcFw0MVxed/LfxqcILogYDgAAAAAyIIbLfmWJ4a66qvl/V2vN0wkXjM0WNJ8MB2kb&#10;x3CVeuvW5PugWWn3BTHcUxPDTSeGY17EcPld1O3fGp8m2DYxHAAAAABkQAyX/coSwz2hWm/+ScJF&#10;Y7MFTAwHaRPDWaATw80ghpuufWy4IoZjHjZiuE7/PyfFWJaDdQY/E58q2BYxHAAAAABkQAyX/dqr&#10;w/9WphhurFpvfjbhwrFZxmv+ys5665viv5ZACsRwFujEcDOI4aYTwzEvYrgCTBDHBRDDAQAAAEAG&#10;xHDZr4wx3Fi13rp/y4Vjs4wnhoO0ieEs0InhZli+Vwz3xEavq1YOfkgMx8UTwxVjfmQq21WWGG75&#10;2PAnlu99WAwHAAAAQD6J4bLfJIZbK10MN1attz655eKxWYYTw0HaxHAW6MRwM0xiuKEYbjQxHPMi&#10;hivS+v82Pm3wJb1u9XExHAAAAACk7eCx4Yvax8RwWa7MMdxYpdY8nnAR2SyLnbr86uuvjP8qAikQ&#10;w1mgE8PNsBHDrYrhxhPDMS9iuIKt0/+n8amDmcRwAAAAAJABMVz2K3sMN1atL7034UKyWcrzyXCQ&#10;NjGcBTox3AxiuOnEcMzL3pWT+6Lu4OHE8Mpyuv4b4tMHT0kMBwAAAAAZEMNlvxBiuLFKvfUvEy4m&#10;m6U4MRykTQxngU4MN0N79Yt7xHCTieGYF58MV8yNztnfjE8hJBLDAQAAAEAGxHDZL5QYbmxHrfnt&#10;CReUzVKaGA7SVrmqeYUYzgKcGG4GMdx0YjjmRQxX3EUrD1wZn0Y4x/KH114ghgMAAACAlInhsl9I&#10;MdzYztrSX024qGyWwsRwkDYxnAU6MdwMYrjp2r11MRxzIYYr8vp/tOdtv/7l8amEs5QmhusNf2L5&#10;A2I4AAAAAHJKDJf9xjHc6Ji/IT4FQajuuv75CReWzeY8MRykTQxngU4MN4MYbjoxHPOyd+Xkvqg7&#10;eDg5trK8b3TuPhWfSjiLGA4AAAAAMiCGy34hxnATt3xZpdb6/YQLzGZzmhgO0iaGs0AnhptBDDfd&#10;OIZrH3v8WfGhgQu2t/vg9ZFPhiv0om7/h+LTCU8SwwEAAABABsRw2S/cGG6iUm9+IuEis9k8dury&#10;q6+/Mv6rBqRADGeBTgw3gxhuOjEc8zKO4RpiuBKsfyA+pbBh+Z61FywfK0MMty6GAwAAACC/Xnds&#10;+KLDYrhM115dDzqGG6vWWz+w5SKz2Rzmk+EgbWI4C3RiuBnaq6fFcPHEcMyLGK4cizqDL1z3nsHX&#10;x6cVShXD/e3VxyvxzQIAAACAfBnHcMu9tTsT39yyVCaGm9hRb7YSLjabXfhqYjhImxjOAp0YbgYx&#10;3HRiOOZl78rJfVF38HBSYGXFWtTt3xefVohjuNNiOAAAAABI0ySGG4rhMpwYbqpyzdILqrXmnyVc&#10;dDbb/mqtfy+Gg5Tt33/p6P525zn3P7Py7+b4XsAWYrjpxHDMi0+GK9eilf6b41NL4MRwAAAAAJAB&#10;MVz2a/fW/1u7J4bbbBwxJVx0NtvexHCQvmvf+OdH97cfPuf+Z1bufaFaO/AP43sBW4jhphPDMS9i&#10;uHIt6vQ/v+e2/ovj00vAxHAAAAAAkAExXPYTwyWr1Fo/mnDx2ez8J4aDTFRrS/888T5oVt6J4WYQ&#10;w00nhmNexHDlW9TpfyA+vQRsHMONnit+euvzR+EmhgMAAAAgz8Rw2U8M99Sq9dZrtlx8NtvOTl1+&#10;9fVXxn+dgJRU683vrtSaawn3QbOyTgw3w0YM11u/J+n73tAmhmNe9q6c3Bd1Bw8nRVVW5J1Yjk8x&#10;gRLDAQAAAEAGxHALWG/4WTHcU6u86MDXVWrNhxIuRJvNnk+Gg0xUd7XeUKm1/jjxfmhWyjXFcDOI&#10;4aYTwzEvPhmunIu6g4/vu/2EgChgYjgAAAAAyIAYbgETw52XSn3pSPIFabOnmBgOMnH5NTd8w+g+&#10;9/A590Gzcu/m+C7AFmK46SYx3CNiOC6aGK7MO/nd8WkmQGI4AAAAAMiAGG4B24jh1sRw52FnrXUw&#10;4WK0WfLEcJCJnfUbXlSpNY8n3g/NSrnxJ8Mt+WS4pyCGO2u3ieGYBzFcidfp/9Z1dzz0vPhUExgx&#10;HAAAAABkQAy3gInhtuWK3UuVSr31n5MvTpttmhgOMnLLl43uc+8+5z5oVtqJ4WYRw501MRxzsbc7&#10;uL7RGYjhyrrO4B/Fp5rAlCWGO7w6fNffXv2CGA4AAACAfBLDLWBiuAtSqbV+NPkCtVk8MRxkZvSY&#10;/P8l3g/NSjkx3CxiuLMmhmMuxHDlXtTpf+Qldzx0RXy6CcjyPY+L4QAAAAAgbWK4BUwMd8F21Jf+&#10;VvJFarPRxHCQmeru1itG97sHzrkfmpVyYrhZJjHcUAw3mRiOuZjEcP3/khRSWRnWf7zRPbkcn24C&#10;IoYDAAAAgAyI4RYwMdxFq9Zan0q+WG2B79TlV19/ZfzXBEjRM3e99jmVWvNDCfdDsxJODDeLGO6s&#10;ieGYi70rJ/dF3cHDySGVlWR3x6ebgIjhAAAAACADYrgFTAw3F5Xa0v+bfMHagp1PhoNMVWvNf5Z4&#10;XzQr3cRws4jhzpoYjrnwyXDlX9Qd/Pqe7smXxqecQNx49/rXlyGGa68O37UkhgMAAAAgr8RwC1hv&#10;+NnRr98RnwIuwo4Xv/ZZlXrzE8kXri24ieEgU5Vac1+13hwk3h/NSjUx3Cw33vVoJIZ7cmI45kIM&#10;F8A6/T+KjgwOxqecQIjhAAAAACADYrgFTAw3d5V68x8nX7y2oCaGg8yNHn+7ifdHs1JNDDeLGO6s&#10;ieGYCzFcIOv0/2l8ygmEGA4AAAAAMiCGW8DEcKm4fNfSCyu11u8mX8S2ILYRwx14efxXAshAdffS&#10;oWqteTrxPmlWmonhZhHDnTUxHHOxd+Xkvqg7eDgxoLISrf/++JQTCDEcAAAAAGRADLeA9dbFcCmq&#10;1Fv/OvlCtpV+YjjI3PjHVVdrzXsT75NmpZkYbhYx3Oati+GYC58MF8aiTv9nXvae/l+KTzsBEMMB&#10;AAAAQAaW7374ajFcxhPDpa5yVfOKaq31+eQL2lbinbr86uuvjP8aABmp1JpvTrg/mpVtN8d/5dlC&#10;DLdpvfXbbjp65or40MAFE8MFsk7/6J7bBrvi004AyhPDrb/rxuNndsQ3CwAAAADyZfnuoRgu64nh&#10;MlOpt74n4WK2lXU+GQ4W4oprrn/u6D74n865T5qVZj4ZbpYbj4nhnpwYjjnxY1KD2f0vueMhjxkB&#10;EcMBAAAAQAbEcAuYGC5T1asP7qzWW8fOvbBtpZsYDhZmdB+8+Zz7pFlZVmv+mRjuqR0ex3CrYriN&#10;ieGYE58MF8aizuD4dd2+1y8BmcRwp8VwAAAAAJAmMdwCJoZbiJ211sFKvbmeeJHbyjExHCzMs669&#10;cUe13vx44n3TrOgTw810+NjpaPS9rRhuPDEccyKGC2NiuPCI4QAAAAAgA2K4hewPRhPDLUil1rwt&#10;8UK3FX9iOFioar35dxLvm2ZFnxhuJjHcponhmJONGK4rhiv7xHDh2Yjhjq7/TOJzSIE2ug3vuvEu&#10;MRwAAAAAOSWGW8jEcAtWvWYpqtabDyZe8LbiTgwHC/WcPUtfProv+rHUVr6J4WYSw22aGI45EcOF&#10;MTFceMRwAAAAAJABMdxCJobLiWqt+abEi95W1J26/Orrr4xPL7AAO2sHXpVw3zQrw26O/5qzhRhu&#10;08RwzIkYLoyJ4cIjhgMAAACADIjhFrI/WF5dE8PlxAte8Mq/UKm1OgkXva1o88lwkAuj++Pt59w/&#10;zYo8nww300YM11u/N+F73vAmhmNOxHBhTAwXnhs/sv717VUxHAAAAACkSgy3gPWGf7B8VAyXN5Xd&#10;rXq13vx44kVwK8bEcJAL1V3XP79Saz6UeD81K+LEcDOJ4TZNDMeciOHC2DiG23P7Z/bHp50AiOEA&#10;AAAAIANiuAVMDJdrO+rNVqXW+uPEi+GW79Vax8VwkA87awe+I/F+albEieFmEsNt2kYM94gYjovW&#10;WDlxgxiu/BPDhac0Mdzq8J1iOAAAAABySwy3gInhCqFaO/DPEy+IW34nhoNcqdRaP5N4XzUr2sRw&#10;M4nhztqtYjjmQQwXxsRw4SlXDPcFMRwAAAAA+SSGW8DEcMWxf/+llXrzo4kXxi2PO3X51ddfGZ89&#10;YMGuuObAXxnfL7fcT82KNzHcTGK4syaGYy7EcGFsI4ZbEcOF5MaPPC6GAwAAAIC0ieEWMDFc4VSv&#10;vqFWqbWOJl4gt9ysUmsev7x+g0+Ggxyp7mq9Ien+albA3Rz/tWYLMdxZE8MxF2K4MCaGC8/rP/L4&#10;1y+L4QAAAAAgXWK4Baw3/IPDq8Nvj08BBVKpt/ZWa61/n3CB3HIwMRzk0+j++d6t91ezQs0nw80k&#10;hjtrYjjmQgwXxsRw4RHDAQAAAEAGxHDZr90b/kFbDFdolVrrb1brzd9MvGBuC5sYDvLpOXuWvnz0&#10;uPm7Sfdbs0JMDDfTJIYbiuEmE8MxF2K4MCaGC8/h3vpfFsMBAAAAQMrEcNlPDFceld1LS9Va60Ti&#10;hXPLfGI4yK+NT9ZMuN+aFWJiuJnEcGdNDMdciOHCWNQ5cXzPygkxXEDEcAAAAACQATFc9mv31sVw&#10;JbOzduBV1VrrscQL6JblPnv51ddfGZ8WIGd21Jp/P+F+a5b/ieFmWj76aEMM9+TEcMyFGC6MieHC&#10;I4YDAAAAgAyMY7j20bVfSHpzy9KZGK68dtSa316ttfqJF9It/dWavUqtuS8+HUAOje6rP3nOfdcs&#10;7xPDzSSGO2tiOOZCDBfGxHDhEcMBAAAAQAYmMdxQDJfhxHDlV9l9oFmtN38r8YK6pbZKvfXvKrtb&#10;9fg0ADn0ghe88i9U6s1PJ92HzXI7MdxMYrizJoZjLhorJ29odAdiuJJPDBceMRwAAAAAZEAMl/3E&#10;cOGo1JZeWa03fyXxwrrNfZV6s1vddej58eEHcuqZu177nKT7sFnOd3P8V5gtxHDTtVfXb22K4ZgD&#10;MVwYi7qDXxbDhaU8Mdz6Ow9/9PHL45sFAAAAAPkihst+YrjwVOqtvdVa62jChXWb4yq11o9esXup&#10;Eh92IMcmsXDyfdksd/PJcDOJ4aYbx3AHP/b4zvjQwAUTw4UxMVx4xHAAAAAAkIHle4dXt1fFcFlu&#10;dLx/XwwXpqfXX/2MSq15PPFCu130Rsf2++NDDRRAtX7gjUn3ZbPcbRzD1ZvfHf/VZQsx3HRiOOZl&#10;I4br9D+dFFBZeSaGC88khjsthgMAAACANInhsp8YjvGnl1XqS/+iUm/9z8SL7rbtVWrNT1Z2N2+K&#10;DzFQEKPHwX+ddJ82y9XEcDOJ4aYTwzEvYrgwJoYLjxgOAAAAADIghst+Yjg2q+5q3litNX8t8eK7&#10;nfcqtdb7qrtae+LDChRIpdb86aT7tVluJoabafnoaTFcPDEc89I4IoYLYWK48GzEcL31n016DinS&#10;xHAAAAAA5JoYLvtNYrg1MRxn2VE7eE213rr9nAvwdj47Va0f+N7xj6GNDydQMKP78X1b7tdm+ZkY&#10;biYx3HRiOOZFDBfGxHDhEcMBAAAAQAbEcNlPDMeXUq23bq7Um2vnXIy35NVafZ8KB8U3ui9/PvE+&#10;bpaP3Rz/VWULMdx0YjjmRQwXxsRw4RHDAQAAAEAGxHDZTwzH+dqx68DLqvXWkWqt9b+3XJC3eJV6&#10;6zOj43PLFdccem582IDCuuXLKrXWo0n3dbOFzifDzSSGm04Mx7yI4cKYGC48YjgAAAAAyIAYLvuJ&#10;4bgQ1XpzuVJrfjTxIn2wa/6f0a+379jV+sb4MAEF98yXtr/q3Pu62YInhptpHMO1j65/JOn73tAm&#10;hmNexHBhTAwXHjEcAAAAAGRADJf9xHBcjGfWl/6fan3pe6u15onEC/YBrVJvfqxSWzocHxqgJC6/&#10;5uCzk+7zZgubGG4mMdx0o+Nw68EPi+G4eGK4MCaGC09ZYrjlY8MfF8MBAAAAkFtiuOw3juGW7xn+&#10;7fgUwAWrXNW8olJrvr1Sb64lXrwv82qt/ujXm5/73JueFh8OoER21A785XPu92aLmhhupuV7xHBP&#10;TAzHvIjhwpgYLjzliuH+TAwHAAAAQD6J4bKfGI40VK85WKvWWrdUa83fTryQX6bVWkeru1pvePZL&#10;DnvzHUpsx67WixMfA8yynhhupo0YblUMN167N3z3wQ8/LIbjoonhwljUEcOF5nDv8XLEcL3hjx/+&#10;RTEcAAAAADklhst+7d7w95d7YjjSU911/fOrtQP/sFpv3XfOBf0Cr1JrPVqpt362svtA85Jr3/jn&#10;45sLlNjl9RtenvR4YLaA3Rz/tWQLMdx0YjjmRQwXxsYxXHTkM98Yn3YCIIYDAAAAgAyI4bKfGI4s&#10;PevaG3fsqDdblXrr1mq9+WDCxf1irNb69+NPvtux68DL4psGBKJSa+5LfFwwy2o+GW4mMdx0Yjjm&#10;JeqcWBLDlX9iuPC0P7T+QjEcAAAAAKTsUO/hXWK4bNfurYvhWJhn7nrtcyq1pcPVWuuOSq31e4kX&#10;/XO0Sr35G9V6899Udy/99Uuazf8rvhlAYEaPBbuTHiPMMlmt9adiuKcmhptODMe8iOHCmBguPO1j&#10;6y9cXhXDAQAAAECqxHDZTwxHnlSual5WrbdeU6k1316ttT51TgCwmD082rHR1/SW6q7WnvhLBQK3&#10;Y/f1X7/lscIsm4nhZprEcEMx3GhiOOZFDBfGxHDhEcMBAAAAQAYO9YZiuIwnhiPvxoFcpbb0ymq9&#10;9QOVevMT1Vrr8+eEAfPfZyu15gdHv958+TU3fMMl+/dfGn85AE/a8eLXPmvLY4dZ+hPDzSSGm04M&#10;x7yI4cKYGC48YjgAAAAAyIAYLvuJ4SiqZ117447xJ7VV683lSq35/ZV68/2jX49X6637R78+9CWi&#10;uXHsNv53Pjn67320Um/dOvrPbx7989fsrLWufu5zb3pa/McAzHT5C7/tK7c8vpilOzHcTId6j+4V&#10;w00mhmNexHBhTAwXHjEcAAAAAGRADJf9xHCEYBy37awfeN4zd732OfE/ApinP1epNx9JDJfM5j0x&#10;3ExiuOnEcMyLGC6MieHCU6YY7jvuefyZ8c0CAAAAgHwRwy1kvyeGAyAL++946GnX3Xr/87Zu/M/j&#10;f6XQKrXm5xLjJbP57+b4rx1biOGmE8MxL2K4MCaGC095Yrh1MRwAAAAA+SWGW8jEcADM1Ub01u2/&#10;POqeeEvUPXlrozv46Gif3XzBdcY+G3UGx0frjv/749+nSLFc/OOak+Ils/nMJ8PNJIabTgzHvIjh&#10;wpgYLjxiOAAAAADIgBhuIRPDATAXjc6Du6OV/lsnMVt/LelC64Vu/Ptt/L6j33/858R/ZC5V662f&#10;PCdgMpvXxHAzieGma/fW37187+PV+NDABRPDhTExXHgmMdxpMRwAAAAApEkMt5D93nJvTQwHwAXb&#10;0+2/IOoMvi/qDj6VdHE1tXUG/XEcN/7z4y8lNyr11r9IDJnMLnZiuJnEcNOJ4ZgXMVwYE8OFZxzD&#10;jZ4r3p/0HFKoieEAAAAAyDMx3EImhgPggjVW+t8Wdft3NDr9P0u6sJrZOv1Ho+7gpxsrJ2+45JZb&#10;viz+8hZqZ23pOxJjJrOLmRhuJjHcdGI45mUjhuuK4cq//i9FRx4UwwVEDAcAAAAAGRDDLWRiOAAu&#10;yHXd/svHP7o0+YLqYhd1B5+IVvqvib/Uhanubr0iMWgyu9CJ4WYSw00nhmNexHChTAwXGjEcAAAA&#10;AGRADLeQieEA2LZ9Kydf0egOfurcC6l5XP/9o1+/Jf7SM1e5qnlFYtRkduG7Of7rxRaHeqfFcPHE&#10;cMxL1Dm5FHVP/M65z69WronhQiOGAwAAAIAMiOEWMjEcANuy/46HntHoDn446g4eO/dCan43/nqj&#10;7slb9688sCO+KZmq1pu/mRA1mW1vPhluJjHcdGI45mUSww3EcKWfGC40YjgAAAAAyIAYbiH7veVj&#10;w9fHpwAAvqToSP81UXfwy8kXUguzX2t0+wfim5SZSq3VSQyczM53YriZxHDTieGYFzFcKBPDhaYs&#10;Mdzoef8dS2I4AAAAAPJKDLeQieEAOG/7bzl+aaPT/4eNzuD3ki+kFm6n9nb7/+TalT/8ivgmpq5a&#10;a74pMXIyO5+J4WbaiOF66x9N+J43uInhmBcxXCgTw4VGDAcAAAAAGRDDLWRiOADO2ziGizqD9yVf&#10;RC38Prj/Xb9zWXxTU3XF7tZLEkMnsy81MdxMYrjpxHDMixgulInhQlOuGO5PxXAAAAAA5JMYbiET&#10;wwFw3va8Z7Cr0Rn8TPJF1HIs6vQ/EK2cfEl8k1N0y5dVa61PJQZPZk81MdxMYrjpxHDMixgulPV/&#10;KbpNDBeS9rHHxXAAAAAAkLaNGK639oGkN7csra2L4QA4b43Ogy+LOv1e8kXUkq3T/9i+lZOviG96&#10;air11pHE6MksaWK4mcRwm3Zs+BPL9z4shuOiieFCmRguNGI4AAAAAMiAGG4RE8MBcP6ilQeubHT6&#10;p5IvopZ0o9s7vt3xIUjFztrSdySGT2ZbJ4abSQy3aWI45kQMF8rEcKG58a71K8VwAAAAAJCySQw3&#10;FMNlOjEcAOdvT7f/yqg7+ETyRdRyb3S779t7+8l98aGYu521pa+t1JoPJQZQZk9sI4Zr3Rz/tWEL&#10;MdymieGYEzFcKBPDhUYMBwAAAAAZEMMtYmI4AM5fyDHcdP2je24b7IoPydxV663bz4qfzDZPDDeT&#10;GG7TxHDMiRgulPV/qdE5+bL4tBMAMRwAAAAAZEAMt5A9JIYD4HwF+WNSn2JRt3/f/luOXxofmrmq&#10;1lvtswIosycmhptJDLdpYjjmRAwXysRwoRHDAQAAAEAGxHALWG/40PJRMRwA58cnw527qNv/ofjw&#10;zNXl1xx8drXevP+cGMrCnhhupkkMNxTDjSeGY06ilX5TDBfCxHChEcMBAAAAQAbEcAuYGA6AbRDD&#10;JW90TNYbncGb4sM0V9V68yfOCaIs3InhZhLDbVpv+BPLHxDDcfHEcKFMDBea0sRwveE7Dh0989Xx&#10;zQIAAACAfBHDLWBiOAC2YSOG6/R/I/kiqjU6g//auO3E34gP19xUas1950RRFvLEcE/hxrse3SeG&#10;iyeGY07EcKFMDBea8sRwa2I4AAAAAPJLDLeAbcRwa2I4AM5LtPLAlY1O/1TyRVR7YlG3/8n4kM1V&#10;td78QEIYZSHNJ8PNdHj10X3tVTHcxsRwzIkYLpSJ4UIjhgMAAACADIjhFjAxHADb4JPhtre93f53&#10;xYdubqr1VvusOMrCmhhupnEMN/oeVww3nhiOORHDhTIxXGhuvGf9yvax02I4AAAAAEiTGC77jY73&#10;Q4fEcACcJzHcBawz+A/jT9SLD+FcPOvaV31Ftd46dlYkZWFMDDeTGG7Teus/8bdXH6/EhwYuWHRE&#10;DBfGxHCh2YjhVtf/XeJzSIEmhgMAAAAg18Rw2U8MB8B2+DGpF7HO4Afiwzg31XrzjefEUlbuieFm&#10;EsNtmhiOORHDhTIxXGjEcAAAAACQATFc9hPDAbAdPhnu4hZ1BycbnQd3x4dzLq7YvVSp1lsfPyuY&#10;svJODDeTGG7TxHDMiRgulInhQiOGAwAAAIAMiOGy3ziGa68Ob4pPAQDMtKf70Cuj7kAMd5GLjvT/&#10;RXxI56a6q/WGc8IpK+vEcE9BDLdpYjjmRAwXysRwoRHDAQAAAEAGxHDZTwwHwHbsXRl8c0MMN591&#10;+p++7tbf/fr40M7F5S/8tq+s1psfSIinrCzzyXAzieE2TQzHnIjhQpkYLjQ33bN+5bIYDgAAAADS&#10;JYbLfmI4ALYjWnngykanfyr5IqpdyPZ0Tsw9bKruWvq2ar35J+eEVFb8ieFmOrx6Wgz3xMRwzIkY&#10;LpSd/JgYLixlieFG+zExHAAAAAC5dfDDD9fEcNlODAfAdvhkuLTW/6X4EM9VpdZ8+zkxlRV7YriZ&#10;xHCbJoZjTsRwoUwMFxoxHAAAAABkQAyX/dq9dTEcAOdNDJfuos7gr8aHem4q9ebuaq352+dEVVbM&#10;ieFm2ojheusfS/q+N7iJ4ZiTjRiu0//dpOctK9PEcKEpVwz3p2I4AAAAAPLp4OrDtfaqGC7LieEA&#10;2A4xXPqLOoN/FR/uuarWmm86J6yyok4M9xTEcJsmhmNOxHCBrNP/WKPzoBguIDfdc0YMBwAAAABp&#10;O7g6FMNlPDEcANsRrTxwZaPTP5V4EdXmt86gHx/yuXrmS9tfVa233rslrLIizSfDzSSG2zQxHHMi&#10;hgtkYrjgHD66/lfEcAAAAACQMjFc9hPDAbAdPhku20UrJ18SH/q52lk7eF211vrkOaGV5X+11udH&#10;v4rhnoIYbrrDq8N3ieGYBzFcIBPDBUcMBwAAAAAZEMNlv9Hx/owYDoDzJYZbwDon3hQf/rmr1Juv&#10;H+2Rc4Iry+/EcDOJ4aabxHBfEMNx0aIjn2lGnYEYruwTwwVHDAcAAAAAGRDDZT8xHADbIYZbzKLu&#10;oBOfglRUa80fPCe6snxODDeTGG46MRzzIoYLZGK44IjhAAAAACADYrjsJ4YDYDuilQeubHT6pxIv&#10;olrK6z8Un4ZUPOuq5tdU6s27zomvLF8Tw80khptODMe8iOECmRguOGI4AAAAAMjA61aHtWUxXKYT&#10;wwGwHXtvH3xzo9P/D4kXUS39dfrDl932e8+KT0cqKtcsvaBab506K8CyvE0M9xTEcNOJ4ZgXMVwg&#10;E8MFp0wx3E3HzzwjvlkAAAAAkC9iuOw3ieEeFcMBcF7EcPnY3s6JPfEpSU1l99JStdY6kRBi2SLn&#10;k+FmmsRwQzHcaKPv89+1JIZjDsRwgUwMFxwxHAAAAABkQAyX/cRwAGyHGC5P6x+IT0uqKvXW3676&#10;pLj8TAw3kxhuOjEc8yKGC2Sd/sf23n5yX3zaCUB5Yrg1MRwAAAAA+SWGy35iOAC2I1p54MpGp38q&#10;8SKqZb5opf/m+NSkbmet+fcr9eYj58RZlu3EcDO17370ZWK4ycRwzIsYLpCJ4YIjhgMAAACADIjh&#10;sl+7N/xM+24xHADnxyfD5W9Rp/+D8enJRLXe+r6z4izLdmK4mcRw04nhmJc9nX5LDBfAxHDBmcRw&#10;p8VwAAAAAJAmMVz2G8dwy73h6+JTAAAzieHyuah78tb4FGWmUmu+/ZxQy9JfrfVYpd58fXwa2EIM&#10;N50YjnnZiOG6YrjSTwwXnI0Yrrf+c0nPIcWaGA4AAACAHBPDZT8xHADb0eg++C1iuLyu/7PxacpU&#10;pdb6J9V66wvnRFuWzmqt/o5a89vjw88WYrjpxjHcjcfP7IgPDVwwMVwgE8MFRwwHAAAAABkQw2U/&#10;MRwA29HoDr6l0RmI4fK7o/GpylylvvRd1VrzDxMDLpvnfquy+0AzPuxsIYabrr26LoZjLsRwgUwM&#10;F5zSxHBH137spg+K4QAAAADIKTFc9hPDAbAdDTFcAdZfWBA3VtndvKlabz2wJeCyua35K5Xa0ivj&#10;w80WYrjpxHDMixgukInhgiOGAwAAAIAMbMRwvbVfTHxzy1KZGA6A7WiI4QqyxfzI1M0qtQPXV2vN&#10;TyYHXXbBq7WOVuqtvfFhZgsx3HRiOOZlb6ffGj23iOHKPjFccEoTw/WGbxfDAQAAAJBbYrjs1+6t&#10;i+EAOG8NMVxhFnX7t8anbaF27F7aX6237jwn6rILWqXeunVn/YYXxYeXLcRw07WPrr/rxrvEcFw8&#10;MVwgE8MFRwwHAAAAABkQw2U/MRwA29EQwxVqUaf/g/GpW7jKVc0rKrXWv6rWmn+WFHnZ+aw5GP16&#10;8yX7918aH1a2aN99WgwXTwzHvIjhApkYLjiHP7L+V5ZXxXAAAAAAkKpJDDcUw2U4MRwA2xGtPHBl&#10;o9M/lXgR1XK5aKX/5vj05Ual1npdpdb8j+fGXjZztWZvx+4D3xwfRhK0j51+2fIxMdx4YjjmRQwX&#10;yMRwwSlXDPd5MRwAAAAA+SSGW8hOiuEAOF8NnwxXyEUr/WZ8CnNlZ+2G6yq11vsSwy87e7XWY5Va&#10;8+2VFx34uvjwkWAcw7VX138p4Xve4CaGY17EcIFsHMOtiOFCcvgjj4vhAAAAACBtYriFTAwHwHlr&#10;iOEKuz3dB18an8bceXr91c+o7lr6B9V687cSQzA7U6k3P1apLR2ODxlPQQw3nRiOeRHDBbOPiuHC&#10;Mnq+vEoMBwAAAAApE8MtZGI4AM5bQwxX2EWd/tp13ZM741OZW9Wrb6hV6ktvq9Sa/zMpCgtyteaJ&#10;an3pe5+567XPiQ8TT0EMN50YjnnZiOE6/f+a9NxipZoYLjBiOAAAAADIgBhuIRPDAXDeopUHrmx0&#10;+qcSLqBaEdYZ9ONTWQg7awdeVa217kwMxAJZpd5ar9RaK5XdBxrxYWEGMdx07dXhO8VwzIMYLpiJ&#10;4QIjhgMAAACADIjhFjIxHADnrTH+ZLhu/z9uuXhqBVrU7d8an85Cqdaby5V689NJwViZV6k1j19e&#10;v+Hl8WHgSxDDTTeJ4b4ghuOiieGCmRguMGI4AAAAAMiAGG4hO7nce1QMB8B5aYjhSrKTb4hPaeFU&#10;rmpeNg7jRvuFar31v7fGY2VZpd76X6Nfb99Za31rfNM5D2K46cRwzIsYLpiJ4QIjhgMAAACADIjh&#10;FjIxHADnrSGGK8323NZ/cXxaC20ci1VrzfdU680/2RqUFXWVWvOhSq31ozt2tb4xvpmcJzHcdGI4&#10;5kUMF8zEcIEpUwz3xo+eeXp8swAAAAAgX8RwC5kYDoDzFq08cGWj0z+VcAHVirbOoB+f1tLYWT/w&#10;vMqu5lurtVY/KTIrwir15idGv978rGtvFDFdADHcdGI45kUMF8r6YrjAiOEAAAAAIANiuIVMDAfA&#10;eWv4ZLhSLer23xqf2tJ5wQte+Rd27G59S6Xeelu11vztrdFZDndfpd58645dB14W3wQugBhuOjEc&#10;8yKGC2XjGO4BMVxAyhPDrYnhAAAAAMgvMdxCdvLwseHh+BQAwEwNMVypFnX6j0W3PRjGj+Lcv//S&#10;6q7WKyq15ts3Pn2t1nosIUjLdKOvY2309Rzf+DS7Xa098VfKRZjEcEMx3GhiOOZFDBfKxHChEcMB&#10;AAAAQAbEcAuZGA6A8xbd9uDfEsOVbvfEpzc4laual20Ecruabx1HadVa6/NJ0do8N/pzPjfaB0d7&#10;y0YAt3//pfGXwxwcOvroN4rhJhPDMS97O59pNToDMVzpJ4YLzTiGa/eGP5/0HFKoieEAAAAAyDMx&#10;3EImhgPgvEUrD1zZ6PRPJV9EtaJuz0r/u+JTzMizrr1xR6XW3Ffd1XpDtd76gdHurNSbnx79s4fG&#10;2xy3bV38aW+Tf6/W+uToP79/HNvtrLUOXn7NDd/w9PqrnxH/MaRADDedGI552Xu7GC6MieFCU5YY&#10;7lBv7e1NMRwAAAAAeSWGW8jEcACcN58MV9r95nW33v+8+DSzDeNPl9tZP/C88Z773JueFv9jFkQM&#10;N50YjnkRw4Wy/kf3dQd749NOAMRwAAAAAJCB5bsfqYvhMp8YDoDzJoYr76LO4Pvi0wyFJYabbhzD&#10;Hf7o45fHhwYumBgulInhQiOGAwAAAIAMiOEWsN76ycNHxXAAnB8xXHkXdfsP7u30XxSfaigkMdx0&#10;7dV1MRxzMXrePyCGC2FiuNCI4QAAAAAgA2K4BUwMB8A2iOFKvs7glvhUQyGJ4aYTwzEvYrgwFnX7&#10;H90jhgtKWWK49rHhj4rhAAAAAMit5buHYrisJ4YDYBvEcCVfp/+r+25/8Pnx6YbCEcNNJ4ZjXsRw&#10;YUwMFx4xHAAAAABkQAy3gPWGAzEcAOdLDFf+7Vl58O/GpxsKRww3nRiOeRHDhTExXHjEcAAAAACQ&#10;ATHcAiaGA2AbopUHrmx0+qeSLqJaORZ1+/fFpxsKRww3nRiOeRHDhbGoI4YLTbliuD8RwwEAAACQ&#10;T2K4Baw3HBwSwwFwnqLbBn+r0R34ZLgSL+oOPrVn5cT++JRDoRw6eloMF08Mx7yI4cJYJIYLzsEP&#10;D18khgMAAACAlInhsl9bDAfANkRHxHBlX9TpfyHqDv52fMqhUDZiuN76L2/9njfEieGYFzFcGIvE&#10;cMEpTQzXG/5o8+fFcAAAAADklBgu+4nhANiOcQwXdfqfTLqIamVa//vjUw6FIoabTgzHvIjhwlgk&#10;hguOGA4AAAAAMiCGy36TGO5RMRwA5yVaeeDKRqd/KukiqpVqd++/5fil8WmHwhDDTSeGY17EcGEs&#10;EsMFRwwHAAAAABkQw2U/MRwA2+GT4cLY6Bx/YF/n5F+OTzsUhhhu044Nf1wMxzyI4cJY1Bl8RAwX&#10;FjEcAAAAAGRADJf9xHAAbIcYLpB1+h+LVk6+JD7tUBhiuE3biOH+TAzHRRPDhTExXHgOHhu+qH2s&#10;HDFce/Xxr4pvFgAAAADkixgu+41juPbqcDk+BQAwkx+TGshG53h8ruPTDoUhhtu03vDHD/+iGI6L&#10;N4nh+vcnPl9YaSaGC48YDgAAAAAyIIbLfmI4ALbDJ8OFsag7+MSebv+V8WmHwhDDbZoYjjkRw4Ux&#10;MVx4xHAAAAAAkIHle4b15WNiuCwnhgNgO8RwYUwMR1G97t7T37i8KobbmBiOORHDhTExXHjKE8Ot&#10;ieEAAAAAyC8xXPYTwwGwHWK4MCaGo6jEcJsmhmNOxHBhTAwXntcdG77osBgOAAAAANI1juHaq2sf&#10;THpzy9KZGA6A7RDDhTExHEU1ieGGYrjxxHDMiRgujInhwjOO4UbPFXcmPocUaGI4AAAAAHJNDJf9&#10;xHAAbIcYLoxtxHC3ieEonsOrj+4ffY8rhhtPDMecbMRwXTFc2SeGC48YDgAAAAAyIIbLfu3euhgO&#10;gPMWdU68KhLDlX5iOIpKDLdpYjjmRAwXxsRw4RHDAQAAAEAGxHDZTwwHwHaI4cLYOIaLOp/5m/Fp&#10;h8IQw22aGI45EcOFMTFceMRwAAAAAJCBSQw3FMNlODEcANshhgtjYjiKSgy3ab3hj3/HPY8/Mz40&#10;cMHEcGFMDBceMRwAAAAAZEAMl/1Gx7svhgPgfG3EcF0xXNknhqOoxHCbJoZjTsRwYSzq9D+yp/uA&#10;GC4gZYnhRnubGA4AAACA3BLDZT8xHADbIYYLY2I4ikoMt2m9dTEccyGGC2NRp/+R6D39RnzaCYAY&#10;DgAAAAAyIIbLfmI4ALZDDBfGxHAUlRhu08RwzIkYLoxFYrjgiOEAAAAAIANiuOzX7onhADh/Yrgw&#10;NjrHn4g6fTEchSOG2zQxHHMSrQwOjp4bxHAlXzSO4VbEcCEpVwz3P8VwAAAAAOSTGC77bcRwR8Vw&#10;AJyfqHPyVVH3pBiu5BPDUVRiuE0TwzEnYrgwFonhgrN89/BqMRwAAAAApEwMl/0mMdyjYjgAzosY&#10;LoyJ4Siqw6unxXBPTAzHnIjhwlgkhguOGA4AAAAAMiCGy35iOAC2YxLDDf5T0kVUK8/EcBTVRgzX&#10;Wz++9XveICeGY07EcGEsEsMFRwwHAAAAABkQw2U/MRwA2yGGC2NiOIpKDLdpYjjmRAwXxiIxXHDE&#10;cAAAAACQATFc9hvHcKNf2/EpAICZxHBhTAxHUYnhNk0Mx5yI4cJYJIYLjhgOAAAAADIghst+YjgA&#10;tkMMF8bEcBSVGG660euqdyyJ4ZgDMVwYi8RwwSlTDPftv/r4V8Y3CwAAAADyRQyX/cRwAGyHGC6M&#10;jc7xr0diOApIDDedGI55EcOFsUgMFxwxHAAAAABkQAyX/cRwAGyHGC6MieEoKjHcdJMY7k/FcFw0&#10;MVwYi8RwwRHDAQAAAEAGDh19ZLcYLtuJ4QDYDjFcGBPDUVRiuOnEcMyLGC6MjZ777xXDhaU0MdzR&#10;tbd9+4fEcAAAAADklBgu+4nhANgOMVwYE8NRVGK46cRwzIsYLoyJ4cIzjuHaR9d+Iek5pFATwwEA&#10;AACQZ2K47NfurYvhADhve7onvlUMV/6J4SgqMdx0YjjmJToyOBh1+g8kPV9YeSaGC88khhuK4QAA&#10;AAAgTWK47CeGA2A7xHBhTAxHUYnhphPDMS9iuDAmhguPGA4AAAAAMnDo6FAMl/1OjCaGA+C8iOHC&#10;mBiOomrfvfby5d5QDDeaGI55EcOFMTFceJbvHV49eq4QwwEAAABAmsRwC5kYDoDzJoYLY1FHDEcx&#10;ieGmE8MxL2K4MCaGC48YDgAAAAAyIIZbyMRwAJw3MVwYE8NRVGK46cRwzIsYLoyJ4cJTmhhudfgj&#10;YjgAAAAAcksMt5CJ4QA4b2K4MCaGo6jEcNO1e8N3HDp65qvjQwMXTAwXxsRw4RHDAQAAAEAGxHAL&#10;mRgOgPMmhgtjYjiKSgw3nRiOeRHDhTExXHjEcAAAAACQATHcQiaGA+C8ieHCmBiOomofW3v56Htb&#10;Mdxo7d6aGI65EMOFMTFceMRwAAAAAJABMdxCdmJ59VExHADnZW/3xLc2xHClnxiOohLDTSeGY17E&#10;cGFs9NwvhgvMod7Du8oTw31ODAcAAABAPonhFjIxHADnbSOG65z4zaSLqFaejWO4xpHP/I34tENh&#10;iOGmE8MxL2K4MCaGC8+h3lAMBwAAAABpE8MtZGI4AM7b3u7Jb210BmK4kk8MR1GJ4aYTwzEvYrgw&#10;No7hGkceiuLTTgDEcAAAAACQATHcQnbi8D3DQ/EpAICZxHBhTAxHUYnhphPDMS9R58EbIzFc6SeG&#10;C48YDgAAAAAyIIZbyMRwAJw3MVwYE8NRVO1jj7283Vv/9wnf8wY3MRzzIoYLY6NzLIYLjBgOAAAA&#10;ADIghlvAesMTh3tiOADOjxgujInhKCox3HRiOOZFDBfGRuf43saRvhguIGWK4b7z+JnL4psFAAAA&#10;APkihlvAxHAAbMNGDNcVw5V9YjiKSgw3nRiOeRHDhbHRORbDBaYsMdzoNvxIUwwHAAAAQF5txHC9&#10;tQ8lvbllKU0MB8A2iOHCmBiOohLDnbUfE8MxD6PnhBtHE8OVfJEYLjhiOAAAAADIgBhuARPDAbAN&#10;YrgwJoajqMRwZ00Mx1yI4cJYJIYLjhgOAAAAADIghlvAemtiOADOW2Ol/20NMVzpJ4ajqMRwZ+3H&#10;Dh39UzEcF00MF8YiMVxwyhPDrYnhAAAAAMgvMVz2Gx3vE4fEcACcJzFcGBPDUVRiuLMmhmMuxHBh&#10;LBLDBWcjhuutfWDLc0fhJoYDAAAAINcmMdxQDJfh2qvDB8VwAJwvMVwYizonfr1x5IQYjsIRw501&#10;MRxzsRHDdcVwZV8khgvOJIYbiuEAAAAAIE1iuOwnhgNgO8RwYUwMR1GJ4c6aGI65EMOFsUgMFxwx&#10;HAAAAABkQAyX/cRwAGyHGC6MieEoKjHcWRPDMRdiuGB2jxguLGI4AAAAAMiAGC77ieEA2A4xXDD7&#10;NTEcRXTo6No3jV5PiOEmE8MxF2K4YCaGC4wYDgAAAAAyIIbLfmI4ALZDDBfMxHAUkhjurInhmItJ&#10;DNd/MOG5wso1MVxgShPDHRv+sBgOAAAAgNwSw2U/MRwA2yGGC2a/1rhNDEfxiOHOmhiOuRDDBTMx&#10;XGBKE8P1hj/c/HkxHAAAAAA5JYbLfpMY7lExHADnRQwXzMRwFJIY7qz92E3HzzwjPjRwwcRwwUwM&#10;FxgxHAAAAABk4NC9w93tVTFclhPDAbAdGzFcp/9bCRdQrVwTw1FIYrizJoZjLsRwwUwMFxgxHAAA&#10;AABkQAyX/cYxXPvY8Mb4FADATGK4YCaGo5DEcGdNDMdciOGC2T2N28RwITn44Ydr5Ynh/kgMBwAA&#10;AEA+ieGynxgOgO1oHBHDBTIxHIUkhtu8NTEccyGGC2ZiuMAcXB3W2qtiOAAAAABIlRgu+4nhANiO&#10;xpHPiOHCmBiOQhLDbZ4YjvkQwwUzMVxgxHAAAAAAkAExXPYTwwGwHZMYbiCGK//EcBSSGG7zxHDM&#10;hxgumInhAiOGAwAAAIAMHF595JplMVymE8NB/lWual52ef2Gl1d2LS1V6kvfVdnVfOvGNv7vpaWN&#10;/9/o34n/dUiVGC6YieEoJDHc5onhmA8xXDATwwXmdavD2uj5QgwHAAAAAGkSw2U/MRzk185a6+pK&#10;rfmW0Y5Xa63HqvXWmZkb/Tvjf3f83xn/d+PfBuZKDBfMxHAU0qGjj31Tu7f+K0nf94Y3MRzzIYYL&#10;ZmK4wJQphlu+9/G/GN8sAAAAAMgXMVz2E8NBPu2stb61Um/9bLXeevyc6O3893il1vqZ8e8V/7Zw&#10;0cRwwUwMRyGJ4Tbt6NqP3fRBMRwXTwwXzO7Z23loT3zaCYAYDgAAAAAyIIbLfu3VNTEc5EzlmqUX&#10;VOrN9yfEbRe18e85/r3jPwYuSKPTf7UYLoiJ4Sik1x197JuWxXCTieGYkz23nTgkhgtiYrjAiOEA&#10;AAAAIANiuOwnhoP8qdabf6dabz2wNWab35r376wtfUf8x8G2iOGC2a/t7Z786/Fph8J43T2PfdPy&#10;qhhuY73h28VwzIMYLpiJ4QIjhgMAAACADBxeHYrhsl5v+ED7qBgO8uKZL21/VaXefGu13vrCuRHb&#10;nFdrfb5aP/C9z33uTU+L/3j4ksRwwUwMRyGJ4TZNDMeciOGCmRguMBsxXG/tFxOfQwq0dm9NDAcA&#10;AABAfonhFjAxHORK5armZZV68+7EeC3FVWqt98VfAswkhgtmYjgKSQy3aWI45kQMF8zEcIERwwEA&#10;AABABsRwC5gYDnJlZ/3A86q11h1JwVoWq9Sa3x9/KZBIDBfMxHAUkhhu0zZiuM+L4bhoe7piuEAm&#10;hgvMJIYbiuEAAAAAIE1iuAVMDAe5sugYbrxKrfVopd78e/GXBGcRwwUzMRyFJIbbNDEccyKGC2Un&#10;7tnbOSGGC4gYDgAAAAAyIIZbwMRwkCvjH5Narbfu2xqoLWKVenPt8mtu+Ib4S4MNYrhgJoajkMRw&#10;myaGY07EcKFMDBcaMRwAAAAAZEAMt4CJ4SBX8vDJcFtXqTfvGkd68ZdI4MRwwUwMRyGJ4TZNDMec&#10;iOFCmRguNGWJ4Ub7ITEcAAAAALklhlvANmK4R8VwkBNxDPeTSVHa4tf8O/GXScDGMVzU7X8q+SKq&#10;lWhiOAppubf2V8Vw8cRwzMme7uBQ1B2I4Uo/MVxoxHAAAAAAkAEx3AImhoNcyXcM1zpTqTV/uXr1&#10;wZ3xl0uAxHDBTAxHIU1iuKEYbjwxHHMihgtlYrjQiOEAAAAAIANiuAWsN3xg9OvB+BQACzb+caTV&#10;euu+rRFa/tZcjr9kAiOGC2ZiOApJDLdpYjjmRAwXyI4MjonhwiKGAwAAAIAMiOEWMDEc5ErePxlu&#10;8yq15k/HXzYBEcMFMzEchSSG27Te8O1v/OiZp8eHBi6YGC6QdcRwoVm++5G6GA4AAAAAUiaGW8DE&#10;cJArRYrhxqvUWyf92NSwiOECWUcMRzGJ4TZNDMecbMRwnf6JxOcLK8/EcMEpVwx3SgwHAAAAQD6J&#10;4RYwMRzkStFiuOmWXhvfBEpODBfIxHAUlBhu08RwzIkYLpCJ4YKzfPdQDAcAAAAAaduI4XprH054&#10;Y8vSmhgOcqVyVfOyar1137mxWSH2ffHNoMTEcIGsc/JXxXAUkRhu03prYjjmQgwXyMRwwRHDAQAA&#10;AEAGxHALmBgOcqW4nww3WaXWWolvCiXV6Hzm1VF3IIYr+zr9X93bPSGGo3DEcJsmhmNO9nYHh0bP&#10;C2K4sk8MFxwxHAAAAABkQAy3gInhIFd21pa+tlovbgw3XqXW/GB8cyghMVwgE8NRUGK46Q711t7e&#10;FMMxB2K4QCaGC05pYrje8IeW3yuGAwAAACCnxHALWG9NDAc5UoYYbmO15q/FN4mSiVb6rxHDBTAx&#10;HAUlhptODMe8iOECmRguOGWK4d5415mviG8WAAAAAOSLGG4hu380MRzkROWq5mXVeuu+c+KyAq5S&#10;az4U3yxKRAwXyMRwFNRGDNdb//iW73eDnBiOeRHDBTIxXHDEcAAAAACQgUkMNxTDZTsxHORIaT4Z&#10;Ll6l3vql+KZREmK4QCaGo6CWe4+J4eKJ4ZgXMVwgE8MFRwwHAAAAABkQwy1kYjjIkbLFcONV6s33&#10;xzePEhDDBTIxHAUlhptODMe8iOECmRguOMv3DOvLx8RwAAAAAJAqMdxCJoaDHCljDBfvHfFNpODE&#10;cIFMDEdBieGmax8b/qgYjnkQwwWyzuDYvts/c1182gnAOIZrr659MOk5pFDrrYnhAAAAAMgvMdxC&#10;JoaDHKlc1bysWm/dtyUkK8tujm8mBRYdEcMFMTEcBSWGm04Mx7yI4QKZGC44YjgAAAAAyIAYbiET&#10;w0GOlPiT4TZWqbf2xjeVghLDBTIxHAUlhptODMe8NDon2o2uGK70E8MFZxLDDcVwAAAAAJAmMdxC&#10;JoaDHCl/DNf8xCWX3PJl8c2lgMRwgUwMR0GJ4aabxHB/IobjoonhApkYLjhiOAAAAADIgBhuAesN&#10;71++WwwHeVH2GG68Sq31o/HNpYA2YrhO/7cTL6JaeSaGo6DEcNOJ4ZgXMVwgE8MFRwwHAAAAABkQ&#10;wy1gGzHco2I4yInKVc3LqvXWfVsDsrKtUm/ujm8yBSOGC2RiOApKDDedGI55EcMFMjFccMoSwx1e&#10;Hf6gGA4AAACA3BLDLWC94f2He8MD8SkAFmzyyXDNn0oKyMq0Sr11JL7JFIwYLpB1+r+67/aTr4hP&#10;OxSGGG66dm/4o82fF8Nx8cRwgUwMFxwxHAAAAABkQAy3gInhIFeCieFqrT+u7moJbQpIDBfIxHAU&#10;VPuutb8mhptMDMe8iOECmRguOGI4AAAAAMiAGG4BE8NBroTyY1LHq9Sb3fhmUyBiuEAmhqOg2qtr&#10;f230Pa4YbjQxHPMihgtkYrjgiOEAAAAAIAPtux55sRgu27V7w/sPieEgN0L5ZLiN1Zq9y6++8cr4&#10;plMQYrhAJoajoMRw04nhmBcxXCAbx3C3ieFCcujoI7vFcAAAAACQMjFc9hPDQb6EFcO1PlXddeCv&#10;xTedghDDBTIxHAUlhptuHMO1Vx//qvjQwAUTwwWyzolj+257UAwXkLLEcKPb8IOvuusPxXAAAAAA&#10;5JMYLvuJ4SBfQorhKrXWH1dqS4fjm05BiOECmRiOghLDTSeGY17EcIFMDBecQ0eHYjgAAAAASJsY&#10;LvuJ4SBfKlc1L6vWW/dtDcdKuVrrscqupaX4plMQYrhANo7hVsRwFI8YbjoxHPMihgtl/VUxXFjE&#10;cAAAAACQATFc9mv31sRwkCOB/ZjUz49+vTm+6RTEns6Dr43EcOWfGI6CEsNNJ4ZjXhqdk+1G96QY&#10;ruSLuv3V68RwQRHDAQAAAEAGxHDZr706/K9iOMiP4GK43Qf+QXzTKYg9ncFro85ADFf2ieEoKDHc&#10;dO3emhiOudiI4TqDfuLzhZVmYrjwlCmGW/r1x788vlkAAAAAkC/tu4ZiuIwnhoN8EcORdxsxXFcM&#10;V/ZFnf6v7hHDUUBiuOnEcMyLGC6MieHCI4YDAAAAgAyI4bKfGA7ypbrr+ueL4cgzMVwYi8RwFJQY&#10;bjoxHPMihgtjYrjwiOEAAAAAIAPtY8MXL6+K4bKcGA7yRQxH3onhwlgkhqOgxjFcu7d+39bveUOc&#10;GI55EcOFMTFceMRwAAAAAJABMVz2E8NBvojhyDsxXBiLxHAUVHv1MTFcPDEc8yKGC2NiuPBsxHC9&#10;tQ8lPYcUaWI4AAAAAHJNDJf9xHCQL8HFcLvEcEUjhgtjo3N8nxiOIhLDTSeGY17EcGFMDBee8sRw&#10;a2I4AAAAAPJLDJf9xHCQL2HFcM3PV3ctieEKRgwXxsRwFJUY7qy9TQzHPIjhwpgYLjxiuLC95I6H&#10;rog6J161p3Pi5saRwTtHj/PHJo/1/Ycmix8bOv21J/7Z6DXCp0b/7M7Rv/cDjc6JN13X7b98/7t+&#10;57L4twQAAAAgiRgu+4nhIF/EcOTdRgzX6f/nJy6OWDknhqOoxHBnTQzHXDSOiOFCmBguPJMYblj8&#10;GO7o2g8u/ZwY7nzsX3lgR7QyOBh1T946ut/fv/Vx4EI3eu3w2GifGEdye1YefMX+W45fGv+RAAAA&#10;AIjhst84hhsd91Z8CoAFE8ORd2K4MCaGo6jEcGdNDMdciOHCmBguPGK4cOy7/fef3+j23zDazzY6&#10;/f+R9Bgw93X6nx7tHaO9unHk/q+MvxQAAACA8Ijhsp8YDvJFDEfeieHCmBiOohLDnTUxHHMhhgtj&#10;4xhuT/fkS+PTTgBKE8P1hv9WDPfU9nT7L2h0T7492vhxp8n3/4z22fGPZN1/x0NPi780AAAAgDCI&#10;4bKfGA7yJagYrt78EzFc8YjhwljU7d83/hFH8WmHwhDDnbW3tVf/pxiOiyaGC2NiuPBsxHCrYrgy&#10;a3Qe3B11Bu8b/xjTpPv9ohZ1+p+PVvpv3X/HQ8+Iv1QAAACA8hLDZT8xHOTLJIZbem9yPFa2ieGK&#10;SAwXxsRwFJUY7qyJ4ZiLRvfEshiu/BPDhefQvWK4Mtt3+2eua3T6PxF1Bl9Ius/nZVGn/7vRkcE/&#10;bhz5/WfHXzoAAABAuYxjuHZv7a6tb2xZehPDQb6I4cg7MVwYE8NRVGK4syaGYy7EcGFMDBceMVx5&#10;RUd+97lRZ/B9o/v1g0n399yu0//Y3u7gpktuueXL4psCAAAAUHxiuOwnhoN8qe469PxqvSWGI7f2&#10;dgavbYjhSj8xHEV16OjaK8RwT04Mx1yI4cKYGC48Yrjy2nv74JtH9+t7tt7PC7afaBz5zAvjmwQA&#10;AABQXGK47NfuDf9r+6gYDvJCDEfeieHCmBiOohLDnTUxHHMhhgtjUUcMF5rDq49cM3quEMOV0J6V&#10;/nc1uv0TSff14u3EPXtXBt8c3zQAAACA4hHDZT8xHOSLGI6823u7GC6EieEoqkkMNxTDTSaGYy7E&#10;cGEsEsMFp1wx3B+I4WL7bzl+adQ9eWvS/bzIi7qDh8fPR/HNBAAAACgOMdwC1hv+rhgO8kMMR97t&#10;7T54vRiu/BPDUVRiuLP2tm//1ce/Mj40cMHEcGEsEsMF5/DqUAxXQns7/ReN7tPv3XofL8/6X4y6&#10;g3927cp/+vPxTQYAAADINzHcAiaGg1wRw5F3YrgwJoajqMRwZ00Mx1yI4cJYJIYLjhiunKKVfiPq&#10;9O9Kup+Xbp3Bj+xf+cMd8U0HAAAAyKdJDDcUw2U5MRzkihiOvBPDhbFxDBcdGfy1+LRDYYjhzpoY&#10;jrkQw4WxSAwXHDFcOUUrD1w5uk9/dut9vOS7c/zjYeNDAAAAAJAvYrgFTAwHuRJaDLez1vz78U2n&#10;IPZ2B9c3OgMxXMkXdcRwFJMY7qyJ4ZgLMVwYi8RwwSlTDHfT8TNPi29W8PZ0+6+MuoNPJN3Py76o&#10;03/3/jseekZ8KAAAAADyQQy3gInhIFfEcOSdGC6MRWI4CkoMt2lH19727R8Sw3HxxHBhLOqc7Inh&#10;wiKGK6eQY7gnFnX6P9j8+TP/V3xIAAAAABZLDLeAieEgVyovOvB1VTEcOSaGC2ORGI6COnx07RWj&#10;72/FcOOJ4ZgTMVwYE8OFRwxXThs/JrXTP5V0Pw9tUffEW+LDAgAAALA4YrgFTAwHuSKGI+/EcGEs&#10;EsNRUIePrb1i+ZgYbmNiOOZkHMNFnf4g6fnCyjMxXHjEcOXkk+HO2Z81Og++Pj48AAAAANkTwy1g&#10;YjjIFTEceSeGC2ORGI6C2ojhVtd/9ZzveUOcGI45EcOFsdE57u3pPiiGC8hGDNdb+/BZzx0FnBju&#10;bGK4p9xv7ukO9saHCQAAACA7YrgFTAwHuSKGI+8mMVz/vyRcXLASLRLDUVBiuE0TwzEnYrgwNjrH&#10;YrjAlCeGWxPDbbIRw3X6v5F0P7fxY93g313XPbkzPlwAAAAA6RPDLWC94e8ePjZsxqcAWDAxHHkn&#10;hgtjkRiOgjp87DEx3BMTwzEnYrgwNjrHYrjAiOHKKVp54MrR67VTSfdzmy5a6b81PmQAAAAA6RLD&#10;LWBiOMiVkGK4Sr35JzvEcIUjhgtjkRiOghLDnbUfEcMxD43uyeWoOxDDlXyRGC44kxhuKIYrGZ8M&#10;t619Zu/tJ/fFhw4AAAAgHWK4BUwMB7kihiPvxHBhLBLDUVBiuLMmhmMuxHBhLBLDBUcMV05iuO0v&#10;Whl04sMHAAAAMH9iuAVMDAe5IoYj78RwYSwSw1FQYrizJoZjLsRwYSwSwwWnLDHc8rHhD4jhpsRw&#10;F7bRMVuLjvS9PwoAAADM36GjX7xWDJfxxHCQK2HFcK3/JYYrno0YriuGK/siMRwFJYY7a2I45kIM&#10;F8YiMVxwxHDlJIa72PV/8ZJbbvmy+HACAAAAXDwx3AImhoNcGcdwlVrrfUnxWNkmhismMVwYi7qD&#10;j4vhKCIx3Fn7kW//0OfEcFw0MVwYi8RwwRHDldOe7kOvHD1mi+EuclHnxFJ8SAEAAAAujhhuARPD&#10;Qa6I4cg7MVwYE8NRVGK4syaGYy7EcGEsEsMFRwxXTntXBt88uk+L4eay/s/GhxUAAADgwonhFjAx&#10;HOSKGI68E8OFMTEcRSWGO2tiOOZCDBfGok6/F73n5Evi004A2nc98mIxXPlEKw9c2ej0TyXdz+0C&#10;13lwd3x4AQAAALZPDLeIrf+OGA7yQwxH3jVWTtwghiv/xHAU1XJv7a+L4Z6cGI65EMOFsWgcw62I&#10;4UJSmhiuN/yBm+4Qwz3BJ8OltE7/HfEhBgAAANgeMdwiJoaDPBHDkXdiuDAmhqOoxHBnTQzHXEQr&#10;/cNiuPIvEsMFp1wx3ENiuJgYLsV1+p+O3j2oxocaAAAA4PwcOnpaDJf5xHCQJ5UXi+HINzFcGBPD&#10;UVSTGG4ohptMDMdciOHCWCSGC077rqEYroTEcOlv9DrpYHy4AQAAAL40MdwiJoaDPBHDkXdiuDAm&#10;hqOoxHBn7Ue+8/iZy+JDAxdMDBfGIjFccNrHhi8ePVeI4UomWnngykanfyrpfm7zW9QZvC8+5AAA&#10;AACzieEWsN767xw+KoaDvBDDkXdiuDAmhqOoxHDTtVeHP9IUwzEHYrgwFonhglOmGO7/W338L8Q3&#10;K3g+GS67jZ4bf3e/EBMAAAD4UsRwC5gYDnIltBhudFv/v/imUxBiuDAmhqOoxHDTieGYFzFcGIvE&#10;cMERw5WTGC777ekO9saHHwAAAOBcYrj/P3v/Ay/pXdd3/9hSS1taqeRs4i39YR+l943AztkIIXvN&#10;Li5qFe6KCmTnbLIzSxAU8E97U2t/tYriv2qtvW/aSiU7syG2trWFQiB7ZjYhQEAEWsXin9RNdmaz&#10;CNVo1RvbkD0zJy17X+ecC/fM7hXITs6Zub7X5/l8PN6PyL9k51wz18xc83LOAiaGg0oRw1F1zeNn&#10;b2j2RmK4mi/rDcVwJEkMd3FiOHaKGC7GMjFcOGK4etqM4brD/1T2OLddXHfo2gYAAABQTgy3gInh&#10;oFKWrj38DDEcVSaGi7HNGO6W+8RwJEcMd3HtwZoYjh0hhouxTAwXjhiunrLj9z2z2R0+WPY4t93e&#10;8BeKwwAAAABwkRhu/mv3x/e2B48cLg4BsGBiOKpuM4brDn+z/OK/1WViOFIlhrs4MRw7RQwXY5kY&#10;LpyNGK7dX0v/GpwYbsqBW30z3CKXdYe/UhwKAAAAgC1iuPlvK4Ybi+GgIsRwVJ0YLsbEcKRKDHdx&#10;Yjh2ihguxjIxXDhiuHoSw1Vhw9/f/39/8s8VhwQAAACITgw3/4nhoFrEcFRd84QYLsI2Y7ju6GuL&#10;ww7J2Ijh8te3Hy573RttYjh2ihguzFbFcLHUJ4ZbE8NtI4arzjZ+ZW1xWAAAAIDIxHDznxgOqkUM&#10;R9WJ4WJMDEeqxHAXJ4Zjp2QnxHBBJoYLRgxXT2K4iu3EA99QHBoAAAAgqs0YbnXtZOnFLduVieGg&#10;WsRwVJ0YLsbEcKSq039EDFdMDMdO2YzhusOzZc8XVquJ4YLZiuFq8P+QKoabIoar3vb3zhwtDg8A&#10;AAAQkRhu/hPDQbWI4ag6MVyMieFIlRju4tqnJj8thmMniOHCTAwXTF1iuGODyU+I4S4Sw1V03dHr&#10;ikMEAAAARCOGm//EcFAtYjiqTgwXY2I4UiWGuzgxHDtFDBdmYrhgxHD11Ozd/zfFcNVc/v7q7xeH&#10;CQAAAIhEDDf/ieGgWoLFcH8ohkuPGC7GxHCkSgx3ce3+5KdbbxPD8fiJ4cJMDBdMXWK49mDyEy8W&#10;w/2J/LH8N5vdkRiuost6o39YHCoAAAAgCjHc/CeGg2rZiuFa/7osHqvbxHBpEsPFmBiOVInhLk4M&#10;x04Rw0XZcDU7fp8YLhAxXD3lj+Nn5u/XHix/nFsVlh0f/nBxuAAAAIAIjt61/tz2QAw3z7UH498U&#10;w0F1iOGouqx75rAYrv4Tw5Gqzp2PfH3+2lYMl08Mx04Rw0WZGC4aMVw95Y9n3wyXwrpnv784ZAAA&#10;AEDdieHmPzEcVIsYjqoTw8WYGI5UieEubiuG+30xHI+bGC7KxHDRHF19+LliuPrJH89iuER2oDf8&#10;7uKwAQAAAHW2FcNNxHBznBgOqkUMR9WJ4WJMDEeqxHAXJ4Zjp2QnHjiWPyeI4eq+rhguGjFcPeWP&#10;ZzFcQtt4ji0OHQAAAFBXYrj5TwwH1SKGo+rEcDEmhiNV7cHaN4jhtiaGY6eI4YJMDBdOvWK4M2K4&#10;Qv44fmb+eH6w9HFuldz+3vDFxeEDAAAA6ujmu9af2xHDzXViOKgWMRxVJ4aLMTEcqRLDXZwYjp0i&#10;hgsyMVw4R1fXxXA1lD+efTNcgjtw6wPLxSEEAAAA6kYMN/+J4aBaxHBUnRguxsRwpEoMd3FiOHaK&#10;GC7IusPV5onR84rDTgBiuHrKH89iuBTXHf33Q7ede0pxGAEAAIA6EcPNf2I4qBYxHFUnhguzD4rh&#10;SNFWDDcRw+XbiOE6d332LxQ/GpiZGC7IxHDh1CmGa9174YuLmxVe/nj+m83e8Jcve4xbAhv+RnEY&#10;AQAAgDoRw81/YjiollAxXGPlD5eWj3x3cdNJxGYM1xPDBZgYjiSJ4S5ODMdO2d8dvkIMF2BiuHDE&#10;cPWUHb/vmfnj+cHSx7mlsJPFoQQAAADqQgw3/23EcJ07H7mhOATAgonhqLqNGC7rnbm35KK91Wti&#10;OJIkhrs4MRw7RQwXZGK4cMRw9ZQ/nn0zXOrrDr+/OJwAAABAHYjh5r+tGG4shoOKuGrfy/+6GI4q&#10;y7pnD2e9kRiu/hPDkSQx3MWJ4dgpYrggE8OFU5sYbnXyE623ieE+J388i+FqsKz7wIuKQwoAAACk&#10;Tgw3/7X749/s9MVwUBViOKpODBdmYjiSJIa7ODEcO0UMF2RiuHA2Y7jVteSvwYnhpuWPZzFcDZY/&#10;737y4K1nlorDCgAAAKRMDDf/ieGgWsRwVJ0YLsi6YjjSJIa7uHZ/TQzHjhDDBZkYLhwxXD1lx+97&#10;Zv54frD0cW5prTs6VRxWAAAAIGXH+g8/ryOGm+vEcFAtsWK41h8uLR8WwyVGDBdkYjgSJYa7ODEc&#10;O0UMF2RiuHCO3rX+3Px5swYx3JoYbpv88eyb4Wq1M99RHFoAAAAgVWK4+U8MB9UihqPqxHBBJoYj&#10;UZsxXH/8kbLXvdEmhmOnbMZwPTFc7SeGC0cMV0/541kMV699qnni9P9RHF4AAAAgRWK4+U8MB9Ui&#10;hqPqxHBBJoYjUWK4ixPDsVPEcEEmhgtnK4ZL/xqcGG5adsv93yiGq9m6Z/5VcXgBAACAFInh5j8x&#10;HFSLGI6qE8MFmRiORInhLk4Mx04RwwWZGC6cm+9af27+fFGHa3D/UAx3UXb8vmfmj+cHSx/nluyy&#10;48OXFocYAAAASI0YbhFb/w0xHFSHGI6qE8MFmRiORLUHj4jhLu4fi+HYCWK4MDsphotFDFdPvhmu&#10;pusO3/v8nz/zl4rDDAAAAKREDLeIjcVwUCHBYrg/EMOlJzs+bInhAkwMR6LEcFMTw7EjxHBhJoYL&#10;RgxXT2K4+i47cfY7i8MMAAAApEQMt4iJ4aBKtmK4w/+mLB6r28RwaRLDBZkYjkSJ4aYmhmNHbMVw&#10;wwdKny+sThPDBSOGqycxXH2Xvw//6Atu+cSXFYcaAAAASMWx/roYbu4Tw0GVXLXvpr++1FgRw1FZ&#10;Yrgg6w4/2Dwx/JrisEMyxHBTE8OxI8RwYSaGC6ZG/w+pYrhtsuP3PTN/Lf9gyWPc6rDumdcVhxoA&#10;AABIhRhuERPDQZWI4ai67IQYLsTEcCRKDDc1MRw7QgwXZiebt4jhIhHD1ZNvhqv5uqNTB289s1Qc&#10;bgAAACAFYrhFTAwHVSKGo+rEcEEmhiNRYrip/ePOXQ+K4XjcxHBhJoYLRgxXT2K4ei9/L/7I/lvO&#10;HC0ONwAAAJACMdwiJoaDKhHDUXViuCATw5EoMdzUxHDsCDFcmInhgqlXDHevGK7g16SG2O3F4QYA&#10;AABSIIZbxMRwUCViOKpODBdkYjgSddPJtReJ4f5kYjh2hBguzMRwwdToGpwYbpvsxOgb88ezb4ar&#10;87rD/3Sge2Z/ccgBAACAqhPDLWJiOKgSMRxVJ4YLMjEciRLDTU0Mx44Qw4WZGC6YOsVwr/nYhT9T&#10;3KzwxHD1X/5+/A8O9EZ+VSoAAACkQgy3iI1/49ipR15eHAJgwcRwVN1mDNcd/peyi/JWo4nhSJQY&#10;bmpiOHaEGC7MxHDBiOHqaSOGy7rDXyl5jFuNlvVGP1gccgAAAKDqxHCL2EYMNxbDQUXEi+Fa31Xc&#10;dBIhhgsyMRyJOnZy7UWd/kQMt7H+5B+/5o4Lf7740cDMxHBRNjzZvOW0GC4QMVw9Zcfve2b+Wv7B&#10;8se51Wi3F4ccAAAAqDox3CImhoMqEcNRdWK4IBPDkSgx3LaJ4dghYrgoE8NFI4arJ98MF2Td0dua&#10;t5z5a8VhBwAAAKpMDLeIieGgSq5qHPnfxXBUWXbigVbWHYnh6j4xHIk6dmrtRflrXDHcxsRw7BAx&#10;XJQNTx7sjZ5bHHYC2LwG119bLX0OSWtiuG3EcDGW9UZ37b9l+FXFYQcAAACqrEYX4hKaGA6qRAxH&#10;1YnhgkwMR6LEcNsmhmOH7L9ldHPWG4nhaj8xXDRiuHrya1KDLD/G+3vDZxSHHQAAAKgyMdwiJoaD&#10;KhHDUXViuCATw5EoMdy2ieHYIQduGd2cPzeI4Wo/MVw0Yrh68s1wMZb1Rh/d3xu+uDjsAAAAQJWJ&#10;4RYxMRxUiRiOqhPDBZkYjkSJ4batvyaGY0eI4aJMDBdNfa7BrYnhthHDxZgYDgAAABIihlvExHBQ&#10;JWI4qk4MF2YfaN4ihiM9YrhtE8OxQw70xHAxJoaLRgxXT2K4GBPDAQAAQELEcAtYf/3Xj62K4aAq&#10;xHBUnRguzMRwJGkzhuuPP1r6ujfaxHDsEDFclInhotm6BjdJ/xrcqcmPi+EuEsPF2GYMd4sYDgAA&#10;AJIghlvA+mMxHFSIGI6q298drojhQkwMR5LEcNsmhmOHiOGiTAwXjRiunsRwMbYRw2XdB15UHHYA&#10;AACgysRwC5gYDipFDEfVbcZwPTFcgInhSJIYbtvEcOwQMVyUieGiqU0M15/8+GuOi+E+J+ueeUkm&#10;hqv9xHAAAACQkNpciEtpYjiolFgx3Mp/E8OlRwwXZmI4knTs1CNiuGLHBpOfEsOxE8RwUSaGi0YM&#10;V09iuBgTwwEAAEBCxHDzX7s//vWjYjiojM0Ybnnl35bFY3WbGC5NB8RwUSaGI0liuIsTw7FTxHBR&#10;JoaLRgxXT2K4GMt6w4/mx1kMBwAAACkQw81/YjioFjEcVbcRwzXFcBEmhiNJYriLE8OxU8RwUSaG&#10;i6Y9ePi6/PlCDFczmzFcTwxX94nhAAAAICFiuPlPDAfVIoaj6sRwYSaGI0liuIsTw7FTxHBB1h3d&#10;IYaLRQxXT2K4GBPDAQAAQELEcPOfGA6qRQxH1YnhwkwMR5LEcBcnhmOniOGCTAwXjhiunsRwMSaG&#10;AwAAgISI4ea/jRiuPXjkZcUhABZMDEfVieHCTAxHksRwFyeGY6dsxnDd4bmS5wqr08Rw4dQrhvuY&#10;GK4ghosxMRwAAAAkRAw3/4nhoFrEcFTdZgzXHf5W2QV5q9XEcCRJDHdx7cHkp15yx++I4XjcxHBB&#10;JoYLpz1YF8PVUNY9+5Ksd1YMV/NlvdFHMjEcAAAApEEMN/9txXBjMRxUhBiOqhPDhZkYjiR1Vtde&#10;LIbbmhiOnSKGCzIxXDh1iuHeeM+FJxY3KzwxXIyJ4QAAACAhYrj5TwwH1SKGo+rEcGEmhiNJYriL&#10;E8OxU8RwQSaGC0cMV09bMdzoY6WPc6vNxHAAAACQkPYdD18nhpvvxHBQLeFiuH0r31ncdBIhhguz&#10;DxzonXthcdghGWK4ixPDsVPEcEEmhgtHDFdPYrgYE8MBAABAQtoDMdy8J4aDahHDUXViuDATw5Gk&#10;rRhuIobLtxHDHf7IZ/9c8aOBmYnhgkwMF44Yrp7EcDGWdcVwAAAAkIzNGK4OF+ISmhgOquWpew//&#10;H2I4qkwMF2ZiuBksPav15KuXj3zF5horz3nq8g0v3Ny1Nzzvc//+lz33pquK/zq7oHPn2jPag8mD&#10;Za97w60/eVPxY4HHRQwXZGK4cDZiuHZ/rV/6HJLSxHBTxHAxJoYDAACAhIjh5j8xHFSLGI6qO3Dr&#10;AyvN7kgMV/+J4T6PjdAtP4+9dKnR+t78nP2W/K/35P/6we3nuMe0xsqn8/1Kfj78+fxfvyH/+964&#10;Ec49/ek3P6n4R3GFbrpj/Mz8Na73E/l8Mxw7RQwXZGK4cMRw9SSGizExHAAAACREDDf/tQfrvyaG&#10;g+oQw1F1YrgoG37gQG8ohiv85ee2vuTqxuGv3YrfWr+wZ7l1f9l5bUfXWPnd/J91cmn58I/s2Xv4&#10;m79078ueVvxx+Dxe9Uuf/YudwXq37HVvtInh2CliuBjLuqM7rhfDhVKXGO5of/Ljh8Rwf0IMF2Ni&#10;OAAAAEiIGG7+E8NBtYjhqLpmb3hEDBdhYrgNG7/2dM9yq7PUaN2++S1uJeeyeW5pubVWfAvd68Vx&#10;j67dn/xw2eveaBPDsVPEcDEmhounPjHcmhhuGzFcjInhAAAAICFiuPmvPRiL4aBCxHBUnRguymLH&#10;cF/23Nb/b2lf6+Y9y61/me+TZeewKmxpufWZjW+P29M48j1X7V35quKPH1775NoLy173hlt/8qbi&#10;RwKPy2YM1xPD1X0bMdz+t37Cc0kgYrh6EsPF2EYM1zzxwDcUhx0AAACoMjHc/CeGg2oRw1F1Yrgo&#10;ixvDLV17+BlLy61efp566NLzVgrL/+x3X9048pLi5oS08YF4pz95e9lr30jzzXDslGb3/leK4eq/&#10;rDu8Y/9bh2K4QLZiuEnyMVz+fPdjYriL9vfOfJMYrv4TwwEAAEBCNi7EdcRwc50YDqpFDEfVieGi&#10;LGYMt2ffkW/Z01j5uXx/XHbeSnCn9iy3XnPNvsNLxU0Moz2YdMpe+0aaGI6dIoaLsUwMF44Yrp7E&#10;cDEmhgMAAICEiOHmPzEcVIsYjqoTwwVZN14Ml5+XXrrUaN1z6bmqNmusDPO/vv7pT7/5ScVNrrX2&#10;4LN/qQ6/+u3xTAzHThHDxVgmhgtHDFdPYrgYE8MBAABAQsRw858YDqolVAy3vPL7Yrj0iOGCLFgM&#10;t9RYeVGUc+/Glhqt9y/tbd1c3Pza6qyuvbjs9W+Y9SdvKn4U8LgcOH72YNYbPVT6fGF12unrbjt3&#10;TXHYCUAMV09iuBgTwwEAAEBCxHDznxgOqmUrhmv9Qlm8ULeJ4dIkhguyQDHclz77yFfuaaz8o/y8&#10;9OCl56kQa6zcdvXykdoe605/8s/LXgNHWLs/+UeH/71vhuPxy7pnD+fP/2dKny+sNst8M1w4N518&#10;+PliuPoRw8WYGA4AAAASIoab/9r98a+1T4rhoCrEcFSdGC7IuqN7osRwe5ZbnfycFDOE27b8uWdt&#10;qdH6sbr9GtXW2y58cf5692Nlr4PrPjEcOyXrPvCiZnf4n0ufL6w2y8Rw4Yjh6kkMF2NZ98xHmifO&#10;iOEAAAAgBWK4+W8jhuv0H3lpcQiABQsXw+0Vw6VGDBdkQWK4qxo3Xpufj2699PxkrTuvbhx5SfFj&#10;St6xwflDZa+D6z4xHDtlf290oNkdfrD0+cJqs0wMF44Yrp7EcDEmhgMAAICEiOHmPzEcVIsYjqrb&#10;iuGGp8suyFuNFiSG27O3ddOeRuvDZecoy8/TjdYn8n3v0/YfTj6o6qyOv7fstXCt15+8qbj58Ljs&#10;/7lPfnnWHb6j9PnCarP8GIvhghHD1dOB3plvyh/TYrj678NiOAAAAEiEGG7+24rhxmI4qAgxHFUn&#10;hguyADHc1Y2X7cnPQz+S74/KzlE2vfzndOKqxg3XFj++JLUHk58pez1c1/lmOHZS1h3+VOnzhdVm&#10;+TEWwwVTrxjuHjFcYTOG65751bLHudVqH27eIoYDAACAJIjh5j8xHFSLGI6qE8MFWYAYbulZrWvy&#10;c9GHLj032Rfcp/bsXdlf/BiT0+5P3lb2mriOE8Oxk/Ln/2/Ln//Plz5nWC2WieHCuenkej1iuP7k&#10;x1pvu/Cni5sVnhguzMRwAAAAkIqNGK7dX0v+QlxKE8NBtYjhqLrNGK4nhqv9IsRwy0e+YU9j5Z6y&#10;85N94eXn8Af2LLe+vfhxJiV//fuBstfFdZsYjp30/O6Zp2Xd4adLnzOsLjt93W3nrikOOQGI4erp&#10;QO/sN+Wv5cVw9Z8YDgAAAFIhhpv/xHBQLWI4qk4MF2QRYrjGyg35uehjl56b7MqW/xz/257l1t8p&#10;fqzJaA8mv1X22rhOE8Ox07Lu8GdLnzOsFsuPr2+GC0YMV09iuDATwwEAAEAqxHDznxgOqiVcDNc4&#10;8h3FTScRYrgYy7qje66vewy3r3Vzfi6679Jzk822pUZrbU+j9YNPOHToicWPuPI6/cmnyl4f12b9&#10;yZuKmwo7Yn939LKsN3qo7HnD0l+2EcPdIoaL5KY7xXB1JIYLMzEcAAAApEIMN/+J4aBaxHBUnRgu&#10;xiLEcFc3Vm7c01h5pOz8ZI9vS41WMhFWezD+j2Wvkesw3wzHTmueOP0Xm93R7WXPG5b+st7o3WK4&#10;WDZjuFNiuLoRw4WZGA4AAABSIYZbxNY/LoaD6njqc17+TDEcVSaGi7EIMVx+Hnr9nsbKpy89N9kO&#10;rrHyj57QalX+w+lOf/Lu8tfJaU8Mx27IumcOlz1vWC12+rrbzl1THGoCeMWd68/vDNYGZc8hKU0M&#10;N20zhuuJ4QJMDAcAAACpEMMtYmI4qBIxHFWXHb//RjFc/SeGsx3eG4ofe2Xlr4m75a+V091WDPdJ&#10;MRw76tBt556UdYeDsucOS3u+GS4eMVw9ieHC7MP5sf764rADAAAAVSaGW8TGYjioEDEcVZcdH93Y&#10;7I3EcDWfGM52ekuNlYfzv76++PFXUmd1/Iby18uJrj9J5tfVkpZm90y77LnD0p4YLh4xXD2J4cJM&#10;DAcAAACpEMMtYmI4qJJYMVzr95cah8VwiRHDxZgYznZrGyH01Y3Dry4OQ+W0B+OXlb9mTm8b3wx3&#10;8z0XnlTcNNhRWXf4jrLnD0t3Yrh46hPDrYnhtmkeH35z/pgWw9V/YjgAAABIxVYMNxHDzXViOKgS&#10;MRxVJ4aLsTAxXMm5yea2h5567Q3PKw5Hpdy8+plr8tfJZy9/3ZzWxHDspvx54mvLnj8s3Ynh4qlL&#10;DJfvR8VwF4nhwkwMBwAAAKkQwy1iYjioEjEcVSeGi7GNGG7/rQ8cKg57LeXnoY1vhvvjS89NNuc1&#10;Vu65urHynOKwVEq7P/7X5a+f05gYjt2WP1f8eNlziKU5MVw8WzHcRAxXM2K4MBPDAQAAQCrEcIuY&#10;GA6qRAxH1YnhYkwMZ/Pe0vLKW55w6NATi8NTGZ3+2neVv4au/sRw7Lb9//6Tfy5/vvhI2fOIpTcx&#10;XDxiuHoSw4WZGA4AAABSIYZbxMRwUCViOKpODBdjYjhb2PYe/r+KQ1QZx97z2a/M36f8Wvlr6epO&#10;DMc8HDh+9mDZ84gludPX3XbumuLQEoAYrp7EcGEmhgMAAIBUiOEWsfHHj5165FuKQwAsWLAY7vfE&#10;cOkRw8WYGM4WusbKcKmx8qLiUFVGezD+vvLX09WcGI55aXaHP1r2XGJpzTfDxSOGqycxXJB1xXAA&#10;AACQDDHcIiaGgyrZiuEO/7vSOKBmE8OlSQwXY5sx3PEAMVzJuckqtMbKx6v2q1OPrn726flr6I9c&#10;/pq6emv318RwzE3WHfbLnk8snYnh4umsPnx9/nwhhqsZMVyQieEAAAAgHWK4RUwMB1Xy1Ofc9Myl&#10;5RUxHJWVnRjdmHWH95VekLfaLEwM55vhkthSY+UfFIetMjqr4799+evqak0Mxzztf8v9X97sDR8s&#10;e06xNCaGi0cMV09iuCDrDn/pQO+MGA4AAABSIIZbxDZiuLEYDipCDEfVieFiTAxnFdx9e/au7C8O&#10;XyUcuufCE/PX03dPv7au0PqTNxV/VJiLA70z31T2nGJpbCOGy06cu7Y4nAQghqunzRiuO/zPZY9z&#10;q9HEcAAAAJCOm04+/Hwx3LwnhoMqEcNRdWK4GBPDWVWXP0e+pTiElXFsMLk2f139/unX2BXYqclP&#10;+mY45i3rDf9u2fOKVX/5c78YLhgxXD2J4YJMDAcAAADpEMMtYmI4qBIxHFUnhouxrHvmnv3Hz4jh&#10;rJJbaqycv2q5tVIcyspon3rkGzv9yX2Xv95e0MRwLEizO/xnZc8tVu2J4eKpVwz3NjFcoXlCDBdi&#10;YjgAAABIhxhuAeuPP35sVQwHVSGGo+rEcDEWJoYrOTdZOsufR37zCYcOPbE4pJXRHowP56+xH7ns&#10;dfe859ekskBZb/SusucXq+7EcPF0VtdrE8O98cKFP1XcrPCaYrgYE8MBAABAOsRwC5gYDipFDEfV&#10;ieFiLEYM1/o7vhmuLmu9pjisldIeTG7uDMa/cdnr7zks/2c/2F4d/z1xAIvU7I7EGAlNDBePGK6e&#10;mice+Gbn3wATwwEAAEA6xHALmBgOKkUMR9WJ4WJMDGcJ7tTT9h/+c8XhrZROf+3r24PJqcteh+/m&#10;+uNfPXbn5GjxR4CFyXqjR8qeZ6ySO33dbeeuKQ4dAYjh6kkMF2RiOAAAAEiHGG7+a/fX//NRMRxU&#10;RrQYbk+j9brippMIMVyMZb3R+8VwluT2Ha5sANa658KT24PJ7Ze+Ht+djT9+5NTaVxT/aFiYZ73t&#10;3i/On1cmlz7PWPXmm+HiEcPVkxguyMRwAAAAkA4x3PwnhoNqEcNRdVn3/psyMVztJ4azxPf24jBX&#10;0hvfeOFPHetPjrZX105e+tp8J5a/n/pQp7/2Xcfe+d+fWvwjYaEO/uxv/+Wy5xqr1sRw8WzEcO3+&#10;eL7fXLo7E8NtI4YLsu7wlw7eevZvFIcdAAAAqDIx3PzX7o/FcFAhX/rsI18phqPKxHAxJoaz5NdY&#10;+Z979h7+5uJwV9bmt8WdmnxbezB+36Wv02daf/yr7dXx3zty+/m/UvwjoBKe3z3ztLLnG6vOxHDx&#10;iOHqqdkdfosYLsDEcAAAAJAOMdz8J4aDarnm2Ue+co8YjgoTw8VYjBhu5fWXnpeslqv0t8Rt1x58&#10;9i91Vtde3OlPfqQ9mLwnf53+mUtfu5euP/5sezD+cHuw9k+OnRq/vH3qM19W/C2hUq5/y+mvKHvO&#10;scrs9HW3nbumOFwEIIarJzFckInhAAAAIB03nVwXw815YjioFjEcVZd1RzflE8PVfL4Zzuq0/Pnm&#10;k1ftu+mvF4c+KTevfuaajUDu6OraK9v9tR9uDyY/0x6s39YZrPc2/vXR/trrOv3xSzt3rj2j+J9A&#10;pWU/O9pT9rxji1/+3P+u7MQZ3wwXSG1iuNXJj278CvLiZoUnhgsyMRwAAACkQww3/4nhoFquuVYM&#10;R7WJ4WJMDGc13WuLww8s0Nf/qwf/Qtlzjy12Yrh46hPDrYnhthHDBdlGDHdcDAcAAABJEMPNf2I4&#10;qBYxHFUnhosxMZzVdo3W24q7ALBgze7oM2XPQbaYieHiqU0M15/8iBjuIjFckInhAAAAIB1iuPlP&#10;DAfVIoaj6jZjuJ4Yru4Tw1mdt7S88odL+1aWi7sCsED5880flD0P2UJ2+rrbzl1THBoC6Ny1fn17&#10;MBHD1YwYLsay7vCX9ovhAAAAIA1iuPlvI4Zrn3rkm4tDACyYGI6qE8PFmBjOQqxx+HuKuwOwQM3u&#10;8ANlz0U23+XP/b4ZLhgxXD2J4WIsE8MBAABAOsRw858YDqpFDEfVieFiLE4M1/rvZecni7OlRuv2&#10;4i4BLFD+3PMvL30usvlODBePGK6exHAxlp+zPySGAwAAgETcdOf689unxHDznBgOqiVSDJfvQTFc&#10;erZiuOH9ZRfkrT4Tw1mkLS23PnnNvsNLxV0DWJBmd/ijZc9JNp+J4eJpDx7eL4arn80YrieGq/vE&#10;cAAAAJAQMdz8txXDjcVwUBGbMVxj5d+XfVhfw4nhEiSGizExnEXcUuPwi4u7B7Ag2fHRjWXPSzaX&#10;nb7utnPXFIeCAMRw9bQRw+Xv1z5e8hi3Gk0MBwAAAAnZjOEGa4PSi1u2KxPDQbWI4ag6MVyMieEs&#10;7g7/QHEXARakecvp55U9N9nuzjfDxSOGqycxXIyJ4QAAACAhrxDDzX1iOKgWMRxVJ4aLsfw4vz87&#10;8cBXF4e9lsRw9uhrvaO4mwCLcuHCFzW7fs3fPCeGi0cMV09iuBjLj/GH9h+/XwwHAAAAKdiI4Tpi&#10;uLlODAfVIoaj6sRwMRYjhlt5/SXnJLPte+gJhw49sbi7AAuSPx/1yp6nbOcnhotHDFdPYrgYE8MB&#10;AABAQsRw858YDqpFDEfVieFiLEQM1zj8Pb4Zzr7QlpZb+4q7DLAgze79ryx7rrId3+nrbjt3TfFj&#10;J4A6xXAXLlz4ouJmhSeGizExHAAAACREDLeIrf+qGA6qQwxH1YnhYkwMZ7Zt+458S3G3ARbk4K1n&#10;npU/Pz146fOV7dx8M1w87cG6GK6GxHAxJoYDAACAhIjhFjExHFSJGI6qE8PFmBjObHpXNVp/u7jr&#10;AAvU7I7+Tdnzlj3+ieHiqUsMd7Q/+ZEniOH+hBguxsRwAAAAkBAx3CImhoMqEcNRdftvOXNUDFf/&#10;ieHMLt/ScuufFHcfYIEOdM++uuy5yx7fNmK4ZvecXw0diBiunprdB74lfzyL4Wq+jRguOzH6uuKw&#10;AwAAAFUmhlvExmI4qJBwMdzyymuLm04ixHAxJoYze9S9vbgLAQt06M33PjnrDj9d9hxmM+/0dbed&#10;u6b4EROAGK6esuPDl4rh6r+sK4YDAACAZIjhFrD++FfbJ8VwUBViOKpODBdjIWK45ZXXbzsfmT3m&#10;LS23frO4GwELlvVG/7DsecyufL4ZLp7NGK4/vrP0WlFCE8NNE8PFWCaGAwAAgHRsxXATMdw8J4aD&#10;Srlm3+FnieGosv09MVyE+WY4sy+4TxV3JWDBmidGz8uftz5Z9nxmj31iuHjEcPUkhouxTAwHAAAA&#10;6RDDLWBiOKgUMRxVJ4aLMTGc2WNYY+WPi7sTUAHN3tl/WvacZo9tYrh4xHD1JIaLsUwMBwAAAOkQ&#10;wy1gYjioFDEcVSeGizExnNljXet/fdlzX/Lni7sVsGD7e8NnZN3hWtlzm33Bnb7utnPXFD9KAhDD&#10;1ZMYLsYyMRwAAACkQwy3gInhoFLEcFTd/t7oaNYbieFqPjGc2RXuOTdeXdy1gArIumd+ouz5zR59&#10;vhkunvrEcGtiuG2yE2K4CMvEcAAAAJAOMdwC1h//amfwyDcVhwBYMDEcVSeGi7EwMdyyGM52bkvX&#10;Hn5GcfcCKuD63v1fmT+n/fKlz3FWPjFcPHWJ4dqnJj8shrtIDBdjmRgOAAAA0iGGW8DEcFApYjiq&#10;TgwXZcP3ZSfur3cMt7zy+m3nI7Md2dXLR76iuIsBFdHsDv9W+XOdbZ8YLp6tGG4ihqsZMVyM5cf4&#10;F8VwAAAAkAgx3AImhoNKCRXDNcRwKdqM4brDM2UX5K1OCxDDbX0z3P+47Nxk9ji38Vxe3M2Aijh0&#10;27mnZCeGP1f+nGcbE8PFI4arJzFcjInhAAAAICGd1Yev74jh5rvNGG4shoOKEMNRdWK4KIsQwx35&#10;nvwcJIazXdn/9uwjf6W4qwEVsv+W4Vflr2M+VP7cF3tZ78y7mt37xXCBiOHqaTOG6w5/rexxbvWZ&#10;GA4AAAASIoZbwMRwUCnBYrjfzf8qhkvMgd7oaFMMF2BiOLPHuy9Zvvkpxd0NqJise/Zw1h3+Tvlz&#10;YNjdLoaL5aY7zmdiuPoRw8WYGA4AAAASIoZbwMRwUClbMVzrbWUfqtduYrgkieGiTAxn9ni31Fg5&#10;/4RDh55Y3OWACmp2z7yu/Hkw5E5fd9u5a4ofDQHUJobrT374CU8Qw32OGC7GxHAAAACQEDHcAiaG&#10;g0oRw1F1YrgoE8OZ7cSWGiv/rbjLARXWPDH6ifLnw1DzzXDBiOHqSQwXY2I4AAAASIgYbgETw0Gl&#10;iOGoOjFclAWI4ZZXXj91TjLbpS01WueKux1QYc89fvZLsu7wZ8ufF0NMDBeMGK6exHAxlvWGv5id&#10;uE8MBwAAACkQwy1i6x8Tw0F1iOGoOjFclEX4ZriVv5ufg3wznM1lS42V9xR3PaDiDr3xnidmveGH&#10;yp8f67usN/q4X5May02nzmftgRiubsRwMbYZw90ihgMAAIAkiOEWMTEcVIkYjqoTw0XZ8H3ZLWI4&#10;s53c0nKrV9z9gAQ0f+63/1r+mufW8ufJGq47+lcHbz3zrOLmE0C9Yjg+RwwXY2I4AAAASIgYbhET&#10;w0GViOGoumb3TLvZE8PVf2I4s13aG4q7IJCI7F+N9jS7w39a/nxZn2XdMz+z/y33f3lxswng2Kn1&#10;rCOGqx0xXIxtxnDd0dcWhx0AAACoMjHcIjYWw0GFiOGoOjFclInhzHZrS43Dx4q7IZCYZnf0k+XP&#10;mzVYftuKm0kQYrh62t+9/2WZGK72E8MBAABAQsRwi5gYDqpEDEfVieGiTAxntpu7au9KrR9fUHfZ&#10;ibOvanaH/7n8OTS9Zb3Rrx3onn11cfMIQgxXT/u7o5dl3ZEYruYTwwEAAEBCOqvrYri5TwwHVRIv&#10;hjvymuKmkwgxXJQFiOGWV15/2XnJbI77kuVveUpxdwQSlb112MyfM/9t+XNpUnt7duIBkW4wmzFc&#10;f3xX+bWidCaGm7YZw/XEcHWfGA4AAAASIoZbxMRwUCViOKpODBdlw/c1u2dfUBz2Wiq+Ge6hy85N&#10;ZvPbh4q7I5C4Q2+854nZ8eH3Zr3RQ+XPq9Vd1h2uZd3RGzZuQ3FzCEIMV09iuBgTwwEAAEBCxHCL&#10;mBgOquTq5RueLYajysRwUSaGM5vHlpZX/llxlwRq4kD3zP6sN3xL/lx6vvw5tjrLusP/2ewOb81O&#10;1PvbYCknhqsnMVyMieEAAAAgIWK4RWz8sWN3PvKS4hAACyaGo+rEcFEmhjOb15YaK68o7pZAzRw4&#10;fvZg1h3dU/5cu/hlvdFH9/eGLy7+uAQjhqsnMVyMieEAAAAgIWK4RUwMB1USK4Zr/e6e5ZYYLjFi&#10;uCgTw5nNa0vLK+Orl298dnHXBGqqeWL4zflz61uz7vDT5c+981vWG306/3P83EY084QLF76o+CMS&#10;jBiunsRwMSaGAwAAgISI4RawvhgOqkQMR9WJ4aJMDGc21zVaHy7umkAA+3vDZ+TPtT/W7I6G5c/D&#10;u7jNf+bwxzb+DMUfh6DqEsN1BuM3FjeJnBguzD4ohgMAAIBEiOEWsI0Yri+Gg6oQw1F1ze7Z9kI+&#10;uLU5L0AMt7zy+svOS2YL3FKj9abi7skcHDm19hU33TF+Zvvk2gsv3ca/v/GfH7rnwhOL/zrsqgPd&#10;M/vz59+fznqjj1/+nLwzK/7eP73xzyr+sQQnhqunzRiuO/z1S88BVruJ4QAAACAVGzFcuz8+dfmF&#10;Ldu1bcZwYzEcVIQYjqoTw0WZb4YzW8SubhzxunwXbIRtR1fXXpm//3lLezA51e5Phpe9L/o8y//7&#10;5/K/3p3vLUf7a6/biOWKvzXsikO3nXtKdnz40mbv7Jvy5+W7m93hg5c/V3/BfSrf3Rt/j42/18bf&#10;s/jbw6atGG4ihqsZMVyYieEAAAAgFWK4+S//eX/sqBgOKkMMR9WJ4aJMDGe2iC0ttz76Zc99yZ8v&#10;7qY8Dhvf6tbpj1/aHqzfVsRspe+HHs/ag8mD+fupX2ivnu/cfM+FJxX/aNg1h95875Ob3fv3Xd8b&#10;vjA7Prox/79fuX0b/97Gf7bx39n47xb/MyglhqsnMVyQdcVwAAAAkAwx3PwnhoNqEcNRdWK4KBPD&#10;mS1qS42VHy/upszo6Ora3+gM1nv5+50/uPT9z66uP36oc2r95zfeX/kVq0DVdVbPN8Vw9SOGCzIx&#10;HAAAAKRDDDf/ieGgWoLFcL8jhkuPGC7KxHBmi9zVjcM+3JzBq+/87Je2+2vf1u5P+mXvfea+/vie&#10;zur4b7cHn31a8UcEqAwxXD2J4YJMDAcAAADpEMPNf2I4qJarl2989p7GytvLPhiv3cRwSWqeEMPF&#10;mBjObJFbWl55b3FX5THa+Ca2o6trr2z3J8Oy9z2L3uavVB2MX+/XqQJVIYarJzFckInhAAAAIB1i&#10;uPmvPZj8ihgOqkMMR9WJ4aKs/jHcUqP1vfm5SAxn1V3j8PcUd1ceg/y9zY2dwdrg0vc7Fd0H2/3J&#10;t7148Nk/W/zxAeZODFdPB7qjlzXFcPWfGA4AAADSIYab/8RwUC1iOKpODBdlYjizha+x8vGrG4f/&#10;anGX5fM4cmrtKzr9ydvL3u9Ufv3JPZ2Tk+cUNwVgbsRw9SSGCzIxHAAAAKRDDDf/ieGgWsRwVF2z&#10;d6Yjhouws+8Vw5lVYI3DP1TcZfk88vc0r2oPxr9W9n4nleW34YGNX6P6hAsXvqi4WQC7qiYx3GfF&#10;cNMO3CqGC7Hu8IPNE8OvKQ47AAAAUGViuPmvPRiL4aBCxHBUnRguysRwZpVYY2W4Z+/hvcXdlhKd&#10;dzy0p9Of/HinP36o7P1OkutP/nnn3WvPKG4iwK6oRww3FsNd4kDv/peL4QJMDAcAAADpEMPNf2I4&#10;qBYxHFUnhosyMZxZZdZo/VRxt6XEzbdfeEpn41eNlrzXSX35e7XfbA8eflpxUwF2VGd1XQxXQ2K4&#10;IBPDAQAAQDq2YriJGG6OE8NBtYjhqDoxXJB16x/D5eeh1192XjKr4JaWW2tLz2pdU9x1ucTR1fWv&#10;zt/XDC59n1On5e/ZPtwZjL+puMkAO0IMV09iuCATwwEAAEA6xHDznxgOqkUMR9WJ4YKsO3xvs3t/&#10;7b8Zbmm59ZnS85NZxba0vPIjxV2XS7RPjr+53R9/pOy9Tv02vvfo6vljxU0HeFxqEcP1x5/trIrh&#10;tjvQG4nhIkwMBwAAAOno3LV+fXsghpvnxHBQLZsx3HKoGO7bi5tOIsRwQSaGM6vaPrT07CN/rbj7&#10;ss2xwfmDnf74obL3OrVdf/xIvpcWPwKAmWzEcO3V8XtKzzOpTAx3ma0YbiSGq/vEcAAAAJAOMdz8&#10;txHDtU898o3FIQAWTAxH1YnhgkwMZ1bBec4sk7+nuTHf6e3vcaKs3Z8M8/dzh4sfBcAVEcPVkxgu&#10;yMRwAAAAkA4x3PwnhoNqubqx8pw9YjgqTAwXZGI4s8otv7/+wjOe8eI/W9yFKeTvacLGcBc3/lin&#10;v/b1xY8E4DHp3LnebA/EcHUjhgsyMRwAAACkQww3/4nhoFrEcFSdGC7IAsRw+Xno9Zedl8yqvMbK&#10;IxuvE4q7MIWQvyb1UbbxTXE33fE/rip+NACflxiunsRwYfaB5i1iOAAAAEiCGG7+E8NBtYjhqLqN&#10;GC7rDkclF+OtTvPNcGZV3RuKuzCF/D2Nb4a7ZPl7vH958z0XnlL8iABKieHqaSuGG/5G6Wt8q9PE&#10;cAAAAJCK9uDh/WK4+W4rhhuL4aAixHBUnRguyMRwZpXcUmPl579k+VtETtvk72nEcI82gQjwedQl&#10;hjs2GP9QcZPIieHCTAwHAAAAqRDDzX9iOKgWMRxV1+yd7WS9kRiu7hPDmVVyS42V/3T18uHnF3dj&#10;cvl7mhs7/bX7Ln2fY1tr98d/lL/H7hQ/LoA/IYarJzFcmInhAAAAIBViuPlPDAfVIoaj6sRwQSaG&#10;M6vmGit/vNQ4fKy4G5PL39Pc2OlPxHBfaP3xR286Of7rxY8NoIjhJmK4mhHDhZkYDgAAAFIhhpv/&#10;xHBQLWI4qk4MF2Td4XsP3Hr2YHHYayk/D73+svOSWRr7yeJuTC5/TyOGu7L9aPGjA4ITw9WTGC7M&#10;xHAAAACQCjHcAnZq8stiOKgOMRxVJ4YLsgAx3NLew3/PN8NZiltqtG552rMOf2lxVw4vf08jhrvS&#10;9Sfn2qfWa/3tn8AXdrR//oAYrn42Y7ieGC7AxHAAAACQCjHcAtaf/HJ7VQwHVRErhlv5r2K49Ijh&#10;gkwMZ1bZLTVa//qaa1/+9OKuHN6xwfmDnf74odL3OvZ51+6Pf6H4MQIBieHqSQwXZmI4AAAASIUY&#10;bgETw0GlbMVwrf9Q9uF37SaGS5IYLsjEcGaV3dLyyruvXr7x2cVdObz8PY1vhnscy99//49Of+3r&#10;ix8nEIgYrp7EcGH2gQO9cy8sDjsAAABQZWK4BUwMB5UihqPqsuPDY2K4ABPDmVV2S8sr79uzd2V/&#10;cVcOL39PI4bbgbX7k58tfqRAEHWI4dr98WfbYrgpYrgwE8MBAABAKsRwC1h/LIaDChHDUXViuCAL&#10;EMPl56HXX3ZeMktjDz71OS9/ZnFXDi9/TyOG26n1x7/XWT3fLH60QM2J4eqpefzMDWK4EBPDAQAA&#10;QCpuvv3CUzqDyelLL27Z7q09mDx40x1jH6ZBRYjhqDoxXJD5Zjizyi6/3350qXH4xcVdObxjg/MH&#10;O/3xQ2XvdWzG9SdvKn68QI3VIoYbjP+XGG6aGC7Khh840BuK4QAAACAFN69+5prOqfWfL7vAZbs0&#10;3wwHlSKGo+rEcEEmhjOr7MRw09qrk5t8M9zOr90f//pNd1y4qvgxAzUkhqsnMVyUieEAAAAgKe3B&#10;2j8pu8BluzQxHFSKGI6qE8MFWYQYblkMZ2lODDdNDLe7y3++K8WPGqiZo/11MVwNieGiTAwHAAAA&#10;SekMxt9bdoHLdmn98S8fGzzyN4sfP7BgYjiqTgwXZGI4s8pODDdNDDePjW8pftxAjYjh6kkMF2Rd&#10;MRwAAAAkpT2YdPI9WHaRy3ZhYjioFDEcVSeGCzIxnFllJ4abdmxw/mD+nuah0vc6tnPLf8aH7rnw&#10;xOLHDtTAZgzXH99d+phPZGK4y4nhgkwMBwAAAGk5cmrtK9qD8afLLnLZzm8jPLzpjvEzix8/sGDh&#10;Yrh9K99W3HQSIYYLso0Y7rgYzqyK24rhVl5U3JXD881wc96djwgxoSbEcPXUPH72hvz1vBiu7hPD&#10;AQAAQHrag/HPlF3ksl3Y5jfDjX0zHFTEnr2H94rhqLLshBguyO4Ww5lVc2K4aWK4+S9/v/4DxY8f&#10;SJgYrp7EcEHWHd0jhgMAAIDEtO9Y+7p2f/Lfyi502Q5PDAeVIoaj6jZjuO7wbOkFeavTxHBmFZ0Y&#10;bpoYbjFrDybvKA4BkCgxXD1txnDd4W+WvL63Ok0MBwAAAGlqD8bdsgtdtuP7T2I4qI5wMdxeMVxq&#10;xHBhFiOGa7QeLj0/mVV4YrhpxwbnD3b644cueY9j81j+cy8OA5AgMVw9NU+I4UJMDAcAAABp2gi0&#10;Ov3Jfy+72GU7OjEcVIgYjqoTw4WZGM6sohPDTWuf8s1wi157MH5WcTiAhNQmhju1/oPFTSInhgsy&#10;MRwAAACkqz0Y/8uyi122oxPDQYWI4ag6MVyYBYjhjvy9pcaKGM6SmxhumhiuGjvaf+T/LA4JkIj6&#10;xHBjMdw2YrgYy7qje64XwwEAAECabrpj/Myyi122c2sPJg9u/JyLHzmwYGI4qk4MF2ZiOLOKTgw3&#10;bSOGaw/W7r/0fY7Nf8dOrb+uOCxAAmoRw/XH/yufGG4bMVyMieEAAAAgcZ3V8RvKLnjZTm3sm+Gg&#10;QsRwVF124oFjWXckhqv/xHBmFZ0YbtqxwfmDnf74ofL3Ojb3nZr8ZHFogIrbiuEmYriaEcPFmBgO&#10;AAAAaqAzmAwuveBlOzUxHFSJGI6qE8OFmRjOrKITw03b+ma4iW+Gq9TG3eLwABV20x3nD4rh6kcM&#10;F2NiOAAAAKiBo/3J3k5//N/LLnzZ450YDqpEDEfVieGibHj3geP3ieHMKjgx3DQxXFW3/u+KQwRU&#10;1E2D8wfz86cYrmbEcDG2EcPtv/WBQ8VhBwAAAFLVPrX+2rILX/Z4J4aDKgkVwy2vfEoMl5793eEr&#10;xHARJoYzq+rEcNPEcNVdflxOFYcJqKDNXzMthqudrHvmsBiu/hPDAQAAQI20B+N/VXbxyx7PxHBQ&#10;JUUM946yD79rODFcgsRwURYhhlv5/4vhLMWJ4aZtxhz98UPl73Vs4etP7ikOFVAxYrh6EsPFmBgO&#10;AAAAasYHHTu79mDy4E13jJ9Z/HiBBRPDUXViuCgTw5lVdfl99yNiuIt8M1wS+2BxuIAKEcPVkxgu&#10;xjZjuONiOAAAAKiNY3d/9qntwfh/lV0Esytfu++b4aBKxHBUnRguysRwZlWdGG6aGC6ZnSwOGVAR&#10;dYjh8v1PMdw0MVyMieEAAACghm66c/zMkgtgNsPEcFAtYjiqTgwXZcO7D/ZGB4rDXktiOEt1Yrhp&#10;Yrh0lr/3/NfFYQMqQAxXT2K4GBPDAQAAQE21T55/QclFMLvCbcRwr+g/8n8WP1ZgwcRwVN1mDNcT&#10;w9V/Yjizqk4MN+1o//xRMVw6y99//mxx6IAFq0cMNxbDXUIMF2P5cb5n//EzYjgAAACoo6Or45eX&#10;Xwyzx7qNGO6oGA4qQwxH1YnhokwMZ1bVieGmHe1PxHCJrT0Y/1Bx+IAFOjZYF8PVkBguxsRwAAAA&#10;UHPt1bXXll8Qs8cyMRxUixiOqhPDRZkYzqyqE8NNE8Olufbg/M3FIQQWRAxXT5sxXE8MV/fl78nf&#10;L4YDAACAmmv31364/KKYfaG1B5MHb7pj/MziRwksmBiOqhPDxVjWG969XwxnVsmJ4aaJ4dJd+9Ta&#10;C4vDCCzAZgzXH7+37PGZzsRwlxLDxZgYDgAAAIJo98f/V/mFMft82/pmuLFvhoOKiBbDXd048uri&#10;ppOIrRhu+EDZBXmrz8RwZtWdGG6aGC7x3bX2V4tDCcyZGK6esu7Zw1lvdG/Za3yrz8RwAAAAEMjG&#10;ByHlF8fs0SaGg2rZ85wbGmI4qkwMF2OBYrjzJecms0pPDDdNDJf61j/eetuFP10cTmCOxHD1JIaL&#10;MTEcAAAABNPpr319+QUyK5sYDqpFDEfVieFiTAxnVt2J4aaJ4Wqw/vjW4nACcySGqycxXIyJ4QAA&#10;ACCgo6uTfeUXyezStQeT/yiGg+qIFcO1PnV147AYLjFiuBjLumI4s6ouv9+K4bYRw9VjR/tr31Uc&#10;UmBOxHD1JIaLMTEcAAAABPWKkw9/efmFMts+MRxUixiOqhPDxVgmhjOr7DZjuOUj31DclcPbjOH6&#10;a2cufZ9j6a09WN9fHFZgDuoSw3VOrb+huEnkxHAxJoYDAACAwFpvu/DFnf7kj8svmNnGxHBQLWI4&#10;qk4MF2OZGM6sshPDTTs2OL8Rczx06fscS2/t/mRYHFZgDuoTw43FcNuI4WJMDAcAAAA8od2f3Fl+&#10;0czag7EYDipEDEfVieFiLBPDmVV2Yrhpx/qTo53+xDfD1WTtweTHikML7DIxXD2J4WJMDAcAAABs&#10;ap8a/2D5hbPYE8NBtYjhqLr93QfEcAGWieHMKjsx3DQxXM3WH3/2FXc+8jXF4QV20VYMNxHD1YwY&#10;Lsay7uj92YkHvro47AAAAEBk7cHa15VfPIs7MRxUixiOqjtwy+jmrDcSw9V8WXf0HjGcWTUnhpsm&#10;hqvh+pP3FocX2EXtk+dfIIarn+z4sCWGq//EcAAAAMCUm++58KTOYP1j5RfR4m0jhuvc+ciLix8P&#10;sGBiOKpuI4ZriuFqvxgxXOvvi+EsxYnhponh6rl2f/w9xSEGdokYrp7EcDEmhgMAAABKdfrjf15+&#10;IS3WxHBQLXuec2Njz/JKlBjuk2K49BzoieEiTAxnVt2J4aYdu1MMV8e1++P/3Hn32l8tDjOwC8Rw&#10;9SSGizExHAAAAPCojvYnR8ovpsWZGA6qZSOGW2qsvLPsw+/6TQyXIjFcjInhzKo7Mdw0MVx91+6P&#10;f7A4zMAuEMPVkxguxsRwAAAAwOf1ipMPf3mnP/7F8otq9Z8YDqpFDEfVieFiTAxnVt2J4aYdG5w/&#10;mL+fe6jsvY6lvfy96qdvvv3CU4pDDewwMVw9ZSfEcBEmhgMAAAAek6P9te8qv7BW74nhoFr2XCuG&#10;o9rEcDEmhjOr7sRw0/L3NO18vhmupsvfr/5QcaiBHVaLGK4/eaSzKobbTgwXY2I4AAAA4DE7dvdn&#10;n9ruj+8uvcBW04nhoFrEcFSdGC7GxHBm1Z0Yblr+nkYMV+/94s2nLnxFcbiBHVSPGG4shruEGC7G&#10;xHAAAADAFesMJq++7AJbTSeGg2oRw1F1YrgYE8OZVXiNlQ+L4S7K39OI4Wq+o/3JtxeHG9hBYrh6&#10;EsNF2fB92Yn7xXAAAADAlWm97cKTO4PJycsutNVsYjioFjEcVSeGizExnFmFJ4abcmxw/mCnP36o&#10;7L2O1WT9yT3F4QZ2UPvU+gs6p8RwdSOGizIxHAAAAPA4HO2PX1J6wa0maw8mD950x/iZxc0FFkwM&#10;R9VtxnDd4bnyC/JWl4nhzCo8MdyU/D2Nb4ar+dqD8a90VtebxSEHdshGDJc/vt5X9rhLZmK4y2zG&#10;cN3hfyl7jW91mhgOAAAA2AGd/uQnL7voVoNtfTPcmm+Gg4oQw1F1YrgYixPDtdbKz09mFZ4Ybkr+&#10;nkYMV/O1++M/ag8mneKQAztEDFdPYrgoE8MBAAAAO+SmO/7HVe3B+LbLLr4lvHZ//B87q2I4qIpI&#10;MdzScuuTVzVarypuOokQw8WYGM6swhPDTcnf04jhAuzYYPxDxSEHdogYrp7EcFEmhgMAAAB22CtO&#10;TZ7dHkxOXXYRLsX1Jx8Vw0F1LO1bWRbDUWViuBjLusP37O/dJ4Yzq+LEcFPy9zRiuABrD8Zvufn2&#10;Tz+lOOzADhDD1VN24oFW1h2J4Wq/4fuyW8RwAAAAwC5oDx75us5g/PHSC3KpTAwHlSKGo+rEcDGW&#10;dYfvyd46bBaHvZbEcJbsxHBT8vc0YrgQG//bo6vnn14cdmAHiOHqSQwXZWI4AAAAYJe1T669cPMC&#10;XNmFuYqvPZg8eNMd42cWNwVYMDEcVSeGi7FMDGdW3YnhpuTvadrt/ni4/T2O1W/t/qT/isGkURx2&#10;YAfUJYY7Nlj/geImkRPDRZkYDgAAAJiT9mDSaffHv1Z6ga66O7kR8xU3AVgwMRxVJ4aLsUwMZ1bd&#10;NVofXlq+QQxXODY4f7DTHz90yXscq99O37z6mWuKww7sADFcPYnhokwMBwAAAMxZp7/29e3+5M7S&#10;C3WV23rPN8NBdYjhqLrNGK4nhqv7so0Y7niAGG5ZDGcJTgw3JX9P087fe/lmuLqvP7nH/xMX7Kz6&#10;xHBjMdw2YrgoG76v2T37guKwAwAAAMzP0f5kb6e//nOlF+wqsHZ/vHa0v/bjN99+4SnFHxlYMDEc&#10;Vdfs3v9KMVz9l4nhzKo7MdyU/H2NGC7CxHCw47ZiuEnSMVy7P36kLYabsr87XBHDRZgYDgAAAFiw&#10;bx18dqm9uvZTncH4f5ZdvFvY+pNznf7adxd/TKACxHBUnRguxrIIMVyj9X1iOEtyYrgp+fsaMVyE&#10;ieFgxx1dPf/VYrj62YzhemK4+k8MBwAAAFTI0f74Je3B+DfLLuLNe+3B5PbOyclzij8aUAFiOKru&#10;+t7whVlv9FD5BXmr0U5fd9u5a4rDXktiOEt2jdaH9+w7/PXFXTm8/H2NGC7CxHCw48Rw9SSGizIx&#10;HAAAAFBBR1f/+C8f66+/rt0ff6Dsgt5ur92fvO3YqfHLiz8OUBFiOKruQO/sN2W90b3lF+StLst8&#10;M5xZdSeGm5K/txHDRZgYDnacGK6exHBRJoYDAAAAKu7m1QvXtAfj13f644+WXdzb8fUn7z7anxx9&#10;44ULf6r4IwAVESuGW/ltMVx6shMPfHWzN/rw5RfjrU7LxHBm1Z0Ybkr+/kYMF2H98T3HBuuHisMO&#10;7AAxXD0d6A5X8tfzYrjaTwwHAAAAJOTmey48qTOY3Ng5tf7z+V//YPtFvse7zQ+J+pM3HV1d+xvF&#10;Pw6omK0YrnV76YffNZsYLk2Hbjv3lGZvdPryi/FWs/k1qWZVnRhuSv4+RwwXYWI42HFiuHoSw0WZ&#10;GA4AAABI2MavU22feuQb24PJT3QG4w92+uNHyi4APtra/fEftfuTO/L/7d9vnzz/gje+0bfBQZWJ&#10;4ai6Q2++98lZb3Si/IK81WX5Mb7LN8OZVXRiuCnt1fMdMVyAieFgx9UihhtM1sVw08RwUSaGAwAA&#10;AGpm49vjjpxa+4r2ybUXdgaTGzd/xeqpyU+2B+u3tftrP3y0v/a6Tn/80vbg4f0b/73ifwYkQAxH&#10;Cprd4feXX5C3ukwMZ1bhieGmiOGCTAwHO04MV09iuCg7+14xHAAAAACQBDEcKciOj25sdoe/V35R&#10;3uowMZxZhSeGmyKGCzIxHOy4esRwYzHcJcRwUSaGAwAAAAASIYYjBYduO/ekZm/0qcsvyFuNdvq6&#10;285dUxzyWhLDWbITw01pr07EcBEmhoMdJ4arp80Yrjv8rZLX91andcVwAAAAAEAiQsVwDTFcyrLe&#10;2R8uvShvtVigb4Ybl52fzCo9MdwUMVyQieFgxx1dXRfD1ZAYLsi6w/c2u/eL4QAAAACA6hPDkYoD&#10;x88ezHrDB0ovzFvyixHDHfm+peUVMZylNzHclPZg0sknhqv7xHCw4zZjuP74/aWPuUQmhrucGC7I&#10;xHAAAAAAQCrEcKSk2Rv+QumFeavDAvyaVDGcJTox3BQxXJCJ4WDHieHqSQwXZGI4AAAAACAV0WK4&#10;peWVby1uOglq3nLmG7Lu8DOlF+ct6flmOLMKr9H6JTHcRWK4MHv/scF5MRzsIDFcPYnhgkwMBwAA&#10;AACkYmm5tU8MR0qy3vAtpRfnLemJ4cwqPDHcFDFcmInhYIfVIobrj9fbq2K47Q50H1hpdkdiuLpP&#10;DAcAAAAApEIMR2r290YHmt3R75VeoLdkJ4Yzq/DEcFM2Y7j+eFQWSVitJoaDHSaGq6cDt4rhQkwM&#10;BwAAAACkQgxHipq9s28qvUBvKe/0dbedu6Y4xLUkhrNkJ4abIoYLMzEc7LDaxHD99e8vbhI5MVyQ&#10;dYfvPXDr2YPFYQcAAAAAqC4xHCm67s33XpP1RveWXqS3JOeb4cwqPDHcFDFcmInhYIe94q71r+4M&#10;xHB10+wNj4jhAkwMBwAAAACkQgxHqrLu6KbSi/SW5PLjGSCGW/kHYjhLcmK4KVsx3EQMV/+J4WCH&#10;1SeGG4vhthHDBZkYDgAAAABIhRiOlGXdUa/0Qr0lt6w7vKt5YpgVh7aWxHCW7MRwU8RwYSaGgx0m&#10;hqsnMVyQieEAAAAAgFSI4UjZoTff++SsN3qo9GK9pbbT19127pri0NaSGM6SnRhuihguzMRwsMM2&#10;HlMbj61LHmtJTQx3OTFckInhAAAAAIBUiOFIXbM7/JbSi/WW1DLfDGdW3YnhpojhwkwMBztMDFdP&#10;YrggE8MBAAAAAKkQw1EH2Ynhj5ResLdklonhzKo7MdwUMVyYvX/jVzoWhx3YAWK4ehLDBZkYDgAA&#10;AABIRbAY7hNiuPpqdoerpRftLYllYjiz6k4MN0UMF2VjMRzsMDFcPYnhgmwjhjsuhgMAAAAAElDE&#10;cO8q/fC7ZhPD1duh2849KesO10ov3FsKO33dbeeuKQ5nLYnhLNmJ4aYcXT1/TAwXYWI42GliuHoS&#10;w4XZ3WI4AAAAACAJYjjqJDt+9rqSi/aWwDLfDGdW3W3GcCt/o7grhyeGi7F2f/z+o6tiONhJdYjh&#10;8k3EcNO2Yrjh6bLX+FarieEAAAAAgDSI4aibrHvmcMmFe6v4MjGcWXUnhpsihosxMRzsPDFcPYnh&#10;wkwMBwAAAACkQQxHHWW94d8tuXhvFV4WJ4ablJ2fzCo9MdyUo6sTMVyAieFg59UjhhuL4S4hhgsz&#10;MRwAAAAAkAYxHHXVPDH6mZIL+Fbdnb7utnPXFIevlsRwluzEcFPEcDEmhoOdJ4arJzFcmInhAAAA&#10;AIA0iOGos2Zv+G9LLuJbBZf5Zjiz6k4MN0UMF2NiONh5xwbrhzr98T1lj7l0Joa71GYM1xPD1X/D&#10;uw8cv08MBwAAAABUnxiOusu6Z95dfjHfqrRMDGdW3YnhpojhYkwMBztPDFdPYrgoE8MBAAAAAIkQ&#10;wxFBsze6+/KL+Vax3dkUw5lVc2K4KcdWJ8c6Yrjarz2YvE8MBztLDFdPYrgoE8MBAAAAAImIF8Md&#10;eWVx0wkm640+Un5R3yoyMZxZVSeGmyKGi7GtGO68GA52kBiunsRwUTa8+2BvdKA47AAAAAAA1XVV&#10;44ZrxXBEkfWGHy2/sG8VmBjOrKoTw03ZiuHGZ8sjCavLxHCP39KzWk/es9zq5M9/P5+fSz6Uv+c4&#10;t6ex8sjWeWXl0/lfT+f/3j35X38y/6tvGwpADFdPYrgoE8MBAAAAAIkQwxFNszt8b/nFfVvwxHBm&#10;VZ0YbooYLsbEcI9Pfu546dJy6+4/id8e4/L3JX+QP1e+Zenaw88o/lbUSF1iuM6p9X9Q3CRy2fHR&#10;jflreTFc7SeGAwAAAAASESuGa31iabklhmPjV6a+q/wCvy1wtY/hrtrb+n4xnCU5MdwUMVyMieFm&#10;9kVXN1ZuzF933156PrmSNVq/s9RY+X+ubtx4ffH3JnFiuHoSw8VY1hvevV8MBwAAAACkQAxHVM3u&#10;6N+UXeS3hU0MZ1bdfUgMd9GxU2K4CBPDzWbrV6OuvP2Sc8jjXv4afs3r+PSJ4epJDBdjYjgAAAAA&#10;IBliOCJrnhj9TNmFflvITl9327lrikNTS2I4S3hiuG02Y7jBRAxX84nhZnP18pEX5q+37yg5j+zM&#10;Gq31/K8/ec2+w0vFP5KE1CeGG4vhthHDxVjWFcMBAAAAAIkQwxFds3fm75Rd7Le5zzfDmVV3Yrht&#10;xHAxJoabTf56+2C+Pyg5j+z48tf1dz/96Tc/qfhHk4CtGG4ihqsZMVyMZWI4AAAAACAVYjh4whMO&#10;9EYvL7vgb3Nd7WO4PXtb35+fi8RwluLEcNuI4WJMDDebqxsrN+bnjNOXnEN2d43DP/OsZ7W+uPgj&#10;UGHtk2svFMPVjxguxjIxHAAAAACQis0YblkMBwd7o+eWXfS3uU0MZ1bdieG2EcPF2EYM1z61/oLi&#10;sPMYLSSGK7bUOPJ9xR+DiqpFDNcfT/KJ4bYRw8VYJoYDAAAAAFIhhoOLDt127klZd7hWdvHfdn2n&#10;r7vt3DXFoaglMZwlvA/t2SuG+xwxXIy1B2Mx3Azy19sH83PGQ5ecQ+a3xsojT12+4YXFH4eKEcPV&#10;kxguxrLu6D1iOAAAAAAgCVc1brx2aXklSgx3TgzHY5H1Ru8q+wDAdnV3Nm/xzXBmFZ0YbptO//wr&#10;OmK42k8MN5tFfjPc1Borq1/6/PZfKv5YVIQYrp6yE6Mbs+7wvpLX91ajieEAAAAAgGQUMdy7Sz9E&#10;qtnEcFyJ5vHRD5V9CGC7NjGcWXUnhttGDBdjYrjZFDHcfZecQxa51xZ/NCrgaH+yt9Mf31X2mEtm&#10;/clYDDdNDBdjYjgAAAAAIBliOHh02YnRN5Z9EGC7sjsPdM/tL370tbQZwzVa62XnJ7OKTwy3jRgu&#10;xsRws1n4r0ktW2Nl+IRDh55Y/BFZoGN3f/ap7cH6bWWPuWTWH4vhLiGGizExHAAAAACQDDEcfH6H&#10;bjv3pKw3eqjsAwHb0Z2+7rZz1xQ/9lras08MZ8lODLeNGC7GxHCzqeA3w/3JlvYdaRV/TBaofWry&#10;02WPuZSWnx9eX9wccmK4GBPDAQAAAADJEMPBY5P1zr6l7EMB27HV/5vhxHCW7sRw23T6EzFcgInh&#10;ZlPlGG5jS42V/6f4o7Ig7cEjX9cZjP+g7HGXwtr98fiob4abIoaLMTEcAAAAAJAMMRw8dtmJB1pl&#10;HwzYjkwMZ1bdieG2EcPFmBhuNlWP4TaWv/f5SPHHZUE6q+Ne2eMuhYnhLieGizExHAAAAACQDDEc&#10;XJnr/uV/fWrWHf562QcE9rgmhjOr7j60Z++RryvuyuGJ4WJMDDeb/PX2wfyc8dAl55BKbulZrVr/&#10;evYqO7o62Vf2uEtlfk3qNDFcjInhAAAAAIBkiOFgNs3e2TeVfUhgM+/0dbedq/WH0mI4S3hiuG3E&#10;cDEmhptNCt8Mt31XL698TfFHZ87a/ck/KnvsVX2+Ge5yYrgYy4/xe7K3DpvFYQcAAAAAqC4xHMwu&#10;O372umZv9KlLPyiwmeab4cyqOzHcNmK4IDs1ea8Y7sqlFsNtbm/rpuKPzzxduPBFncH4l0offxWe&#10;GO5yWff+mzIxXO2XH2MxHAAAAACQhnAx3L7WzcVNhx2T9Ub/vOwDA7uiieHMqjsx3DZiuCDrT97b&#10;PnleDHeFNsKy/JyRVgy3Nb/2cgE2HmOlj78KTwx3OTFcjOXH+D3ZcTEcAAAAAJCAq/aufJUYDh6/&#10;5i3Dr8l6o/+37IMDe0wTw5lVd2K4bTZiuHZ//MD2OMJqODHcTPLX2wfzc8ZDl5xDklj+Z/++4mYw&#10;R+3B+ZtLH4MV3UYM1x6su69sI4aLsfwYi+EAAAAAgDSI4WBnNU+MfqbswwP7gqt/DLd8+AfEcJbo&#10;xHDbiOGCTAw3k4S/GW5z3issRnt1/PdKH4cV3FYMNxbDbZN1RzflE8PVfJkYDgAAAABIhRgOdt7+&#10;3tnnZ74d4UonhjOr7sRw24jhgkwMN5PUY7iNLTVWXlTcHOYof9z948sehxWcGO5yYrgYy8RwAAAA&#10;AEAqxHCwe5q94Q+UfZBgpRPDmVV3YrhtxHBBJoabScq/JnX7nvqclz+zuEnMUXuwflvp47Fiaw/G&#10;ry/+yOTEcDGWieEAAAAAgFSI4WB3Hbrt3JOa3dGw7AMFm9rp6247d03xY6slMZwlPDHcNlsx3EQM&#10;V/eJ4WZSh2+G29hSY+XeL31++y8VN4s5yh97P176mKzIfDPc5TZjuJ4Yru7LxHAAAAAAQCrEcDAf&#10;+7ujl2W94W+XfbBg+bqjUwe6Z3wznFk1J4bbRgwXZGK4mdQlhttY/h7pRHGzmLPO6vhvlz4uKzAx&#10;3OXEcDGWH+O7xHAAAAAAQBLEcDBfWW/4d8s+XAg/MZxZlSeG20YMF2RiuJlsxXCt+0vOI0nu6sbh&#10;Vxc3jTnLH4c3Xva4rMj8mtRpYrgYE8MBAAAAAMkQw8H8Pff4x/5Mszf6F5d+wBB6YjizKu8XxXAX&#10;ieGCrD9577HB+sHisPMY5a+3D+bnjIcuOYeku8bKp79k+VueUtw85qw9GD8rfyz+UeljdEHzzXCX&#10;24rhhveXvsa32kwMBwAAAAAkQwwHi3Pozfc+OesNf6Xsw4aAO33dbeeuKX40tSSGs4QnhttGDBdk&#10;/bEYbgZ1+2a4zTVaP1jcPBYkf0y++7LH6IImhrucGC7GxHAAAAAAQDJCxXDLKw+I4aii62+5//qs&#10;O3p/2YcOYRbnm+EeKTs/mVV8Yrht2ifP3yyGCzAx3EzqGMMtNVq/vHTt4WcUN5EF6ayOv7f0sbqA&#10;+TWp08RwMSaGAwAAAACSsRXDte4o++CnbtuM4faK4aiu5okz39DsjX710g8eQixEDHfkB/Y0VsRw&#10;luLEcNu0B+dvbg/EcLWfGG4mtfs1qZ9bo/W64iayQJ2Tk+V2f3K69DE7p+Xn/zXfDDdNDBdjYjgA&#10;AAAAIBliOKieA8fPHsx6o4fKPoSo8QL8mlQxnCU7Mdw2YrggE8PNpJa/JnVjjda/ePqhm59U3EwW&#10;rDMYv7H0cTuHtfvjtfaqGG47MVyMieEAAAAAgGSI4aC6slvu/8asO/xQ2YcRdVt+O//N/ltGe4ub&#10;XktiOEt4YrhtxHBBJoabSV1juKVG6/alZx/5a8XNpAJuvv3CU9qD8adLH7+7PL8mdZoYLsbEcAAA&#10;AABAMsRwUH0Hjt93sNkbnbz0A4ma7V+84K3Dv1Lc5FoSw1nCE8Nt0x5MxHARJoabSW1/TeryyoNf&#10;uvdlTytuJhWSn49flT9m/9/LHsO7NN8MdzkxXIzlx1kMBwAAAACkQQwH6Tj05nuf3OyOTpV9OJH+&#10;hj9W3MzaEsNZumv94p69N4jhCmK4IBPDzWTP3sNHa/nNcMutjy41Dr+4uJlUUGd1/IbSx/IOTwx3&#10;OTFcjG3EcM0T57LisAMAAAAAVJcYDtLz3ONnv6R5/MwPNXujP7z0Q4oUl/VGv5adOPuq4ubVlhjO&#10;0p0YbjsxXJCJ4WayZ58YjsXqnFr/+dLH9A7Or0mdtv+WM0fFcPWfGA4AAAAASIYYDtLW7J3pNHvD&#10;Xy77wCKdDd95oDd8YXGTaksMZ+lODLedGC7M7hbDXTkxHFXwql/67F9s9yc/3OmPHyp5bD+u5ef/&#10;32r3176t+EeRE8PFWNYd3tU8MRTDAQAAAADVJ4aDejjYGz232Rv+02Z39EdlH15Udt3Rb+0/PvwH&#10;z++eeVpxU2pLDGfpTgy3nRguzMRwMxDDUTXtwfjwTkZx7f5k2Dk5eU7xtycnhouxTAwHAAAAAKQi&#10;XAzXWHlFcdOhtrLumZdkvdG/L/sQo0rLusNPN7vDf9Y8MXpe8Uevtfw89AYxnKU5Mdx2mzFcf3xu&#10;exxhtdzdxwbnxXBXSAxHVb3izvXn54/rf9Lpjz91yWP9MS8/9/9ae7D+fZ271v5q8bclt78nhouw&#10;TAwHAAAAAKTiqr2t54rhoL6y48OXZr3hh8o+0Fjkst7okWZv+AvN7v37ij9q7eXnITGcJbrWL17d&#10;OPy1xV05PDFcmInhZiCGIwU3r37mmvapyU9vfstb+eO/ZOOPt1fH33fz7ReeUvxtKIjhYiwTwwEA&#10;AAAAqRDDQRAXLnzRgd7o5Vlv+K+bveHDZR9wzG3d0SeavbNvyk7c/9XFny6E/DwkhrNEJ4bbTgwX&#10;ZmK4GYjhSNHGrz3trI6/N3/cvyU/x9/e6U/u2Vh+rv+F/F//TKe/9t3twcO1/5X+sxLDxVgmhgMA&#10;AAAAUiGGg5iy48Nm1h29Id/7yz7s2I1l3eGn870j6579rut7576y+KOEkZ+HxHCW6MRw24nhwkwM&#10;N4N6x3ArLypuJrDN/t7oaNYbieFqvkwMBwAAAACkQgwHbNj4daVZ78z3NbujU1lv9FDZByAzrzt8&#10;cOtXop553fO7Z8J+q0Z+HhLDWaITw20nhgszMdwMxHAQjxguzO5siuEAAAAAgBSI4YAyh954zxMP&#10;dM/s3398+N0bv9K02RudbHaHv5l1h2uXfCgytfw//3TWG/5K/n+/vdkd/WSze/8rs+P3PbP424aW&#10;n4fEcJboxHDbbcVwEzFc/SeGm4EYDuIRw4WZGA4AAAAASIMYDpjVdbedu+b6t5z+is/t0JvvfXLx&#10;H1EiPw+J4SzRieG2E8PFWH6M777pDjHclRLDQTybMVx3eKYknrJ6TQwHAAAAAKRBDAcwH/l5SAxn&#10;iU4Mt50YLsY2Yrij/fUDxWHnMRLDQTxiuDATwwEAAAAAaRDDAcxHfh7aiOH+56XnJrPqTwy3nRgu&#10;xsRwsxHDQTwHeqOjTTFchN3ZvEUMBwAAAAAkQAwHMB/5eUgMZ4lODLfd0dW1V4rh6r92fyyGm8Fm&#10;DNdonSk/l6Q7MRw8OjFcmInhAAAAAIA0BIvhzorhgEXJz0NiOEt0YrjtxHAxJoabjRgO4hHDhZkY&#10;DgAAAABIQxHDnSz70KduE8MBi5Sfh8RwlujEcNuJ4WJMDDcbMRzEI4YLMzEcAAAAAJAGMRzAfOTn&#10;ITGcJbrWB8VwF3VW117ZEcPVfmK42ezZd0QMB8GI4cJMDAcAAAAApEEMBzAf+XlIDGeJTgy3nRgu&#10;xsRws8nPGW0xHMQihguzOw90z+0vDjsAAAAAQHWJ4QDmIz8PieEs0YnhtuusTsRwASaGm01+zhDD&#10;QTDN7pl2syeGCzAxHAAAAACQBjEcwHzk5yExnCU6Mdx2YrgYE8PNJj9niOEgGDFcmInhAAAAAIA0&#10;iOEA5iM/D4nhLNGJ4bYTw8VYezB5jxjuyuXnjHb+XCeGg0DEcGEmhgMAAAAA0iCGA5iPPY3WD4rh&#10;LM2J4bYTw8WYGG42+TlDDAfBiOGi7IwYDgAAAABIgxgOYD7EcJbuxHDbdU5NXtkZiOHqPjHcbPJz&#10;hhgOghHDRdlGDHdGDAcAAAAAVF+8GO7IseKmA8yVGM7SnRhuu60YbvyJsoDK6rOtGO68GO4K5eeM&#10;msZwKx8Rw0E5MVyUieEAAAAAgEQ89Tk3PE8MB7D7xHCW7sRw24nhYkwMN5v8nCGGg2DEcFEmhgMA&#10;AAAAEvHUayPFcK2zS43DYjhgIcRwlu7EcNuJ4WJMDDeb/JwhhoNgxHBBdmJ0SgwHAAAAACRBDAcw&#10;H5sx3LIYzlKcGG47MVyMieFmk58zxHAQTLN7tt3sjoalAZXVZ10xHAAAAACQCDEcwHyI4SzdieG2&#10;24rhJmK4mk8MN5v8nCGGg2DEcEEmhgMAAAAAUiGGA5gPMZylu9YHr15e+ZrirhyeGC7GxHCzyc8Z&#10;YjgIRgwXZGI4AAAAACAVYjiA+diK4Vr/q+z8ZFbtieG2E8PFmBhuNvk5YyOGG15+Hkl7Yjh4dGK4&#10;IBPDAQAAAACpEMMBzIcYztKdGG47MVyMbcRwnTvXm8Vh5zHKzxliOAhGDBdkYjgAAAAAIBViOID5&#10;EMNZuhPDbSeGizEx3Gzyc4YYDoIRwwWZGA4AAAAASMVTr73xeUvLK2I4gF0mhrN0J4bbrtNf+9aO&#10;GK72aw/GYrgZ5OcMMRwE0zwhhgsxMRwAAAAAkIpIMdye5dZIDAcsihjO0p0YbjsxXIyJ4WaTny86&#10;YjiIRQwXZGI4AAAAACAVmzFcY2W17EOf+k0MByyOGM7SnRhuOzFcjInhZiOGg3jEcEHWHZ06eOsD&#10;1xeHHQAAAACgusRwAPMhhrN0J4bbTgwXY2K42YjhIJ5m70xHDBdgYjgAAAAAIBViOID5EMNZuhPD&#10;bSeGi7H26vg9nVUx3JUSw0E8YrggE8MBAAAAAKm45tobn7dHDAew68RwluwaYrjtOv2JGC7AxHCz&#10;EcNBPGK4IBPDAQAAAACpEMMBzMeexuEfEsNZkhPDTRHDxZgYbja1jeEaYjh4NGK4IBPDAQAAAACp&#10;EMMBzIcYzpJdY+UDYriLxHBB1p/cJYa7crWO4ZaPfENxM4FtxHBBJoYDAAAAAFIhhgOYDzGcJTsx&#10;3BQxXJCJ4WYihoN4xHBBthHD3SKGAwAAAAASIIYDmA8xnCU7MdyUjRiu3R//dmlAZfXZZgx3Xgx3&#10;hcRwEI8YLsi6Z04dvOV+MRwAAAAAUH3RYriND+iKmw4wV2I4S3ZiuCliuCATw81EDAfxiOGibDgQ&#10;wwEAAAAASbhm38p1YjiA3SeGs2QnhpsihgsyMdxMxHAQz0YMl3WHo/KAyuqyrDccXC+GAwAAAABS&#10;IIYDmA8xnCU7MdwUMVyQieFmIoaDeMRwMSaGAwAAAACSIYYDmA8xnCU7MdwUMVyQieFmshXDbbzm&#10;LjmXJDwxHDw6MVyMieEAAAAAgGSI4QDmY0/jyA/l56LPXn5uMqv4xHBTtmK4iRiu7hPDzUQMB/E0&#10;e2c7WW8khqv5xHAAAAAAQDJCxXCbH8yJ4YDFEMNZshPDTRHDBZkYbiZiOIhHDBdjYjgAAAAAIBli&#10;OID5EMNZshPDTencOfnW9kAMV/v1J3cdO7WeFYedx0gMB/GI4WJMDAcAAAAAJEMMBzAfYjhLdmK4&#10;KWK4IBPDzWSpcfhY/npbDAeBiOFiTAwHAAAAACRDDAcwH2I4S3ZiuCntwdqrxHABJoabiRgO4hHD&#10;xdhGDLe/d/b5xWEHAAAAAKiuWDHcylAMByyKGM6S3WYMd+SFxV05PDFckPXHYrgZiOEgHjFcjInh&#10;AAAAAIBkiOEA5kMMZ8lODDdFDBdkYriZiOEgnuz48JgYrv4TwwEAAAAAydiK4Vr9sg99ajcxHLBA&#10;YjhLdmK4KWK4IBPDzUQMB/GI4WJMDAcAAAAAJEMMBzAfYjhLdmK4KWK4IBPDzUQMB/GI4WIs64rh&#10;AAAAAIBEiOEA5iM/B70xPxeJ4Sy9ieGmiOGCTAw3k7rGcPl58MNiOCgnhouxTAwHAAAAAKRCDAcw&#10;H2I4S3ZiuCntwUQMF2FiuJmI4SAeMVyMZWI4AAAAACAVYjiA+RDDWbITw00Rw4XZnWK4KyeGg3jE&#10;cDGWieEAAAAAgFSI4QDmQwxnyU4MN0UMF2ZiuBmI4SAeMVyMZWI4AAAAACAVYjiA+RDDWbITw03Z&#10;jOH6409eEk5Z/SaGm4EYDuLJTojhIizrnu2L4QAAAACAJIjhAOZDDGfJTgw3RQwXZnceO3VeDHeF&#10;xHAQz2YM1x2eLQuorD7Lj3F/f+9+MRwAAAAAUH3xYriVdnHTAeZKDGfJTgw3RQwXY/lxvvMmMdwV&#10;24jhlpZbZ0vPJSlPDAePSgwXY/kxFsMBAAAAAGm4evnw88VwALtPDGfJrrFyjxjuIjFcjLX7kztv&#10;ukMMd6XEcBCPGC7G8mMshgMAAAAA0iCGA5iPIoYrPz+ZVXliuCliuBgTw81GDAfxiOFiLD/GYjgA&#10;AAAAIA1iOID5EMNZshPDTRHDxZgYbjZLjSNiOAhGDBdj+TEWwwEAAAAAaRDDAcyHGM6SnRhuylYM&#10;NxHD1XxiuNksNVZeIYaDWLITDxzLuiMxXM2XieEAAAAAgFSI4QDmQwxnyU4MN0UMF2NiuNnUN4Zr&#10;fXhp+QYxHJQQw8VYJoYDAAAAAFIhhgOYDzGcJTsx3JRjg8mrOmK42m8jhmsP1vcXh53HSAwH8Yjh&#10;YizrDvvZW89eVxx2AAAAAIDqEsMBzIcYzlLdUqN1z1OXbxDDFcRwMSaGm81WDLcihoNA9neHrxDD&#10;1X/ZRgx3XAwHAAAAACRADAcwH2I4S3ViuGmd1bVXi+HqPzHcbMRwEI8YLsYyMRwAAAAAkAoxHMB8&#10;iOEs1YnhponhYqzdH4vhZiCGg3jEcDGWieEAAAAAgFQEi+HO5H8VwwELIYazVCeGmyaGizEx3GzE&#10;cBCPGC7GMjEcAAAAAJCKIoYblH7oU7eJ4YAFWlpu/fBl5yWzBCaGmyaGizEx3GzqHMPt2Xf464ub&#10;CWwjhouxTAwHAAAAAKRCDAcwH2I4S3ViuGliuBgTw81GDAfxbMZwPTFc3ZeJ4QAAAACAVIjhAOZD&#10;DGepbiOGu2rf4UPFXTm8zmDt1Z2BGK7uE8PNRgwH8YjhYiwTwwEAAAAAqRDDAcyHGM5SnRhuWmcw&#10;EcMFmBhuNmI4iEcMF2OZGA4AAAAASIUYDmA+xHCW6sRw0zpiuBBrDyanxHBXTgwH8YjhwmxVDAcA&#10;AAAAJGEzhlsWwwHsNjGcpTox3LSOGC7ExHCzKWK4B8rOJUlPDAePaiuGGz5QEk9ZvSaGAwAAAADS&#10;IIYDmA8xnKU6Mdy0zkYM1x9/6tJ4yuo1MdxsxHAQjxguzMRwAAAAAEAaxHAA8yGGs1QnhpvWEcOF&#10;2FYM97AY7gqJ4SAeMVyYieEAAAAAgDSEi+H2HTla3HSAefoiMZylOjHctI4YLsTEcLMRw0E8Yrgo&#10;G65mx+8TwwEAAAAA1Xd144br48RwrTN79h0WwwGLIIazZCeGm9YRw4WYGG42S3tbN4vhIBYxXJSJ&#10;4QAAAACARIjhAOZCDGfJTgw3rSOGCzEx3GzEcBCPGC7IumI4AAAAACARYjiAuRDDWbITw03riOFC&#10;TAw3GzEcxCOGCzIxHAAAAACQCjEcwFyI4SzZieGmdTZjuIkYruYTw81GDAfxiOGCrDtcbZ4YPa84&#10;7AAAAAAA1SWGA5gLMZwlu6VG6/1iuIs6YrgQ24jhOnetX18cdh4jMRzEs/+W0c1ZbySGq/vEcAAA&#10;AABAKsRwAHMhhrNkJ4ab1hHDhZgYbjZiOIjnwC2jm5tiuPpPDAcAAAAApEIMBzAXYjhLdmK4ae3+&#10;2reJ4eo/MdxsxHAQz4GeGC7ExHAAAAAAQCqubtx4/Z7lFTEcwO4Sw1myE8NNE8PFWLs/OdVZFcNd&#10;qRrHcL8khoNyYrggE8MBAAAAAKkIFcMtt+4XwwEL8kVLy4d/pPzcZFbtieGmieFirN0fi+FmsLRP&#10;DAfRiOGCTAwHAAAAAKRCDAcwF2I4S3ZiuGliuBgTw81GDAfxiOGCTAwHAAAAAKSiiOFOXfaBTy0n&#10;hgMWRgxnyU4MN00MF2NiuNmI4SAeMVyQieEAAAAAgFSI4QDmQgxnyU4MN00MF2NiuNmI4SAeMVyY&#10;nRTDAQAAAABJEMMBzIUYzpKdGG5auz8RwwWYGG42mzFco3Wu7FyS9MRw8KjEcGEmhgMAAAAA0iCG&#10;A5gLMZwlOzHcNDFcmA3EcFdODAfxbMZw3eG5knjK6jUxHAAAAACQBjEcwFyI4SzZieGmieHCTAw3&#10;AzEcxCOGC7OTzVvEcAAAAABAAsRwAHMhhrNkJ4abthHDtfvj/1oST1m9JoabgRgO4hHDhZkYDgAA&#10;AABIgxgOYB7e+KeWllfEcJbkNmO4a1e+urgzhyeGCzMx3AzEcBCPGC7MxHAAAAAAQBrEcADzIIaz&#10;dCeGmyaGC7NBZ/VhMdwVWlpuvVIMB7GI4cJMDAcAAAAApCFcDLe3dVNx0wHmSAxn6W4zhtsrhvuc&#10;9ikxXJCJ4WYghoN4xHBRNjzZvOW0GA4AAAAAqL49e1f27xHDAewyMZylOzHctM0YbiCGCzAx3AzE&#10;cBCPGC7KxHAAAAAAQCLEcADzIIazdCeGmyaGCzMx3AzEcBDPZgzXE8PVf8OTB3uj5xaHHQAAAACg&#10;usRwAPMghrN0J4abJoYLMzHcDMRwEE+ze/8rxXARJoYDAAAAABIhhgOYBzGcpTsx3LStGG4ihqv/&#10;Bq+4c/35xWHnMRLDQTxiuCgTwwEAAAAAiRDDAcyDGM7SnRhumhguzMRwM6h3DLfyN4qbCWzT7I5e&#10;2eyNxHC1nxgOAAAAAEiEGA5gHsRwlu7EcNOO9te+XQwXYmK4GYjhIB4xXJSJ4QAAAACARIjhAOZh&#10;M4b70fJzk1m1J4abJoYLMzHcDMRwEI8YLsrEcAAAAABAIsRwAPMghrN0J4abJoaLsjUx3AzEcBCP&#10;GC7KxHAAAAAAQCLEcADzIIazdJffd98nhrtIDBdlYrhZiOEgHjFclInhAAAAAIBExIrhVu4TwwGL&#10;IYazdCeGmyaGizIx3CyKGO4TZeeSpCeGg0clhguy7ugOMRwAAAAAkIStGK51Z+mHPvWbGA5YEDGc&#10;pTsx3DQxXJSJ4WYhhoN4xHBBJoYDAAAAAFIhhgOYBzGcpTsx3DQxXJSJ4WYhhoN4NmO47vATpQGV&#10;1WdiOAAAAAAgFWI4gHkQw1m6E8NNO9qfiOECrH1q0r9JDHfFlpaPiOEgGDFckInhAAAAAIBUiOEA&#10;5kEMZ+lODDdNDBdj7b4YbhZiOIhHDBdkYjgAAAAAIBViOIB5aP1pMZylOjHcNDFcjG3GcCfFcFcq&#10;P198qxgOYhHDBZkYDgAAAABIhRgOYB7EcJbuxHDTNmO4/vh3ygIqq8/EcLPZiuFWxHAQSPOEGC7E&#10;xHAAAAAAQCrEcADzIIazdCeGmyaGizEx3GzEcBCPGC7Gsu7ojuvFcAAAAABACsRwAPMghrN0J4ab&#10;JoaLsa0Y7mEx3BUSw0E8YrgYE8MBAAAAAMmIFsNd3Vi5sbjpAPPTEsNZuhPDTTvWn3x7RwxX+4nh&#10;ZiOGg3jEcDG2EcPtf+snvqo47AAAAAAA1bXnOYczMRzALhPDWcITw00Tw8WYGG42YjiIJ+ud+VYx&#10;XP2XdYd37H/rUAwHAAAAAFSfGA5gDsRwlvC2YrgjLyjuzeGJ4WJMDDeb2sZwyysfEsNBOTFcjGVi&#10;OAAAAAAgFWI4gDkQw1nCE8NNE8PFmBhuNmI4iEcMF2OZGA4AAAAASIUYDmAOxHCW8MRw07ZiuIkY&#10;rubbiOHag/XrisPOYySGg3jEcDGWieEAAAAAgFSI4QDmYCOGa7R+rOS8ZFb5ieGmieFiTAw3GzEc&#10;xCOGi7FsI4a7RQwHAAAAACRADAcwB2I4S3hiuGmd1bXXiOHqPzHcbMRwEE/WG31rszsSw9V8mRgO&#10;AAAAAEiFGA5gDsRwlvDEcNM6g7XXdAZiuLpPDDebIob77bJzSeITw8GjEMPFWCaGAwAAAABSIYYD&#10;mAMxnCU8Mdw0MVyMtftrYrgZ1DqG2yuGgzJiuBjLj/O7xXAAAAAAQBKCxXCnxXDAQojhLOGJ4aaJ&#10;4WJMDDcbMRzEsxHDZd3hb5cFVFafieEAAAAAgGTsuVYMB7DrxHCW8MRw08RwMSaGm40YDuLZjOF6&#10;Yri6TwwHAAAAACRjM4ZrtO4q+cCnjhPDAYshhrOEJ4abJoaLMTHcbMRwEI8YLsbEcAAAAABAMsRw&#10;AHMghrOEJ4abJoaLMTHcbK5qtF4lhoNYxHAxJoYDAAAAAJIhhgOYg0OHniiGs1S3tLzyXjHcRZ3B&#10;uhguxlbFcFdODAfxiOFiTAwHAAAAACRDDAcwB2I4S3hiuGliuDATw81ADAfxiOFiTAwHAAAAACRD&#10;DAcwB2I4S3hiuGmbMVx//Lsl8ZTVa2K4GYjhIB4xXIyJ4QAAAACAZIjhAOZADGcJTww3TQwXZmK4&#10;GYjhIB4xXIxtxHDZiXPXFocdAAAAAKC6xHAAcyCGs4QnhpsmhgszMdwMNmO4ZTEcRCKGizExHAAA&#10;AACQDDEcwByI4SzhLS233nvV3hvEcAUxXJittgcPi+GuUL1juCNfV9xMYJvs+JlXieHqPzEcAAAA&#10;AJCMeDHckSPFTQeYHzGcJTwx3DQxXJiJ4WYghoN4xHAxlnXFcAAAAABAIpb23dCME8O1Tl/dOCyG&#10;A+ZPDGcJTww3TQwXZmK4GYjhIB4xXIxl3TPvzk6cEcMBAAAAANUnhgOYAzGcJTwx3DQxXJD1J6vt&#10;O8RwV0oMB/GI4WJMDAcAAAAAJEMMBzAHmzHc4R8vPzeZVXtiuGliuCDrT1aP9defVxx2HiMxHMQj&#10;hosxMRwAAAAAkAwxHMAciOEs4Ynhpm3FcBMxXN0nhpvJVgzX+mTZuSTxieHgUYjhYkwMBwAAAAAk&#10;QwwHMAdiOEt4Yrhp7dW114rhAkwMNxMxHMSTnRDDRZgYDgAAAABI8HSJaAAAPGBJREFUhhgOYA7E&#10;cJbwNmK4pUbrYHFvDk8MF2RiuJmI4SCe7MTZV2W9kRiu5suP8bvEcAAAAABAEpb2HRHDAew2MZwl&#10;PDHcNDFckInhZiKGg3g2Y7ju6JNlAZXVZ2I4AAAAACAZWzHcihgOYDeJ4SzhieGmieGCrL8mhpuB&#10;GA7iEcPFmBgOAAAAAEiGGA5gDsRwlvDEcNPEcEEmhpvJVY3DrxbDQSxiuBgTwwEAAAAAyQgWw/2W&#10;GA5YiENvfOJSY0UMZ0lODDdNDBdkYriZ5K+1xXAQjBguxsRwAAAAAEAyNmK4pcbKe0o+8KndlpZb&#10;v3WVGA5YhOe+5s+I4SzVieGmieGCTAw3EzEcxCOGizExHAAAAACQDDEcwByI4SzhieGmieHC7KQY&#10;7sptxHB7xHAQihguxsRwAAAAAEAyQsVwDTEcsCBiOEt4Yrhp7dV1MVyMieFmIIaDeMRwMSaGAwAA&#10;AACSIYYDmAMxnCU8Mdy09qn117YH4wdL4imr18RwMxDDQTxiuBjbiOGa3XP7isMOAAAAAFBdYjiA&#10;ORDDWcITw00Tw4WZGG4GYjiIZ3/3zKvFcPWfGA4AAAAASIYYDmAOxHCW8MRw08RwYSaGm0GNY7hf&#10;FMNBOTFcjInhAAAAAIBkiOEA5kAMZwlvabl1txjuIjFcmInhZiCGg3jEcDEmhgMAAAAAkiGGA5gD&#10;MZwlPDHcNDFcmJ081n9YDHeFxHAQjxguxsRwAAAAAEAywsVwy62V4qYDzI8YzhKeGG6aGC7MxHAz&#10;EMNBPJsxXE8MV/eJ4QAAAACAZCwtrxwQwwHssq0Y7h+WnZvMqj4x3DQxXJiJ4WZQxHCfKjuXJD4x&#10;HDwKMVyMieEAAAAAgGSI4QDmQAxnCU8MN00MF2ZiuBmI4SAeMVyMZb0z72p27xfDAQAAAADVJ4YD&#10;mAMxnCU8Mdw0MVyYnbz5rvXnFoedx0gMB/GI4cLsdjEcAAAAAJAEMRzAHIjhLOGJ4aZtxXATMVz9&#10;J4abwdWNI2I4COZA98yrm2K4CBPDAQAAAABpEMMBzIEYzhKeGG7a0f7a68RwISaGm4EYDuLZiuGG&#10;nyqJp6xeE8MBAAAAAGkQwwHMgRjOEl7+/CmG20YMF2ZiuBns2bvybfl5o4YxXOsX9+y9QQwHJcRw&#10;YSaGAwAAAADSIIYDmAMxnCU8Mdw0MVyM5cf45FEx3BUTw0E8B7pnN35Nqhiu/hPDAQAAAABpEMMB&#10;zMFGDLcshrM0J4abJoaLsfZgTQw3AzEcxCOGC7KuGA4AAAAASESsGG7lv4jhgIV4VuuLxXCW6sRw&#10;08RwMdZeXTt5dFUMd6XEcBCPGC7IxHAAAAAAQCrEcABzIIazhLcZw+WvF4p7c3hiuBgTw81GDAfx&#10;iOGCTAwHAAAAAKRiK4Zr3V3+oU+9JoYDFkYMZwlPDDdNDBdjYrjZiOEgHjFckInhAAAAAIBUiOEA&#10;5kAMZwlPDDdNDBdj7f7kDjHclRPDQTxiuCDrjm4/cOsDy8VhBwAAAACoLjEcwByI4SzhieGmHeuv&#10;v64jhqv9xHCzqXMMd3Xj8NcWNxPYpnnL8NuaYrj6TwwHAAAAAKRCDAcwB2I4S3hiuGmbMVx//Htl&#10;AZXVZ2K42YjhIJ5mTwwXYmI4AAAAACAVYjiA3fesZ7W++GoxnCU6Mdw0MVyMieFmI4aDeMRwQSaG&#10;AwAAAABSIYYD2H1iOEt5YrhpYrgYE8PNRgwH8YjhgkwMBwAAAACkQgwHsPvEcJbyxHDTxHAxthXD&#10;PSyGu0KbMVxj5b+WnUvSnhgOHo0YLsjEcAAAAABAKsRwALtvI4bbs9z6ibJzk1nVJ4abJoaLMTHc&#10;bMRwEI8YLsjEcAAAAABAKqLFcEv7jrSKmw4wN2I4S3liuGliuBgTw81GDAfxiOGCTAwHAAAAAKRi&#10;qdE6KIYD2F1iOEt5YrhpYrgYE8PNRgwH8YjhouzsO8VwAAAAAEASxHAAu08MZykvf/58jxjuomOn&#10;1l/XGYjh6r6NGK59avJVxWHnMdqzTwwH0Yjhomz4zgO33i+GAwAAAACqTwwHsPvEcJbyxHDTtmK4&#10;iRiu5hPDzUYMB/FsxnDd4X8tD6isPhu+88BbxHAAAAAAQALEcAC7TwxnKU8MN60zWPuOjhiu9hPD&#10;zSZ/rvt2MRzEIoaLMjEcAAAAAJCIzRhuWQwHsJvEcJbyxHDTxHAxJoabjRgO4hHDRZkYDgAAAABI&#10;hBgOYPeJ4SzlieGmieFiTAw3GzEcxCOGizIxHAAAAACQCDEcwO57xjNe/GfFcJbqxHDTxHAxJoab&#10;jRgO4mn2zn5bszsSw9V+YjgAAAAAIBFiOIDdJ4azlCeGmyaGi7F2f00MNwMxHMQjhosyMRwAAAAA&#10;kAgxHMDuE8NZyhPDTRPDxZgYbjZiOIhnM4brieHqPzEcAAAAAJCIYDHcvWI4YBHEcJbyxHDTxHAx&#10;JoabTY1juA+K4aCcGC7Khu882DvbKA47AAAAAEB1FTHce8s/9KnXxHDAoojhLOWJ4aaJ4cLs3WK4&#10;KyeGg3ia3eG3N8VwASaGAwAAAAASIYYD2H1iOEt5YrhpYrgwE8PNQAwH8YjhokwMBwAAAAAkQgwH&#10;sPvEcJbyxHDTOoP172j3x79fEk9ZvSaGm4EYDuIRw0WZGA4AAAAASIQYDmD3ieEs5W3GcPuONIu7&#10;c3hiuDATw81gK4Zr/U7ZuSTtieHg0YjhokwMBwAAAAAkQgwHsPvEcJbyxHDTxHBhJoabgRgO4hHD&#10;xVjWG77zejEcAAAAAJACMRzA7tuK4Q7/ZNm5yazqE8NNE8MFWX/y7vYdYrgrJYaDeMRwMSaGAwAA&#10;AACSIYYD2H1iOEt5YrhpYrgg24zhPiOGu0JiOIhHDBdj2XExHAAAAACQCDEcwO4Tw1nKE8NNE8MF&#10;mRhuJmI4iEcMF2NZ9+w7xHAAAAAAQBJixXCte5f2HT5c3HSAuRHDWcoTw00TwwWZGG4mYjiIZyOG&#10;y7rD3ykLqKw+E8MBAAAAAMm4au8NLxDDAewuMZylPDHcNDFckPUn7z42mFxbHHYeoz3LrdeI4SAW&#10;MVyMieEAAAAAgGSI4QB2nxjOUp4YbpoYLsjEcDMRw0E8YrgYE8MBAAAAAMkQwwHsPjGcpTwx3LT2&#10;6tp3tvsTMVzdJ4abiRgO4mmeEMNFWH6M33F97z4xHAAAAABQfWI4gN33jGf8rT+bn4fEcJbkxHDT&#10;xHBBJoabiRgO4mmK4UIsP8ZiOAAAAAAgDWI4gN339Kff/KT8PCSGsyQnhpsmhgsyMdxMxHAQT1MM&#10;F2L5MRbDAQAAAABpEMMB7D4xnCW9xspdYriLxHBBJoabiRgO4mmK4UIsP8ZiOAAAAAAgDVftPfKC&#10;peUVMRzALhLDWdITw00RwwWZGG4mtY7hlle+priZwDZNMVyI5cdYDAcAAAAApCFcDLdXDAfMnxjO&#10;kp4YbooYLsj6a2K4GYjhIJ7miQe+PeuOxHA1X9YdvmP/W0d7i8MOAAAAAFBdoWK45dZviuGARRDD&#10;WdITw01pD9a+sz0Qw9V+YriZiOEgnqw3eo0Yrv7LxHAAAAAAQCrEcAC7TwxnSU8MN0UMF2RiuJkU&#10;Mdzvlp5Lkp4YDh6NGC7GMjEcAAAAAJCKIoZ7X/mHPvWaGA5YFDGcJb1G666lfTeI4QpiuDB7lxju&#10;yonhIB4xXIxlYjgAAAAAIBViOIDdJ4azpCeGmyKGCzMx3AzEcBCPGC7Gso0Y7hYxHAAAAACQADEc&#10;wO4Tw1nSE8NNaQ/Wv7PdH/+3S8Ipq9/EcDMQw0E8YrgYy8RwAAAAAEAqxHAAu28zhmus/KOyc5NZ&#10;5SeGmyKGCzMx3Az2LB8Rw0EwYrgYy8RwAAAAAEAqxHAAu08MZ0lPDDdFDBdmYrgZbMVwK2I4CEQM&#10;F2OZGA4AAAAASIUYDmD3Pf2QGM4SnhhuihguzMRwMxDDQTxiuBjLj/N/EMMBAAAAAEkQwwHsPjGc&#10;JT0x3BQxXJi969jgM2K4K5SfM14rhoNYNmO43vB3ywIqq8/EcAAAAABAMsRwALtPDGdJr9G6a8+1&#10;h7Pi7hyeGC7MxHAzyM8ZYjgIRgwXY2I4AAAAACAZ4WK4xsoNxU0HmBsxnCU9MdwUMVyYieFmkJ8z&#10;xHAQjBguxsRwAAAAAEAyrtq78tViOIDdJYazpCeGmyKGi7H2YPKuo3dN9hWHnccoP2fUM4ZriOHg&#10;0YjhYkwMBwAAAAAkQwwHsPvEcJb0xHBTxHAxJoabTX7OEMNBMGK4GBPDAQAAAADJEMMB7L6n7T/8&#10;58RwluzEcFOO9te+q92fiOFqPjHcbPJzhhgOghHDxVh+jP/D/ltOi+EAAAAAgOoTwwHsPjGcJT0x&#10;3BQxXIzlx/hdR1fFcFcqP2fUNIZb+YAYDsqJ4WJMDAcAAAAAJEMMB7D7xHCW9MRwU8RwMSaGm01+&#10;zhDDQTBiuBjbiOGyE6PnFIcdAAAAAKC6xHAAu08MZ0lPDDdFDBdjYrjZ5OcMMRwEI4aLMTEcAAAA&#10;AJAMMRzA7hPDWdITw03p9Ne+qyOGq/3EcLPJzxkbMdyDl51HUp8YDh7V/uP3v1YMV/9lXTEcAAAA&#10;AJAIMRzA7hPDWdITw00Rw8VYu78mhptBfs4Qw0Ew+4+PXpv1RmK4mi8TwwEAAAAAqRDDAew+MZwl&#10;PTHcFDFcjInhZpOfM16bTwwHgYjhYiwTwwEAAAAAqYgVw638hhgOWAQxnKW91p1iuIvEcDHWHkxu&#10;F8NdufycIYaDYMRwMZaJ4QAAAACAVGzGcI3W+0s/9KnZxHDAoojhLO217tzzHDHc54jhYkwMN5v8&#10;nCGGg2DEcDGWieEAAAAAgFSI4QB231YM1/qpsnOTWfUnhtuu01//rk5//AeXxlNWr4nhZpOfM8Rw&#10;EMz+nhguwjIxHAAAAACQCjEcwO4Tw1naE8NtJ4aLMTHcbPJzhhgOghHDxVgmhgMAAAAAUiGGA9h9&#10;YjhLe2K47cRwMSaGm03+XPe6/LwhhoNAxHBh9nYxHAAAAACQBDEcwO4Tw1naE8Nt1zklhoswMdxs&#10;xHAQz2YM1x0+WBJPWb0mhgMAAAAA0iCGA9h9YjhLe2K47TZjuIEYru4Tw81GDAfxiOHCTAwHAAAA&#10;AKRBDAew+8RwlvbEcNuJ4WJsK4b7jBjuConhIB4xXJiJ4QAAAACANFx1rRgOYLeJ4SztieG2E8PF&#10;mBhuNmI4iEcMF2ZiOAAAAAAgDfFiuCMvL246wNyI4SztieG2E8PF2EYM17lzslwcdh4jMRzEI4YL&#10;MzEcAAAAAJCGq/YdPiSGA9hdX/bcl/x5MZylOzHcdmK4GBPDzabeMdyRFxY3E9jmQG/02qYYLsLE&#10;cAAAAABAGsRwALtPDGdpTwy3Xae/9t1iuPpPDDcbMRzEI4YLs7dnPyuGAwAAAAASIIYD2H1iOEt7&#10;rTv37F3ZX9ydw9uK4SZiuJpPDDcbMRzEI4YLs7cf6P72s4vDDgAAAABQXWI4gN0nhrO0J4bbTgwX&#10;Y2K42WzEcEvLrd8rP5ckPDEcPKpm98zrxHARNnz7ge5QDAcAAAAAVJ8YDmD3ieEs7YnhthPDxZgY&#10;bjZiOIhHDBdlYjgAAAAAIBFiOIDdJ4aztCeG204MF2NiuNmI4SCerHvmJVlv9Eh5QGV1WdYbfujQ&#10;m+99cnHYAQAAAACqSwwHsPvEcJb2xHDbieFirD1YE8PNQAwH8RzojV6e9Yb3lwVUVqf5ZjgAAAAA&#10;IBFiOIDdJ4aztCeG204MF2NiuNmI4SCe7MTo65q94S+XB1RWn4nhAAAAAIBEBIvhfl0MByyCGM7S&#10;nhhuOzFckJ2avFMMd+XEcBDPodvOPaXZG52+PJ6yOs2vSQUAAAAAkiGGA9h9WzHc4X9cdm4yq/7E&#10;cNuJ4YJMDDcTMRzEsxFINbvDW8sCKqvTfDMcAAAAAJCIIoa7p/RDn5pNDAcsihjO0p4YbjsxXJD1&#10;J+/snBTDXamlxuHvEMNBPM3u2e8vD6isNjsxepsYDgAAAABIghgOYPeJ4SztieG26/TXv7vdH/9h&#10;aUBl9ZkYbiZiOIjp+t7whVlv9EhpRGW1mF+TCgAAAAAkQwwHsPvEcJb2xHDbieGCTAw3EzEcxPT8&#10;7pmnZb3R+8siKqvJfDMcAAAAAJAKMRzA7hPDWeI7JYa7SAwXZGK4mYjhIK5md+hXpdZ5YjgAAAAA&#10;IBViOIDdJ4azxCeG20YMF2RiuJmI4SCu7PjZ65rd4enSkMrSnxgOAAAAAEiFGA5g933Zc1/z5/c0&#10;VsRwlurEcNuI4YJMDDcTMRzElnVHvdKQypJf1ht+6NCb731ycagBAAAAAKpLDAew+8RwlvjEcNuI&#10;4YJsM4b7jBjuCtU4hrtHDAdfWPPEuazZGz14aUhlNZhvhgMAAAAAUhErhmv9+lLjBjEcMHdiOEt8&#10;YrhtxHBBJoabiRgOaPZGP31ZSGXpTwwHAAAAAKQiWgy3Z/nwy4qbDjA3Vzc6f0EMZwlPDLeNGC7I&#10;+pN3vmIwaRSHncdIDAcceMv9y1lvNCoNqizdieEAAAAAgFQ8dfmGF4rhAHaXGM4SnxhuGzFckInh&#10;ZlLEcL9fch5Je2I4uCJZd/SG0qDKkl3WG37o0JvvfXJxiAEAAAAAqitUDNcQwwGLIYazxCeG26a9&#10;uva3xHABJoabiRgO2HDongtPzHrDXyyLqizRdX0zHAAAAACQCDEcwO4Tw1niE8Nt0x6s/a32YCKG&#10;q/vEcDMRwwGfk3WHLyqNqizNieEAAAAAgFSI4QB2nxjOEp8YbhsxXJCJ4WYihgO2y7rDnyoNqyy9&#10;dUdvO3jrJ55VHFoAAAAAgOoSwwHsPjGcJT4x3DZiuCATw81kqXHkO5aWV8RwwJ9o9obnSuMqS2pZ&#10;b/ihQ2++98nFYQUAAAAAqK6lZ7Wu2bO8cvqyD3zquYeWGq2DxU0HmJvNGG6fGM6SnRhuGzFckInh&#10;ZlLXGG6psXLPU8VwMJPs+NnryuIqS2y+GQ4AAAAASMWXLh/+8qXllX9X9qFP3eab4YBFEcNZ4jt1&#10;dePG64u7c3hiuCDrr4nhZlDfGK51z8Y3ahc3E7hCze6Z15UGVpbOxHAAAAAAQEK+aGl55f8u+9Cn&#10;bhPDAYuyGcMtr/z0pecls0QmhttGDBdkYriZiOGAR5P1Rt3SyMrSmBgOAAAAAEjJnkbrdWUf+tRw&#10;fk0qsBBiOEt8YrhtxHBh9g4x3JVb2rvynWI44NE0e6PTl0VWlsSy3vBDh95875OLQwkAAAAAUG1X&#10;N1aes7S88htlH/zUab4ZDlgUMZwlPjHcNmK4MBPDzUAMB3w++3v3fmnWHf2PstjKKr9/f/DWM74Z&#10;DgAAAABIx1Jj5R+WffBTqzVavyaGAxZBDGeJTwy3zWYM1x//UUk8ZfWaGG4GYjjgC2l2z+0rCa2s&#10;+vv/2rsfIEnvgs7DKU0p1g0HuPu+M+dh4Skecdh53w0i2ZlEdz3woAokmJ33nc32JBspuNO6KKLo&#10;HZgTPE64u5zGO6LcToP4nwT0ItntXkLUKV0sKK3jT5FjIDOYQgo4RYyywk7vFsx1777KzOS3m57e&#10;mel+3/d5qr61Wws7O2931wtVv0+9I4YDAAAAAMqld8gdpfknQoc/lZkYDhgSMZyVfGK4dRrtc2K4&#10;ekwMNwAxHNCPmYXlGwOxlY327r3hzWI4AAAAAKBk4jR/4+aDn4rtTJRkNxSXC7BrxHBW8onh1hHD&#10;1WZiuAFE+8VwQH8OHF++PRBc2Yhuurl8+uDdD40Vbx8AAAAAQHnESfbe0AFQJebJcMCQiOGs5BPD&#10;rSOGq8ca7c7vHhHDbZkYDtiKmYXl14TCKxvJeTIcAAAAAFBO8VR+IE6zL4cOgUo/MRwwJGI4K/nE&#10;cOuI4eoxMdxgqhzD7d0/e7C4TGAbTTdXfi4QXtnoTQwHAAAAAJRXnGavDB0ClX5iOGBIxHBW8onh&#10;1hHD1WNiuMGI4YBBzDSXfzEQX9loTQwHAAAAAJRblOS/EToIKvnOREl2Q3GJALsmmszGuvcgMZyV&#10;dWK4dcRw9Vij1fndI+86I4bbogsxXJL/VeA+UuqJ4WDnTTeX3xYIsGxE1n1/Th+8+6Gx4u0CAAAA&#10;ACinOMkfCB0GlXaeDAcMiRjOSr62GO6rxHD1WC+GO9rqTBVvO30SwwFXYnph+ZdDIZYNf9PNlXuf&#10;48lwAAAAAEAVxEn+wdCBUCknhgOGRAxnJZ8Ybh0xXD0mhhuMGA64UjMLK3eGYiwb7sRwAAAAAECl&#10;xEn26dChUOkmhgOGRAxnJZ8Ybp35k6s/Oi+Gq/zEcIMRwwHbYbq5/LpQkGXDWy+Gu675yHcUbxEA&#10;AAAAQPnFSX4+dDBUsp2JkuyG4pIAdo0Yzko+Mdw6Yrh6TAw3GDEcsF2mF1buCEVZNpxNN5dPH7z7&#10;obHi7QEAAAAAqIY4zZc2HwyVap4MBwyJGM7Kvaw9nhwWwxUuxnAdMVzFJ4YbjBgO2E4HFpZvDYVZ&#10;tvvzZDgAAAAAoLLiNPvj0AFRKXYhhstfUlwKwK4Rw1m5J4ZbTwxXj4nhBiOGA7bbdc3lQ6E4y3Z3&#10;YjgAAAAAoNLiNPud0CHRyE8MBwyJGM7KPTHcemK4ekwMNxgxHLATvnvhY/8iFGjZ7k0MBwAAAABU&#10;Xpzmb9x8SFSCnYmS7IbiEgB2TS+Gi9LsvwfuS2YlmBhuPTFcPSaGG0z3f+v+nRgO2Amvfe3a18w0&#10;Vz61OdKy3ZkYDgAAAACohfEk//7QYdHIzpPhgCERw1m5J4ZbTwxXjzVaZ8VwAxDDATttprlyYnOo&#10;ZTs/MRwAAAAAUBvf9F237InT7OOhQ6ORmxgOGBIxnJV7Yrj1xHD1WKPd+R0x3NaJ4YDdML2w/LOh&#10;YMt2bmI4AAAAAKB24iT/1dDB0UhNDAcMiRjOyj0x3HpiuHpMDDcYMRywW2YWlm8MRVu2M5s+/vC9&#10;1zU/LoYDAAAAAOolnspuDh0ejczEcMCQiOGs3BPDrTd/avVH59urfxMKqKw6E8MNRgwH7KbnLDz8&#10;1Jnm8l+G4i3b3k0vrNwjhgMAAAAAaitK898OHSINfUn+we6vYjhg14nhrNzL2uPp7HOKj3PtieHq&#10;MTHcYMRwwDDMNFfu3Rxv2fZODAcAAAAA1N54kn9/nOZnNh8kDXViOGBIxHBW7onh1ps/dU4MV4OJ&#10;4QZT4RjuD8VwMNqub67821DEZdszMRwAAAAAQCFO83duPkwa4s5ESXZD8a0B7BoxnJV7Yrj1xHD1&#10;mBhuMGI4YJi+51dWvn2mufypUMxlVzYxHAAAAADAOuPp4Wf2DtJDB0u7Ok+GA4ZEDGflnhhuPTFc&#10;PSaGG8zFGC77XPheUt6J4aBcZporv7Y55rIrmxgOAAAAACAgnjr83DjNP7D5cGnXJoYDhmTPM178&#10;RDGclXdiuPXEcPWYGG4wYjhgVFz/1j/PQ1GXDTYxHAAAAADAZexJDx+Kk/x86KBpR5fkj0Z+TCow&#10;BGI4K/USMdx6Yrh6TAw3GDEcMEoOLq5dPd1ceVco7rKtTQwHAAAAANCHOM0bcZr9n82HTTu1KMnf&#10;093zi38eYNeI4azUE8NtIIarxy7GcGfEcFskhgNG0fXNlWOhwMv6Xy+Gm37bI9cULykAAAAAAJcz&#10;nubfG6XZidDB0zbv1+NrjyTFPwuwa8RwVuqJ4TYQw9VjvRhu/oHOvuJtp09iOGCUzSwsfyQUetnj&#10;b7q5fPrg3Q+NFS8lAAAAAAD9iCazsSjJfyN0AHXFS/LzUZLdddXBg1cX/xzArhHDWaknhttADFeP&#10;ieEGI4YDRt2BheVbQ7GXXX6eDAcAAAAAcIXGk7kXRUn+W3Gaf2XzYdQAO9P9Wgu9J9AVXx5gV4nh&#10;rNQTw23QaK2+QgxX/YnhBiOGA8piprny65uDL7v0xHAAAAAAANtoT3r4UHTxx6ie2Xww9bhL8kd7&#10;T5vr/v39xZcD2HViOCv1xHAbXIzhOmK4ik8MNxgxHFAm1zcf/r6ZheXPhuIv2zgxHAAAAADADnna&#10;0449IZ7Knxcl2V3dLcZpvrTpwO2zUZp9pLsHu3/++u5u8KNRgWETw1mpl2QtMdxXieHqMTHcYKJ0&#10;9vZN/9+8EutekxgOKmymuXLn5vjLNm66uXz64N0PjRUvGQAAAAAAAHV2MYab/fnQAbvZyE8Mt4EY&#10;rh4Tww1GDAeU1YFf/Yt/Pr2w/LuhEMyKJ8Md92Q4AAAAAAAAusRwVuqJ4TYQw9VjjZOd35k/IYbb&#10;KjEcUHbXNZcPzSysfDgUhNV5YjgAAAAAAAD+kRjOSj0x3AZiuHpMDDcYMRxQFTPN5ZfNLCx/KRSG&#10;1XPLb58+/jExHAAAAAAAAGI4K/nEcBuI4eqxxsmzYrgBiOGAqpk5/vDPhOOwuk0MBwAAAAAAQEEM&#10;Z6WeGG4DMVxN1uq8Uwy3dWI4oIoOLq5dPd1c/m/hSKwuE8MBAAAAAABQEMNZqSeG20AMV5OJ4QZS&#10;6Rju2vx7issEauqG3/rkU6abn3hzOBar+sRwAAAAAAAAFPY846VPjNJcDGflnBhug14M192jwYDK&#10;qjMx3EDEcEAdHHzt4tUzzZV3PjYYq/QePHj3Q2PFSwAAAAAAAECdieGs1BPDbSCGq8nEcAMpYri/&#10;Dt5LSjwxHBDyXW/66J66/PjU6ebK/5x5y9I3FZcOAAAAAABAnYnhrNQTw23QaJ0Tw9VhYriBVDqG&#10;mxLDAWHZO9a+dqa5/NPTzZUzoZCsAjs3c3z59cmdH/onxSUDAAAAAABQZ9/49MY/FcNZaSeG20AM&#10;V5OJ4QYihgPqbvr4ypGqRXEXrmfh47cVlwgAAAAAAEDdfeNzxHBW4onhNhDD1WRiuIFE6dztUZKL&#10;4YDau7758PfNNFdObA7LyrjphZX3TC88/KLi0gAAAAAAAKg7MZyVeknWmtiff1fxca49MVxNJoYb&#10;iBgOYKODdz80Nr2w0gxFZuXZ8tt711FcEgAAAAAAAHUnhrNSTwy3gRiuJrsQw50Rw22RGA7g0q5f&#10;WM5nSva0uOnmygMzzYfni0sAAAAAAAAAMZyVfGK4DRqnzr2i0RbDVX6tzjtvPdV5ZvG20ycxHMDj&#10;O/jaxatnmssvm26ufC4UoI3KpheWHz1wfPn23vdbfOsAAAAAAAAghrOSTwy3gRiuJhPDDUQMB7A1&#10;M//r4W+bfsvyq2aaK3+yOUYb8v70+ubyq6ePf+ya4lsFAAAAAACAi8RwVuqJ4TZotFd/TAxXg4nh&#10;BhIl+Y90//dODAcwgAtPjFv4+G3TzZUPBuK03dxS78l1B9/2yBOKbw0AAAAAAAC+SgxnpZ4YboP5&#10;dufIfGv1/GPiKavUGq3O6Wxxbax42+mTGA5g+1zfXD40s7D8n7p7byBY24m9f+YtK284cPwTz7vq&#10;tWtfU3wbAAAAAAAAsNGFGC7JfyF0wG428hPDbTDfPvdv5ludz4cCKqvQPBluIGI4gJ0z/ZaVfQcW&#10;Hv6xmebKfdMLy49uCtkGWvF17rvwdRc+vr/4pwAAAAAAAODSxHBW6onhNjja6sw1Wp0/3xBOWfUm&#10;hhuIGA5gd00f/9g10wsPv+jA8eXbZ5qfuGumuXJiemFl8eKPWl1+5B+3sPyR3p/3/vOZt6y8qRe/&#10;9f5e7+8XXwoAAAAAAAD6I4azUk8Mt8Etp84/f761+sFgQGWVWeNU5x1HxHBbJoYDAAAAAAAAgIoT&#10;w1mpJ4bb4Nh9a09utDqPhAIqq8667/HpbHFtrHjb6ZMYDgAAAAAAAAAqTgxnpZ4YboOX/t7nnjjf&#10;Wn1rKKCy6syT4QZT2Rguzf9ADAcAAAAAAAAAXWI4K/WS/KQYbqNGe/WnQwGVVWdiuMGI4QAAAAAA&#10;AACg4sRwVuqJ4R7jlvaXbphvrZ4PRVRWjfkxqYMpYrjPB+8lJZ4YDgAAAAAAAAAKYjgr9cRwj/GD&#10;7a9EjXbnVCiismrMk+EGI4YDAAAAAAAAgIoTw1mpJ4YLOtpa/YlQRGXVmBhuMGI4AAAAAAAAAKi4&#10;p3xn9iQxnJV2YrigW9udpNFa/VAopLLyTww3GDEcAAAAAAAAAFScGM5KPTHcJc23OneFQior/xqt&#10;zulscW2seKvpkxgOAAAAAAAAACpODGelnhjuko62OlONdmc5FFNZuddoeTLcIMRwAAAAAAAAAFBx&#10;Yjgr9cRwlzXfXn1tKKaycu9CDPcuMdxWieEAAAAAAAAAoOLEcFbqieEu6+iDa9/aaK1+KBRUWXnX&#10;i+Ea7dXJ4m2mT2I4AAAAAAAAAKg4MZyVemK4x9VonX1ZKKiy8q7R6pzOFtfGireYPu1Nsh8VwwEA&#10;AAAAAABAhYnhrNQTw/Wl0T57XyiqsnLOk+EGI4YDAAAAAAAAgIoTw1mpJ4bryy2tLz57vrX6d6Gw&#10;yso3MdxgxHAAAAAAAAAAUHEXY7jsrtABu9nIrxfDXXvk2cXHmcs42lr9qVBYZeWbGG4wYjgAAAAA&#10;AAAAqDgxnJV6YrgtabQ6p0NxlZVrvfcxW1wbK95W+iSGAwAAAAAAAICKE8NZqSeG25JG+4tPnW93&#10;/t/muMrKNU+GG4wYDgAAAAAAAAAqTgxnpZ4Ybssap1ZfHAqsrDwTww2m2jHc3HcXlwkAAAAAAAAA&#10;9SWGs1JPDDeQxqnO60KRlZVlq/eK4bZODAcAAAAAAAAAFSeGs1JPDDewRrtzKhxa2aiv0eqczhbX&#10;xoq3kj5djOGyvwneS0o8MRwAAAAAAAAAFMRwVuqJ4a5Io736oVBsZaM+T4YbRC+Gi8VwAAAAAAAA&#10;AFBdYjgr9ZL85B4x3MCO3ffokxvtzqPh4MpGd2K4QYyL4QAAAAAAAACg2sRwVuZFYrgrdmu7k4SD&#10;KxvdieEGIYYDAAAAAAAAgIp7Unrjk8VwVtaJ4bZH48TZQ+HoykZxjVbndLa4Nla8ffRJDAcAAAAA&#10;AAAAFSeGszJPDLd9bjl1/sZQeGWjOE+GG4QYDgAAAAAAAAAqTgxnZV6U5ifEcNtnvv2lRji+stGa&#10;GG4QYjgAAAAAAAAAqDgxnJV5Yrjtd0ur8/JwgGWjs9V7b3nP6ncUbxl9EsMBAAAAAAAAQMWJ4azM&#10;E8PtjKMnz94WjrBsFNZodU5ni2tjxdtFn+Kp2VeI4QAAAAAAAACgwsRwVuZFaXZiz7WHxXA74Kgn&#10;xI3wPBluEGI4AAAAAAAAAKg4MZyVeWK4nXW01TkajrFsuBPDDUIMBwAAAAAAAAA1IIazEm8pmswm&#10;io8yO+DoydUbw0GWDW9iuEGI4QAAAAAAAACgBuI0e0PogN1s1OfJcLujceLsoXCUZcNYo9U5nS2u&#10;jRVvD30SwwEAAAAAAABADURJ/urQAbvZqE8Mt3vmH+jsC4VZNoS1Vu+95aQnw22VGA4AAAAAAAAA&#10;aiBK526P0/wLmw/YzUZ9vRhu71T2ncVHmR320vd+5Ynzrc7ng4GW7d7EcAMRwwEAAAAAAABADURp&#10;dlucZJ8JHbKbjfLEcMPRaK1+IBhp2e5MDDeQCzFckj0aupeUeVGa/74YDgAAAAAAAAAK40m+L07z&#10;M5sP2M1KsKVoMpsoPsrsoka7cyoYatmOr9HqnM4W18aKt4I+ieEAAAAAAAAAoAbiqZu+NU6yVuiQ&#10;3WyU58lww9Vorf7HUKxlO73VezwZbuvEcAAAAAAAAABQE1Ga/3zokN1slCeGG77GydUXhoMt27mJ&#10;4QYhhgMAAAAAAACAmojT7OVRmndCB+1mozox3Gg4dnJtYr7V+XQ43LLtnxhuEPH+uVfESS6GAwAA&#10;AAAAAICq6x2kR2n24dBBu9moTgw3WuZbncVwvGXbuUarczpbXBsrXnb6JIYDAAAAAAAAgBqJkmwx&#10;dNBuNsJbiiazieIjzAiYb597ZSjgsu2cJ8MNoroxXPb7e6cOi+EAAAAAAAAAYL0omf3h0EG72ajO&#10;k+FG09GTf7+/0e78dTjksiufGG4QYjgAAAAAAAAAqJE9+26+Jkqz94cO281GcWK40dY41XlHOOay&#10;K5sYbhDde8aPieEAAAAAAAAAoEbiNH/j5oN2s1FdlGb3i+FGW6N19mXhoMsGXaPVOZ0tro0VLzF9&#10;6t4zxHAAAAAAAAAAUCdRkj8/TvLPhA7czUZtYrhymHv3l7650V79s1DYZYPMk+EG0b1niOEAAAAA&#10;AAAAoG6iNHswdOBuNoJbiiazieKjy4ibP3Xu1eG4y7Y2MdwguvcLMRwAAAAAAAAA1E08NfviOM2+&#10;HDp0NxuleTJc+Rx79+o1jXbno+HIy/rb6j2917F4SelT954hhgMAAAAAAACAOoqT7FdCh+5mozQx&#10;XHk1WmdfFw697PHWaHVOZ4trY8VLSZ+69wwxHAAAAAAAAADU0Xg6d6iK0YBVa2K4cus93Wy+tfqn&#10;oeDLLjdPhhtE954hhgMAAAAAAACAuorS/BdDB+9mozIxXDU02md/JBx9WXhiuEF07xliOAAAAAAA&#10;AACoq71T+bOiJP9k6PDdbBQmhquOY/c9+uT5duddjw2/7LETww2ie8/oxXB/u/k+Uvb1YrgoyW4o&#10;LhMAAAAAAAAAuJQ4ze/YfPBuNkJbiiazieLjSgXc0jr37PnW6vlwBGa9NVqd09ni2ljxktGn7v1C&#10;DAcAAAAAAAAAdRel+R+EDuDNhj1Phquu+fbqq0IhmPXmyXCD6N4zxHAAAAAAAAAAUHfjaf69oQN4&#10;s2FPDFdt2TvWvq7R6vxyOAir7xqnzr39ZjHclnXvGWI4AAAAAAAAAOCqq6Ike33oEN5smBPD1UPv&#10;R4LOtztLm6Owus6PSR1M954hhgMAAAAAAAAArrpqcjL7ujjJ3hs6iDcb1sRw9dI4cfbQfGv1faFA&#10;rE5rtFbffvP9ngy3Vd17hhgOAAAAAAAAALhoz7WHnx06iDcb4paiyWyi+IhSE7ecXL2x0e58NBSK&#10;1WFiuMF07xdiOAAAAAAAAADgq+I0v2PzQbzZsHbxyXD5s4qPJzUz3+rcOt/ufHpzLFb1ieEG071n&#10;iOEAAAAAAAAAgI2iJP/foQN5s92eGI6e+Xd3frDR7nw8FI5Vcq1zb735PavfXlw+fYrT7JViOAAA&#10;AAAAAABgg4n9s1GU5J8MHcqb7ebEcKx3y6nVm+Zbq38aDMgqtEar8wvzD3wlLi6bPonhAAAAAAAA&#10;AICgKMmfHzqUN9vNieEI6f0I0fl2Z2lzRFaVNVpnX1dcKlsghgMAAAAAAAAALimeyl4TOpg3262J&#10;4bicW9udZL61+tZQUFbWNVqrD93S6ry8uES2QAwHAAAAAAAAAFxWlGYnQofzZru0pWgymyg+jhCU&#10;La6NNVrnXtNorf5lKDAr0xqts/c32uefW1waWyCGAwAAAAAAAAAeV5RkD4UO6M12ep4Mx1Y1Tpw9&#10;1Gh1lkOh2civtXq+0e686dji2hOKy2ELxHAAAAAAAAAAwOMaT34gjpL8i6FDerOdnBiOQTXaX3lq&#10;o7X6mvlWZykYno3kVu9pnFx9YXEJbJEYDgAAAAAAAADoy3hy5LrQIb3ZTk4Mx3Y4dvLvJ+bb55q9&#10;J6+FI7Thr/c0u0Z7dbb4lhmAGA4AAAAAAAAA6Nt4kh8JHdSb7dSiNH+XGI7tdMupc9ON1tk7G63O&#10;SihKG9JONNqdlx49+bdPKb5NBnAxhsv+LnQvKfOiNHtQDAcAAAAAAAAAOyBK5v5D6LDebCcmhmMn&#10;Hbtv7cnzJ1fv6D2VLRCo7fgardWzjXbnvsaJs4eKb4krIIYDAAAAAAAAALYsSrNm6MDebAe2FE1m&#10;E8VHD3bU0ZOd/fOtzl2NVueRULy2XetFcN1fHzx68uxt2eLaWPHPc4XEcAAAAAAAAADAQKI0vyd0&#10;aG+2nfNkOIZp7tTZb+kFa432ubfNtztL64O2ra7RXn10vtVZbLTOvq73JLhji2tPKP4ZtokYDgAA&#10;AAAAAAAYWJRm94cO7s22a2I4Rs3BxbWrb75/9Zr5k2dfMN86e/uFuO1U585eMPcPm2933tz7896P&#10;YO3+/kij/cUDN9//hb3Fl2CHiOEAAAAAAAAAgCsSpfnvhw7vzbZjYjigX2I4AAAAAAAAAOCKRWn2&#10;vtABvtmVTgwH9EsMBwAAAAAAAABsiyjNPxw6xDe7konhgH6J4QAAAAAAAACAbRMl2SOhg3yzK9hS&#10;NJlNFB8xgEuKk9kfF8MBAAAAAAAAANvGE+JsO+fJcEC/xHAAAAAAAAAAwLaL0ux9oQN9s61ODAf0&#10;q7IxXCKGAwAAAAAAAIChitL8D0KH+mZbmRgO6JcYDgAAAAAAAADYMVGa3R862DfrdxdiuOTItcVH&#10;CuCSxHAAAAAAAAAAwI6K0vye0OG+WT8TwwH9EsMBAAAAAAAAADsuSrNm6IDfrI8tRZPZRPFRArgk&#10;MRwAAAAAAAAAsCuiJH916JDf7HLzZDigXxdiuFQMBwAAAAAAAADsgvEkPxI66De71MRwQL+KGO4L&#10;oXtJmXchhkvz64vLBAAAAAAAAABGxXhy5LrQYb9ZaGI4oF9iOAAAAAAAAABg140n83GU5F8MHfqb&#10;rZ8YDuiXGA4AAAAAAAAAGJooyR4KHfyb/cPEcEC/4mTux7v3DTEcAAAAAAAAADAcUZqdCB3+mxVb&#10;iiazieLjAnBJYjgAAAAAAAAAYOjiqew1oQDAzJPhgH6J4QAAAAAAAACAkRAl+fNDEYDVe2I4oF9i&#10;OAAAAAAAAABgZEzsn42iJP9kKAawek4MB/RLDAcAAAAAAAAAjJwoye4LBQFWv0Vp/ntiOKAfcZL/&#10;RPe+IYYDAAAAAAAAAEZLnOZ3bA4CrH6L0uz39iaHxXDA4xLDAQAAAAAAAAAja8+1h58dCgOsVluK&#10;JrOJ4iMBcEliOAAAAAAAAABgpD396S/4+jjJ/iQUCFj1FyWeDAf0RwwHAAAAAAAAAJRClOT/ORQJ&#10;WLUnhgP6JYYDAAAAAAAAAEojnsqfFwoFrLoTwwH9EsMBAAAAAAAAAOWSZV8bp9kfhYIBq97EcEC/&#10;xHAAAAAAAAAAQClFSfb6UDRgldtSNJlNFG87wCWJ4QAAAAAAAACA0hpPjlwXJ9mnQ/GAVWOeDAf0&#10;q4jhzmy+j5R9UZK/RwwHAAAAAAAAADURJ/ndoYDAyj8xHNAvMRwAAAAAAAAAUAnx1Nxz4yT7u1BI&#10;YOWdGA7olxgOAAAAAAAAAKiUOMl/NRQTWDnXi+GiNNtfvL0AlySGAwAAAAAAAAAqJ94/d2OcZl8O&#10;RQVWronhgH6J4QAAAAAAAACAyorS7MFQWGCl2lI0mU0UbynAJYnhAAAAAAAAAIBKi9K5fx0n+WdC&#10;gYGN/jwZDuiXGA4AAAAAAAAAqIU4zd+4OTCw0Z8YDuiXGA4AAAAAAAAAqI09+266Jkqz94diAxvN&#10;ieGAfnXvF6/q3jfEcAAAAAAAAABAfUTJ7A+HggMbvYnhgH6J4QAAAAAAAACA2oqSbDEUHthIbSma&#10;zCaKtwzgksRwAAAAAAAAAECt7Z2a++4oyT4cChBs+PNkOKBfYjgAAAAAAAAAgK44zV4epXknFCLY&#10;8CaGA/olhgMAAAAAAAAAWCdK858PxQg2nInhgH6J4QAAAAAAAAAANomnbvrWOMlaoSjBdndRkt0n&#10;hgP6IYYDAAAAAAAAALiE8STfF1cwrCjZlqLJbKJ4SwAuSQwHAAAAAAAAAPA4ojS7LU6yz4QiBdvZ&#10;eTIc0K9eDNe9X/x96F5S5l2I4fbPzRSXCQAAAAAAAABw5aJ07vY4zb+wOVSwnZsYDuiXGA4AAAAA&#10;AAAAYIuiJH91KFiw7Z8YDuiXGA4AAAAAAAAAYEBxmr0hFC7Y9k0MB/RLDAcAAAAAAAAAcIWiJLsr&#10;FDDYtux0NJlNFC81wCWJ4QAAAAAAAAAAtsHTn/6Cr4/S2Z+Nk+xcKGawAZfkb9ubzP3L4mUGuCQx&#10;HAAAAAAAAADANiuCjL8JRQ22xSWzb9r7rB/4Z8VLC3BJYjgAAAAAAAAAgB0SJ9kPRUn+yVDcYP0u&#10;e8OeZ7z4icVLCnBJYjgAAAAAAAAAgB0WJdkN3X0uFDnYZZbk56N09vbiZQS4rGhq9ifFcAAAAAAA&#10;AAAAuyBK8+u7++1Q7GChZX+0N83y4uUDuCwxHAAAAAAAAADALvuma16yJ07mfiZK8r8KhQ92cd3X&#10;53i873BSvGwAlxWlYjgAAAAAAAAAgKHpPfksTrM/DgUQ9V620t0rr5rMvq54qQAuSwwHAAAAAAAA&#10;ADACnpTe+OQozZqhEKKmO71n303XFC8PwOMSwwEAAAAAAAAAjJg4zV8SJdl9m4OIuixKs/fFSfZD&#10;Tz0w+w3FSwLwuMRwAAAAAAAAAAAjqve0uHhq9hVxmn0gFEhUckn2mTidfeOeqdlnFC8DQF/EcAAA&#10;AAAAAAAAJXDhx6gm2V1xkj8aiiUqsSQ/33sinh+PCgxCDAcAAAAAAAAAUDLj6eFnxunsT8dJ/meh&#10;cKKcy/6i++v/GE/nDhWXCbAlF2K4JPviY+8vJV+SPyCGAwAAAAAAAAAq7ynPnPvmKMl/JEqyPwxG&#10;FKVY9tHxNP+5iWuPPLu4LIAtE8MBAAAAAAAAAFRENJmNjSf590dJ/gtxmn/gMUHFyC37VPfXX4/S&#10;/AfH07lvKS4DYCBROveT3fufGA4AAAAAAAAAoHIOHrw6nsqfF6VZM0qyzwUjiyGs+/2c7X4/98Vp&#10;Nt8L+IrvFuCKiOEAAAAAAAAAAGqiF57t3T97ME5mfzxKst+M02wpGF7sxJL8s92djNL8Z+P9czd+&#10;41TjqcW3BbAtxHAAAAAAAAAAADUXpdn+OMl+KE7zO7u/P9H9dSlO8vMbYoyt77Pdr/VglOZvjpLs&#10;VXvSw4ee9rRjTyj+SYBtJ4YDAAAAAAAAACDs4MGr9+y76ZpeyDaezL0oSrPbLm729mgqe92FJdmr&#10;/vHPp2Zne//d7u/3+/GnwG6rbgyXPRDtPyyGAwAAAAAAAAAAqAMxHAAAAAAAAAAAAKUXpflPieEA&#10;AAAAAAAAAAAoNTEcAAAAAAAAAAAApSeGAwAAAAAAAAAAoPTEcAAAAAAAAAAAAJSeGA4AAAAAAAAA&#10;AIDSE8MBAAAAAAAAAABQemI4AAAAAAAAAAAASk8MBwAAAAAAAAAAQOkVMdyXgkFZmSeGAwAAAAAA&#10;AAAAqI8qx3DxtbPTxWUCAAAAAAAAAABQZWI4AAAAAAAAAAAASk8MBwAAAAAAAAAAQOmJ4QAAAAAA&#10;AAAAACg9MRwAAAAAAAAAAAClJ4YDAAAAAAAAAACg9MRwAAAAAAAAAAAAlF6UZv9eDAcAAAAAAAAA&#10;AECpieEAAAAAAAAAAAAoPTEcAAAAAAAAAAAApSeGAwAAAAAAAAAAoPTEcAAAAAAAAAAAAJSeGA4A&#10;AAAAAAAAAIDSE8MBAAAAAAAAAABQemI4AAAAAAAAAAAASu9iDJedDQZlZZ4YDgAAAAAAAAAAoD4q&#10;G8Ol2bvFcAAAAAAAAAAAADVR6RhunxgOAAAAAAAAAACgFsRwAAAAAAAAAAAAlJ4YDgAAAAAAAAAA&#10;gNITwwEAAAAAAAAAAFB6F2K4VAwHAAAAAAAAAABAiYnhAAAAAAAAAAAAKL14Kn9ZOCYr/ZaiyWyi&#10;uEwAAAAAAAAAAACqbG+a5XGa/UUgJiv5PBkOAAAAAAAAAACgNqI0vz5Ks/eHg7IyTwwHAAAAAAAA&#10;AABQK1GSLYaDslLPj0kFAAAAAAAAAACok3hq9mggJiv5snfHU/mB4hIBAAAAAAAAAACouqcemP2G&#10;KM3fFY7KyjoxHAAAAAAAAAAAQO2MJ3MvCkdlpZ0fkwoAAAAAAAAAAFBHUZIvBKKyks6T4QAAAAAA&#10;AAAAAGrpSVNHnxIl+f8Nx2VlmxgOAAAAAAAAAACgtvamsy8Mx2VlmxgOAAAAAAAAAACg1uI0v+Ox&#10;cVnpthRNZhPFJQEAAAAAAAAAAFBHUZr/YiAwK9E8GQ4AAAAAAAAAAICuKM3vCYdmZZgYDgAAAAAA&#10;AAAAgEKUZIvh2Gzk58ekAgAAAAAAAAAA8FVxkj0QiM1GfJ4MBwAAAAAAAAAAwCZxmv1aODob1Ynh&#10;AAAAAAAAAAAACIiT7L+Gw7NRnBgOAAAAAAAAAACAS4jS2dvD8dnIbSmazCaKbxsAAAAAAAAAAAA2&#10;ivfNTsdp9uVAgDZC82Q4AAAAAAAAAAAA+hCn+enHRmijMjEcAAAAAAAAAAAAfYqT/L+EY7Sh75QY&#10;DgAAAAAAAAAAgL7F+/PnRWn++UCQNsyJ4QAAAAAAAAAAANi6OM1+KRClDWtiOAAAAAAAAAAAAAaz&#10;dyr/njjJPxOI03Z7YjgAAAAAAAAAAACuTJRkdwUCtd3cUjSZTRTfDgAAAAAAAAAAAAymF6NFSfab&#10;gVBtN+bJcAAAAAAAAAAAAGyfvVP5s6IkWwwEazs5MRwAAAAAAAAAAADbbzzJ98Vp/tlN0drOLMk/&#10;6MekAgAAAAAAAAAAsGPifbPTcZq/8zEB27Yu+6XomXPfVvyTAAAAAAAAAAAAsDOe9rRjT4iT/G3h&#10;mO0KluTnu7/eUfwzAAAAAAAAAAAAsDuiZO6mOMne8ZiwbatL8r+Nkvz4eDL7r4ovDQAAAAAAAAAA&#10;ALtvT3r4UJRmJ7o7GwzeLr0zUZL/Rvfv7S++FAAAAAAAAAAAAAxfNJmNxWn+kijNmlGSLXZ/v9Td&#10;Z4v47VPdP/9I8ed3xlP58646ePDq4q8CAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACbXHXV/wdy&#10;Qlp6PijlDAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAkDWTe+EAAAALAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPTU/CQBCG7yb+h82YeDFlCwKF2i0xaC+cEOS+7I5t43403aVUf73jSW8zmSfvPG+x&#10;Ga1hA/ah9U7AdJICQ6e8bl0t4P1YJStgIUqnpfEOBXxhgE15e1PIXPure8PhEGtGIS7kUkATY5dz&#10;HlSDVoaJ79DR7cP3VkZa+5rrXl4p3Bo+S9Mlt7J19KGRHW4bVJ+HixVw3NuHl+2r6UK22A9VdVL6&#10;e6eEuL8bn5+ARRzjHwy/+qQOJTmd/cXpwIyA5DGdL4ilaZ1lwAhJZtMlsLOA1TwDXhb8f4fyBwAA&#10;//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfill&#10;F1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFyb&#10;OSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIO&#10;H2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAF1FIpYAgAAGAUAAA4A&#10;AAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAGQ5NMR8PAIAfDwC&#10;ABQAAAAAAAAAAAAAAAAAvgQAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhAJA1&#10;k3vhAAAACwEAAA8AAAAAAAAAAAAAAAAAbEECAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAA&#10;IQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAHpCAgBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxz&#10;UEsFBgAAAAAGAAYAfAEAAG1DAgAAAA==&#10;" path="m3905734,l,,,3632334r3905734,l3905734,xe" stroked="f">
               <v:fill r:id="rId3" o:title="" opacity="3277f" recolor="t" rotate="t" type="frame"/>
               <v:path arrowok="t"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7407E107" w14:textId="77777777" w:rsidR="00BD6596" w:rsidRDefault="00BD6596" w:rsidP="00FC3D1F">
+    <w:p w14:paraId="3597A747" w14:textId="77777777" w:rsidR="0058314E" w:rsidRDefault="0058314E" w:rsidP="00FC3D1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D2ACF39" w14:textId="77777777" w:rsidR="00BD6596" w:rsidRDefault="00BD6596" w:rsidP="00FC3D1F">
+    <w:p w14:paraId="13F470E1" w14:textId="77777777" w:rsidR="0058314E" w:rsidRDefault="0058314E" w:rsidP="00FC3D1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="413FE6C1" w14:textId="77777777" w:rsidR="00BD6596" w:rsidRDefault="00BD6596">
+    <w:p w14:paraId="10617F4D" w14:textId="77777777" w:rsidR="0058314E" w:rsidRDefault="0058314E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="0C5A7C70" w14:textId="5776FE1B" w:rsidR="003554DE" w:rsidRDefault="00701D7D" w:rsidP="00347D39">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="9295"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="oypena"/>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="285D7F"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
@@ -11431,53 +14964,53 @@
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
           <w:pict>
-            <v:line w14:anchorId="47F57392" id="Straight Connector 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251666434;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,1.45pt" to="534.1pt,2.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAT3JsWxQEAAOMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu0zAQ3SPxD5b3NEkvfRA1vYtblQ2C&#10;Kx4f4DrjxpJfsk2T/j1jJ02vACGB2Di2Z86ZM8eT3eOgFbmAD9KahlaLkhIw3LbSnBv67evxzZaS&#10;EJlpmbIGGnqFQB/3r1/telfD0nZWteAJkphQ966hXYyuLorAO9AsLKwDg0FhvWYRj/5ctJ71yK5V&#10;sSzLddFb3zpvOYSAt4cxSPeZXwjg8ZMQASJRDUVtMa8+r6e0Fvsdq8+euU7ySQb7BxWaSYNFZ6oD&#10;i4x89/IXKi25t8GKuOBWF1YIySH3gN1U5U/dfOmYg9wLmhPcbFP4f7T84+XJPHu0oXehDu7Zpy4G&#10;4XX6oj4yZLOus1kwRMLxcr3ZLt89bCjhGKse1m+3ycziDnY+xPdgNUmbhippUi+sZpcPIY6pt5R0&#10;rQzpG7raVKsypwWrZHuUSqVg8OfTk/LkwvAdl9vVYXOcqr1Iw9rKoIR7J3kXrwrGAp9BENmi9mqs&#10;kIYMZlrGOZhYTbzKYHaCCZQwAydpfwJO+QkKeQD/BjwjcmVr4gzW0lj/O9lxuEkWY/7NgbHvZMHJ&#10;ttf8xtkanKT8TtPUp1F9ec7w+7+5/wEAAP//AwBQSwMEFAAGAAgAAAAhAM7tCdnaAAAABQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQi+lkWLa/LhehxDIJbemhVw31sY2sVbGUhL3&#10;7auc2uMww8w3xWp0nbryEFovCNOJAcVSedtKjfD9tX1dgAqRxFLnhRF+OMCqfHwoKLf+Jp983cda&#10;pRIJOSE0Mfa51qFq2FGY+J4leSc/OIpJDrW2A91Suet0ZsxMO2olLTTU86bh6ry/OITlYWvPJu5a&#10;OlH/Mn8L2S5sHOLz07j+ABV5jH9huOMndCgT09FfxAbVIaQjESFbgrqbZrbIQB0R3g3ostD/6ctf&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABPcmxbFAQAA4wMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM7tCdnaAAAABQEAAA8AAAAAAAAAAAAA&#10;AAAAHwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;" strokecolor="#285d7f" strokeweight="4.5pt">
+            <v:line w14:anchorId="795E82C6" id="Straight Connector 26" o:spid="_x0000_s1026" style="position:absolute;z-index:251666434;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,1.45pt" to="534.1pt,2.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBguvIg6wEAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG8fexkmsOHtIlF6q&#10;Nup2fwDBYCPxJaCx8+87YMe7aquVWvWCDTPvzZvHsHsclERX5rwwusb5YokR09Q0Qrc1fv5++rDB&#10;yAeiGyKNZjW+MY8f9+/f7XpbscJ0RjbMISDRvuptjbsQbJVlnnZMEb8wlmkIcuMUCbB1bdY40gO7&#10;klmxXJZZb1xjnaHMezg9jkG8T/ycMxq+cu5ZQLLGoC2k1aX1EtdsvyNV64jtBJ1kkH9QoYjQUHSm&#10;OpJA0A8nfqNSgjrjDQ8LalRmOBeUpR6gm3z5SzdPHbEs9QLmeDvb5P8fLf1yPTskGri7sszLbVls&#10;txhpouCunoIjou0COhitwUnjUFFGx3rrKwAe9NlNO2/PLrY/cKfiFxpDQ3L5NrvMhoAoHJbrTbF9&#10;WGNEIZY/lB83kTN7AVvnwydmFIo/NZZCRxNIRa6ffRhT7ynxWGrU13i1zlfLlOaNFM1JSBmD3rWX&#10;g3ToSmAAis3quD5N1V6lQW2pQULsa+wk/YWbZGOBb4yDR6A9HyvE6WQzLaGU6ZBPvFJDdoRxkDAD&#10;J2lvAaf8CGVpcv8GPCNSZaPDDFZCG/cn2WG4S+Zj/t2Bse9owcU0t3THyRoYwXRP03OJM/56n+Av&#10;j3r/EwAA//8DAFBLAwQUAAYACAAAACEAzu0J2doAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zWrDMBCE74W+g9hCL6WRYtr8uF6HEMglt6aFXDfWxjaxVsZSEvftq5za4zDDzDfFanSduvIQWi8I&#10;04kBxVJ520qN8P21fV2ACpHEUueFEX44wKp8fCgot/4mn3zdx1qlEgk5ITQx9rnWoWrYUZj4niV5&#10;Jz84ikkOtbYD3VK563RmzEw7aiUtNNTzpuHqvL84hOVha88m7lo6Uf8yfwvZLmwc4vPTuP4AFXmM&#10;f2G44yd0KBPT0V/EBtUhpCMRIVuCuptmtshAHRHeDeiy0P/py18AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAYLryIOsBAAAcBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAzu0J2doAAAAFAQAADwAAAAAAAAAAAAAAAABFBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" strokecolor="#285d7f" strokeweight="4.5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="066482FF" w14:textId="54153368" w:rsidR="003554DE" w:rsidRPr="007A4CD1" w:rsidRDefault="009F273E" w:rsidP="009F273E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="9295"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:caps/>
         <w:color w:val="285D7F"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009F273E">
       <w:rPr>
         <w:rStyle w:val="oypena"/>
@@ -11900,51 +15433,51 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC3D1F"/>
     <w:rsid w:val="00000C48"/>
     <w:rsid w:val="00000D63"/>
     <w:rsid w:val="000018D4"/>
     <w:rsid w:val="00001FAA"/>
@@ -12006,50 +15539,51 @@
     <w:rsid w:val="00087D71"/>
     <w:rsid w:val="000905B3"/>
     <w:rsid w:val="00090655"/>
     <w:rsid w:val="00090977"/>
     <w:rsid w:val="00091D15"/>
     <w:rsid w:val="000923DB"/>
     <w:rsid w:val="00093654"/>
     <w:rsid w:val="00094189"/>
     <w:rsid w:val="00095354"/>
     <w:rsid w:val="000954E7"/>
     <w:rsid w:val="00095F09"/>
     <w:rsid w:val="0009772B"/>
     <w:rsid w:val="000A11AB"/>
     <w:rsid w:val="000A1C12"/>
     <w:rsid w:val="000A3080"/>
     <w:rsid w:val="000A57C6"/>
     <w:rsid w:val="000A5ABE"/>
     <w:rsid w:val="000A6F81"/>
     <w:rsid w:val="000B0C66"/>
     <w:rsid w:val="000B1F3D"/>
     <w:rsid w:val="000B29FA"/>
     <w:rsid w:val="000B2F99"/>
     <w:rsid w:val="000B4475"/>
     <w:rsid w:val="000B550C"/>
     <w:rsid w:val="000B6E0F"/>
+    <w:rsid w:val="000C1BE5"/>
     <w:rsid w:val="000C21B3"/>
     <w:rsid w:val="000C36F0"/>
     <w:rsid w:val="000C53C7"/>
     <w:rsid w:val="000C5DB6"/>
     <w:rsid w:val="000C61AF"/>
     <w:rsid w:val="000D0C9A"/>
     <w:rsid w:val="000D0D1F"/>
     <w:rsid w:val="000D1281"/>
     <w:rsid w:val="000D165C"/>
     <w:rsid w:val="000D1B69"/>
     <w:rsid w:val="000D2E4D"/>
     <w:rsid w:val="000D3150"/>
     <w:rsid w:val="000D3662"/>
     <w:rsid w:val="000D3BF8"/>
     <w:rsid w:val="000D6E64"/>
     <w:rsid w:val="000D723D"/>
     <w:rsid w:val="000E1327"/>
     <w:rsid w:val="000E13B9"/>
     <w:rsid w:val="000E2306"/>
     <w:rsid w:val="000E3027"/>
     <w:rsid w:val="000E3BD2"/>
     <w:rsid w:val="000E3BEC"/>
     <w:rsid w:val="000E3D35"/>
     <w:rsid w:val="000E3FF2"/>
     <w:rsid w:val="000E4145"/>
@@ -12070,294 +15604,306 @@
     <w:rsid w:val="00100485"/>
     <w:rsid w:val="00100919"/>
     <w:rsid w:val="00103995"/>
     <w:rsid w:val="00103D4F"/>
     <w:rsid w:val="00104529"/>
     <w:rsid w:val="00105689"/>
     <w:rsid w:val="00105DC7"/>
     <w:rsid w:val="00107022"/>
     <w:rsid w:val="001146B6"/>
     <w:rsid w:val="00115C17"/>
     <w:rsid w:val="00117082"/>
     <w:rsid w:val="0012026B"/>
     <w:rsid w:val="00121D38"/>
     <w:rsid w:val="0012218A"/>
     <w:rsid w:val="00122EC4"/>
     <w:rsid w:val="001232BB"/>
     <w:rsid w:val="00123B45"/>
     <w:rsid w:val="00125F1A"/>
     <w:rsid w:val="001269A8"/>
     <w:rsid w:val="001272D8"/>
     <w:rsid w:val="00130252"/>
     <w:rsid w:val="00130992"/>
     <w:rsid w:val="00130C9D"/>
     <w:rsid w:val="00130D37"/>
     <w:rsid w:val="001310D8"/>
+    <w:rsid w:val="001351EC"/>
     <w:rsid w:val="00135E71"/>
     <w:rsid w:val="00136136"/>
     <w:rsid w:val="00141CCE"/>
     <w:rsid w:val="00143226"/>
     <w:rsid w:val="00143D53"/>
     <w:rsid w:val="001445B9"/>
     <w:rsid w:val="00144E35"/>
     <w:rsid w:val="001450F1"/>
     <w:rsid w:val="00145198"/>
     <w:rsid w:val="00147C4D"/>
     <w:rsid w:val="00152615"/>
     <w:rsid w:val="00156B87"/>
     <w:rsid w:val="00156F04"/>
     <w:rsid w:val="00157EC3"/>
     <w:rsid w:val="00161A74"/>
     <w:rsid w:val="00161C53"/>
     <w:rsid w:val="001625B4"/>
     <w:rsid w:val="0016615B"/>
     <w:rsid w:val="0016759F"/>
     <w:rsid w:val="00170CB9"/>
     <w:rsid w:val="00171069"/>
     <w:rsid w:val="00171661"/>
     <w:rsid w:val="001722E3"/>
     <w:rsid w:val="001727C7"/>
     <w:rsid w:val="00173707"/>
     <w:rsid w:val="001738CB"/>
     <w:rsid w:val="00173CBD"/>
     <w:rsid w:val="001746AF"/>
     <w:rsid w:val="00174802"/>
     <w:rsid w:val="00174971"/>
     <w:rsid w:val="00177885"/>
     <w:rsid w:val="00177E05"/>
     <w:rsid w:val="00182027"/>
     <w:rsid w:val="001825A9"/>
+    <w:rsid w:val="001835E7"/>
     <w:rsid w:val="0018475D"/>
     <w:rsid w:val="00185C6D"/>
     <w:rsid w:val="00186FDC"/>
     <w:rsid w:val="001908F6"/>
     <w:rsid w:val="001911C3"/>
     <w:rsid w:val="001912C4"/>
     <w:rsid w:val="001925AF"/>
     <w:rsid w:val="00192D59"/>
     <w:rsid w:val="00193B71"/>
     <w:rsid w:val="00193D90"/>
     <w:rsid w:val="00195066"/>
     <w:rsid w:val="00195306"/>
     <w:rsid w:val="00195EFA"/>
     <w:rsid w:val="001A16D8"/>
     <w:rsid w:val="001A1FC1"/>
     <w:rsid w:val="001A6ECC"/>
     <w:rsid w:val="001A7D05"/>
     <w:rsid w:val="001B067D"/>
     <w:rsid w:val="001B1750"/>
     <w:rsid w:val="001B2B23"/>
     <w:rsid w:val="001B2E51"/>
     <w:rsid w:val="001B307F"/>
     <w:rsid w:val="001B7985"/>
     <w:rsid w:val="001B7DF1"/>
     <w:rsid w:val="001C1295"/>
     <w:rsid w:val="001C2543"/>
     <w:rsid w:val="001C3D67"/>
     <w:rsid w:val="001C5459"/>
+    <w:rsid w:val="001C73D9"/>
     <w:rsid w:val="001D1E74"/>
     <w:rsid w:val="001D2EEB"/>
     <w:rsid w:val="001D5027"/>
     <w:rsid w:val="001D5681"/>
     <w:rsid w:val="001D7EC5"/>
     <w:rsid w:val="001E02A5"/>
     <w:rsid w:val="001E413A"/>
     <w:rsid w:val="001E4C52"/>
     <w:rsid w:val="001E4CF7"/>
     <w:rsid w:val="001E7861"/>
     <w:rsid w:val="001F1540"/>
     <w:rsid w:val="001F7094"/>
     <w:rsid w:val="0020000A"/>
     <w:rsid w:val="00201095"/>
     <w:rsid w:val="00201826"/>
     <w:rsid w:val="00202306"/>
     <w:rsid w:val="00203166"/>
     <w:rsid w:val="00203D4D"/>
     <w:rsid w:val="00203FA9"/>
     <w:rsid w:val="00207227"/>
     <w:rsid w:val="00207E92"/>
     <w:rsid w:val="00207F24"/>
     <w:rsid w:val="00211386"/>
     <w:rsid w:val="00211FFA"/>
     <w:rsid w:val="00212C55"/>
     <w:rsid w:val="00212FB2"/>
     <w:rsid w:val="0021309D"/>
     <w:rsid w:val="002155CA"/>
     <w:rsid w:val="00216D86"/>
     <w:rsid w:val="00217EF4"/>
     <w:rsid w:val="0022054D"/>
     <w:rsid w:val="002209E2"/>
     <w:rsid w:val="002217D9"/>
     <w:rsid w:val="0022245D"/>
     <w:rsid w:val="00226E74"/>
     <w:rsid w:val="00231D0C"/>
     <w:rsid w:val="00231F4C"/>
     <w:rsid w:val="002321A6"/>
     <w:rsid w:val="00233119"/>
     <w:rsid w:val="00234A1F"/>
     <w:rsid w:val="002367B5"/>
     <w:rsid w:val="002367F8"/>
     <w:rsid w:val="00236FE5"/>
+    <w:rsid w:val="00237139"/>
     <w:rsid w:val="002379A9"/>
     <w:rsid w:val="0024032F"/>
     <w:rsid w:val="002432D3"/>
     <w:rsid w:val="0024428B"/>
     <w:rsid w:val="002449AB"/>
     <w:rsid w:val="00246C61"/>
     <w:rsid w:val="00246E58"/>
     <w:rsid w:val="00246FDF"/>
     <w:rsid w:val="00251647"/>
     <w:rsid w:val="00254EB7"/>
     <w:rsid w:val="00255705"/>
     <w:rsid w:val="0025625B"/>
     <w:rsid w:val="00256946"/>
     <w:rsid w:val="00260640"/>
     <w:rsid w:val="00260732"/>
     <w:rsid w:val="00261174"/>
+    <w:rsid w:val="0026165A"/>
     <w:rsid w:val="00264C92"/>
     <w:rsid w:val="002655CE"/>
     <w:rsid w:val="00265B82"/>
     <w:rsid w:val="002669EB"/>
     <w:rsid w:val="002710F5"/>
     <w:rsid w:val="00271BD0"/>
     <w:rsid w:val="00274EA6"/>
+    <w:rsid w:val="0027508D"/>
     <w:rsid w:val="00275D95"/>
     <w:rsid w:val="00276102"/>
     <w:rsid w:val="00276605"/>
     <w:rsid w:val="0027670C"/>
     <w:rsid w:val="002768E9"/>
     <w:rsid w:val="00280D75"/>
     <w:rsid w:val="002842B6"/>
     <w:rsid w:val="00284363"/>
     <w:rsid w:val="0028590A"/>
     <w:rsid w:val="0028602F"/>
     <w:rsid w:val="002866C3"/>
     <w:rsid w:val="00286AAC"/>
     <w:rsid w:val="00286B07"/>
     <w:rsid w:val="00290FA3"/>
     <w:rsid w:val="002918C9"/>
     <w:rsid w:val="00292550"/>
     <w:rsid w:val="00292C8D"/>
     <w:rsid w:val="00293049"/>
     <w:rsid w:val="0029453B"/>
     <w:rsid w:val="002959A2"/>
     <w:rsid w:val="002964AB"/>
     <w:rsid w:val="00297565"/>
     <w:rsid w:val="0029761B"/>
     <w:rsid w:val="00297792"/>
     <w:rsid w:val="002A2198"/>
     <w:rsid w:val="002A2221"/>
     <w:rsid w:val="002A22C5"/>
     <w:rsid w:val="002A6895"/>
     <w:rsid w:val="002B0068"/>
     <w:rsid w:val="002B31A7"/>
     <w:rsid w:val="002B6EE8"/>
     <w:rsid w:val="002BC96B"/>
     <w:rsid w:val="002C0A7D"/>
     <w:rsid w:val="002C1532"/>
     <w:rsid w:val="002C34CD"/>
     <w:rsid w:val="002C3C19"/>
     <w:rsid w:val="002C3F01"/>
     <w:rsid w:val="002C4858"/>
     <w:rsid w:val="002C5772"/>
     <w:rsid w:val="002C729D"/>
     <w:rsid w:val="002C7959"/>
     <w:rsid w:val="002D0FC9"/>
     <w:rsid w:val="002D2B78"/>
     <w:rsid w:val="002D2E9E"/>
     <w:rsid w:val="002D3DB4"/>
     <w:rsid w:val="002D4A47"/>
     <w:rsid w:val="002D6D57"/>
     <w:rsid w:val="002E0B01"/>
+    <w:rsid w:val="002E0D94"/>
     <w:rsid w:val="002E1C19"/>
     <w:rsid w:val="002E26AA"/>
     <w:rsid w:val="002E2A5D"/>
     <w:rsid w:val="002E6682"/>
     <w:rsid w:val="002E6EB9"/>
     <w:rsid w:val="002F2842"/>
     <w:rsid w:val="002F29EC"/>
     <w:rsid w:val="002F3B5B"/>
     <w:rsid w:val="002F4E89"/>
     <w:rsid w:val="002F4FE6"/>
     <w:rsid w:val="002F74CD"/>
     <w:rsid w:val="0030052E"/>
     <w:rsid w:val="00300920"/>
     <w:rsid w:val="003026E1"/>
+    <w:rsid w:val="00303E3B"/>
     <w:rsid w:val="00304BE6"/>
+    <w:rsid w:val="00305B2C"/>
     <w:rsid w:val="00305F09"/>
     <w:rsid w:val="00305F0A"/>
     <w:rsid w:val="00306751"/>
+    <w:rsid w:val="00313064"/>
     <w:rsid w:val="0031328F"/>
     <w:rsid w:val="00313F5F"/>
     <w:rsid w:val="0031470A"/>
     <w:rsid w:val="00314871"/>
     <w:rsid w:val="00315B19"/>
     <w:rsid w:val="00317399"/>
     <w:rsid w:val="003224FF"/>
     <w:rsid w:val="00323503"/>
     <w:rsid w:val="003314C6"/>
     <w:rsid w:val="0033191E"/>
     <w:rsid w:val="00334783"/>
     <w:rsid w:val="00334CBA"/>
     <w:rsid w:val="00335EC7"/>
     <w:rsid w:val="00337350"/>
     <w:rsid w:val="003376A2"/>
     <w:rsid w:val="00341F6D"/>
     <w:rsid w:val="003425F2"/>
     <w:rsid w:val="00347D39"/>
+    <w:rsid w:val="00352EF7"/>
     <w:rsid w:val="003540B5"/>
     <w:rsid w:val="003554DE"/>
     <w:rsid w:val="003579D4"/>
     <w:rsid w:val="00357BD1"/>
     <w:rsid w:val="003632DF"/>
     <w:rsid w:val="00363D18"/>
     <w:rsid w:val="00364510"/>
     <w:rsid w:val="00370DEE"/>
     <w:rsid w:val="00371ED4"/>
     <w:rsid w:val="003727A9"/>
     <w:rsid w:val="00374A38"/>
     <w:rsid w:val="00374B89"/>
     <w:rsid w:val="00375351"/>
     <w:rsid w:val="0037586F"/>
     <w:rsid w:val="00380CBF"/>
     <w:rsid w:val="00382365"/>
     <w:rsid w:val="0038449C"/>
     <w:rsid w:val="0038449F"/>
     <w:rsid w:val="003849CA"/>
     <w:rsid w:val="00386023"/>
     <w:rsid w:val="003864D0"/>
     <w:rsid w:val="003873CD"/>
     <w:rsid w:val="003877AD"/>
     <w:rsid w:val="00391045"/>
     <w:rsid w:val="003943D6"/>
     <w:rsid w:val="00396A4B"/>
     <w:rsid w:val="00396AC8"/>
     <w:rsid w:val="003A04DF"/>
     <w:rsid w:val="003A127B"/>
     <w:rsid w:val="003A3B59"/>
     <w:rsid w:val="003A4ACA"/>
     <w:rsid w:val="003A53F8"/>
+    <w:rsid w:val="003A621A"/>
     <w:rsid w:val="003A72AF"/>
     <w:rsid w:val="003A738F"/>
     <w:rsid w:val="003A75A0"/>
     <w:rsid w:val="003A763D"/>
     <w:rsid w:val="003B02E0"/>
     <w:rsid w:val="003B2481"/>
     <w:rsid w:val="003B2DFD"/>
     <w:rsid w:val="003B34AC"/>
     <w:rsid w:val="003B34FF"/>
     <w:rsid w:val="003B6147"/>
     <w:rsid w:val="003B614A"/>
     <w:rsid w:val="003B6636"/>
     <w:rsid w:val="003B69E8"/>
     <w:rsid w:val="003B69EE"/>
     <w:rsid w:val="003B6ECB"/>
     <w:rsid w:val="003B7B75"/>
     <w:rsid w:val="003C0846"/>
     <w:rsid w:val="003C2735"/>
     <w:rsid w:val="003C28AA"/>
     <w:rsid w:val="003C2A1F"/>
     <w:rsid w:val="003C2EA2"/>
     <w:rsid w:val="003C38BF"/>
     <w:rsid w:val="003C4E1B"/>
     <w:rsid w:val="003C5667"/>
     <w:rsid w:val="003C72F6"/>
@@ -12377,50 +15923,51 @@
     <w:rsid w:val="003F489B"/>
     <w:rsid w:val="003F4DB9"/>
     <w:rsid w:val="003F52EA"/>
     <w:rsid w:val="003F720D"/>
     <w:rsid w:val="003F7FB0"/>
     <w:rsid w:val="00405CFE"/>
     <w:rsid w:val="0040672B"/>
     <w:rsid w:val="004107A3"/>
     <w:rsid w:val="00411319"/>
     <w:rsid w:val="00411BDC"/>
     <w:rsid w:val="00411CCA"/>
     <w:rsid w:val="00412F15"/>
     <w:rsid w:val="00413499"/>
     <w:rsid w:val="00413F4C"/>
     <w:rsid w:val="00414D4A"/>
     <w:rsid w:val="004231BF"/>
     <w:rsid w:val="00424A07"/>
     <w:rsid w:val="0042584A"/>
     <w:rsid w:val="00425F4A"/>
     <w:rsid w:val="00426CD6"/>
     <w:rsid w:val="00430121"/>
     <w:rsid w:val="00431C71"/>
     <w:rsid w:val="004332B4"/>
     <w:rsid w:val="004417FB"/>
     <w:rsid w:val="00442088"/>
+    <w:rsid w:val="00442430"/>
     <w:rsid w:val="00443BD2"/>
     <w:rsid w:val="00445B45"/>
     <w:rsid w:val="004463BD"/>
     <w:rsid w:val="00446A25"/>
     <w:rsid w:val="004473A8"/>
     <w:rsid w:val="00450FD8"/>
     <w:rsid w:val="00452DF7"/>
     <w:rsid w:val="0045354B"/>
     <w:rsid w:val="0045358A"/>
     <w:rsid w:val="00454708"/>
     <w:rsid w:val="00454DAB"/>
     <w:rsid w:val="00456972"/>
     <w:rsid w:val="00456CC7"/>
     <w:rsid w:val="00457C81"/>
     <w:rsid w:val="00457F1B"/>
     <w:rsid w:val="00457FBA"/>
     <w:rsid w:val="004608DC"/>
     <w:rsid w:val="00460B8A"/>
     <w:rsid w:val="00464342"/>
     <w:rsid w:val="00464CA9"/>
     <w:rsid w:val="00466B06"/>
     <w:rsid w:val="004676C2"/>
     <w:rsid w:val="00470BB5"/>
     <w:rsid w:val="004715BC"/>
     <w:rsid w:val="004720B0"/>
@@ -12458,95 +16005,100 @@
     <w:rsid w:val="004C2524"/>
     <w:rsid w:val="004C3585"/>
     <w:rsid w:val="004C4C34"/>
     <w:rsid w:val="004C718B"/>
     <w:rsid w:val="004D0067"/>
     <w:rsid w:val="004D13C3"/>
     <w:rsid w:val="004D3BD1"/>
     <w:rsid w:val="004D4299"/>
     <w:rsid w:val="004D4B2F"/>
     <w:rsid w:val="004D537A"/>
     <w:rsid w:val="004D7E97"/>
     <w:rsid w:val="004E15D2"/>
     <w:rsid w:val="004E27FA"/>
     <w:rsid w:val="004E6170"/>
     <w:rsid w:val="004E7168"/>
     <w:rsid w:val="004F025B"/>
     <w:rsid w:val="004F09AA"/>
     <w:rsid w:val="004F2A62"/>
     <w:rsid w:val="00500488"/>
     <w:rsid w:val="00500FD9"/>
     <w:rsid w:val="005028E0"/>
     <w:rsid w:val="0050295F"/>
     <w:rsid w:val="005029F4"/>
     <w:rsid w:val="00502CAF"/>
     <w:rsid w:val="00502E8F"/>
+    <w:rsid w:val="00503134"/>
     <w:rsid w:val="005038FE"/>
     <w:rsid w:val="005045CB"/>
     <w:rsid w:val="00505A84"/>
+    <w:rsid w:val="00505C76"/>
     <w:rsid w:val="0050631C"/>
     <w:rsid w:val="00507961"/>
     <w:rsid w:val="005104CB"/>
     <w:rsid w:val="005112EC"/>
     <w:rsid w:val="00511E4A"/>
     <w:rsid w:val="005136B6"/>
     <w:rsid w:val="005137DF"/>
     <w:rsid w:val="0051453A"/>
     <w:rsid w:val="00515400"/>
     <w:rsid w:val="00516451"/>
     <w:rsid w:val="00523839"/>
     <w:rsid w:val="00524615"/>
     <w:rsid w:val="005316DA"/>
     <w:rsid w:val="00531BDC"/>
     <w:rsid w:val="0053234D"/>
     <w:rsid w:val="0053574F"/>
     <w:rsid w:val="005416B8"/>
     <w:rsid w:val="00543617"/>
     <w:rsid w:val="00544576"/>
     <w:rsid w:val="00544C2E"/>
     <w:rsid w:val="00545032"/>
+    <w:rsid w:val="00547B5A"/>
     <w:rsid w:val="005501E7"/>
     <w:rsid w:val="0055031D"/>
     <w:rsid w:val="00552AB7"/>
     <w:rsid w:val="00552CF0"/>
     <w:rsid w:val="005544B9"/>
     <w:rsid w:val="00555091"/>
     <w:rsid w:val="00555C88"/>
+    <w:rsid w:val="00562D04"/>
     <w:rsid w:val="0056641A"/>
     <w:rsid w:val="0056696F"/>
     <w:rsid w:val="00566B31"/>
     <w:rsid w:val="00567A72"/>
     <w:rsid w:val="005714AA"/>
     <w:rsid w:val="005717D0"/>
     <w:rsid w:val="00573BC7"/>
     <w:rsid w:val="00573C38"/>
     <w:rsid w:val="00574461"/>
     <w:rsid w:val="0057488C"/>
     <w:rsid w:val="005755B4"/>
     <w:rsid w:val="00575A23"/>
     <w:rsid w:val="00575B27"/>
     <w:rsid w:val="00580ED8"/>
+    <w:rsid w:val="0058314E"/>
     <w:rsid w:val="005840EC"/>
     <w:rsid w:val="00584E9B"/>
     <w:rsid w:val="00585BA0"/>
     <w:rsid w:val="0058641E"/>
     <w:rsid w:val="00586E6D"/>
     <w:rsid w:val="00586FAA"/>
     <w:rsid w:val="0059167F"/>
     <w:rsid w:val="00592E64"/>
     <w:rsid w:val="005967CF"/>
     <w:rsid w:val="00596C30"/>
     <w:rsid w:val="005970D4"/>
     <w:rsid w:val="005A01D3"/>
     <w:rsid w:val="005A1584"/>
     <w:rsid w:val="005A1817"/>
     <w:rsid w:val="005A28C0"/>
     <w:rsid w:val="005A3392"/>
     <w:rsid w:val="005A39E1"/>
     <w:rsid w:val="005A4C18"/>
     <w:rsid w:val="005A4F45"/>
     <w:rsid w:val="005A7BD6"/>
     <w:rsid w:val="005A7ECE"/>
     <w:rsid w:val="005B19F3"/>
     <w:rsid w:val="005B1C49"/>
     <w:rsid w:val="005B364F"/>
     <w:rsid w:val="005B39E6"/>
@@ -12631,113 +16183,118 @@
     <w:rsid w:val="0066374A"/>
     <w:rsid w:val="0066432B"/>
     <w:rsid w:val="00664A21"/>
     <w:rsid w:val="00666101"/>
     <w:rsid w:val="006669DC"/>
     <w:rsid w:val="0067017B"/>
     <w:rsid w:val="00673E30"/>
     <w:rsid w:val="00674024"/>
     <w:rsid w:val="006745FD"/>
     <w:rsid w:val="006755E3"/>
     <w:rsid w:val="00675DA1"/>
     <w:rsid w:val="00675FE1"/>
     <w:rsid w:val="00676741"/>
     <w:rsid w:val="006770EC"/>
     <w:rsid w:val="00677331"/>
     <w:rsid w:val="00677C3F"/>
     <w:rsid w:val="00680635"/>
     <w:rsid w:val="00680A4F"/>
     <w:rsid w:val="00683621"/>
     <w:rsid w:val="00685BFD"/>
     <w:rsid w:val="00686BDC"/>
     <w:rsid w:val="00690604"/>
     <w:rsid w:val="00691D8F"/>
     <w:rsid w:val="006949A4"/>
     <w:rsid w:val="00695F58"/>
+    <w:rsid w:val="00696347"/>
     <w:rsid w:val="006966BF"/>
+    <w:rsid w:val="00696B59"/>
     <w:rsid w:val="00696F6E"/>
     <w:rsid w:val="006A044C"/>
     <w:rsid w:val="006A1857"/>
     <w:rsid w:val="006A1C33"/>
     <w:rsid w:val="006A27B8"/>
     <w:rsid w:val="006A3327"/>
     <w:rsid w:val="006A5F40"/>
     <w:rsid w:val="006B0C21"/>
     <w:rsid w:val="006B0F24"/>
     <w:rsid w:val="006B2100"/>
     <w:rsid w:val="006B3333"/>
     <w:rsid w:val="006B43D6"/>
     <w:rsid w:val="006B5321"/>
     <w:rsid w:val="006B78E0"/>
     <w:rsid w:val="006C0196"/>
     <w:rsid w:val="006C11C9"/>
+    <w:rsid w:val="006C1EC1"/>
     <w:rsid w:val="006C230E"/>
     <w:rsid w:val="006C269C"/>
     <w:rsid w:val="006C2814"/>
     <w:rsid w:val="006C3AAE"/>
     <w:rsid w:val="006C3B12"/>
     <w:rsid w:val="006C3B49"/>
     <w:rsid w:val="006C3C9C"/>
     <w:rsid w:val="006C4265"/>
     <w:rsid w:val="006C44B4"/>
     <w:rsid w:val="006C4BAF"/>
     <w:rsid w:val="006C74D6"/>
     <w:rsid w:val="006D3F6F"/>
     <w:rsid w:val="006D44E4"/>
     <w:rsid w:val="006D579F"/>
     <w:rsid w:val="006D5ACD"/>
     <w:rsid w:val="006D67AE"/>
     <w:rsid w:val="006D6845"/>
     <w:rsid w:val="006E1948"/>
     <w:rsid w:val="006E1A54"/>
     <w:rsid w:val="006E1D51"/>
     <w:rsid w:val="006E1D91"/>
     <w:rsid w:val="006E28DD"/>
     <w:rsid w:val="006E292A"/>
+    <w:rsid w:val="006E297A"/>
     <w:rsid w:val="006E2AEF"/>
     <w:rsid w:val="006E4AE6"/>
     <w:rsid w:val="006E5049"/>
     <w:rsid w:val="006E52E2"/>
     <w:rsid w:val="006E6A49"/>
     <w:rsid w:val="006E6C81"/>
     <w:rsid w:val="006E6EB4"/>
     <w:rsid w:val="006F1418"/>
     <w:rsid w:val="006F162C"/>
     <w:rsid w:val="006F2D54"/>
     <w:rsid w:val="006F58AB"/>
     <w:rsid w:val="006F6820"/>
     <w:rsid w:val="006F7B2E"/>
     <w:rsid w:val="00700094"/>
     <w:rsid w:val="00701050"/>
     <w:rsid w:val="00701D7D"/>
     <w:rsid w:val="00701FD9"/>
     <w:rsid w:val="007051CC"/>
     <w:rsid w:val="00706B60"/>
     <w:rsid w:val="00710BFE"/>
     <w:rsid w:val="007123F6"/>
     <w:rsid w:val="00712D5D"/>
     <w:rsid w:val="00713711"/>
+    <w:rsid w:val="00715806"/>
     <w:rsid w:val="007173F1"/>
     <w:rsid w:val="00720618"/>
     <w:rsid w:val="007207D2"/>
     <w:rsid w:val="00720AC9"/>
     <w:rsid w:val="00720C57"/>
     <w:rsid w:val="00721D6C"/>
     <w:rsid w:val="00722A2D"/>
     <w:rsid w:val="00722DB5"/>
     <w:rsid w:val="007240EB"/>
     <w:rsid w:val="0072492A"/>
     <w:rsid w:val="00724AF9"/>
     <w:rsid w:val="00724FBA"/>
     <w:rsid w:val="007254D0"/>
     <w:rsid w:val="00727192"/>
     <w:rsid w:val="00727FEF"/>
     <w:rsid w:val="007312AF"/>
     <w:rsid w:val="00731619"/>
     <w:rsid w:val="0073207B"/>
     <w:rsid w:val="00732865"/>
     <w:rsid w:val="007343EA"/>
     <w:rsid w:val="00734A45"/>
     <w:rsid w:val="00735804"/>
     <w:rsid w:val="0073633C"/>
     <w:rsid w:val="00737200"/>
     <w:rsid w:val="00737D2E"/>
@@ -12769,50 +16326,51 @@
     <w:rsid w:val="00777DCB"/>
     <w:rsid w:val="00780447"/>
     <w:rsid w:val="00780FB3"/>
     <w:rsid w:val="0078154D"/>
     <w:rsid w:val="00782DE4"/>
     <w:rsid w:val="00782DF0"/>
     <w:rsid w:val="00782E82"/>
     <w:rsid w:val="007833FD"/>
     <w:rsid w:val="00783E04"/>
     <w:rsid w:val="00784AC9"/>
     <w:rsid w:val="00784B9F"/>
     <w:rsid w:val="00784ED4"/>
     <w:rsid w:val="0078563A"/>
     <w:rsid w:val="007867F3"/>
     <w:rsid w:val="007869FB"/>
     <w:rsid w:val="00787902"/>
     <w:rsid w:val="00790061"/>
     <w:rsid w:val="00792238"/>
     <w:rsid w:val="007940EF"/>
     <w:rsid w:val="0079519C"/>
     <w:rsid w:val="00796271"/>
     <w:rsid w:val="007966BF"/>
     <w:rsid w:val="007979D1"/>
     <w:rsid w:val="00797A6F"/>
     <w:rsid w:val="007A19A1"/>
+    <w:rsid w:val="007A2270"/>
     <w:rsid w:val="007A2D27"/>
     <w:rsid w:val="007A462A"/>
     <w:rsid w:val="007A46A2"/>
     <w:rsid w:val="007A48C5"/>
     <w:rsid w:val="007A4B01"/>
     <w:rsid w:val="007A4CD1"/>
     <w:rsid w:val="007A4D52"/>
     <w:rsid w:val="007A5242"/>
     <w:rsid w:val="007A68D7"/>
     <w:rsid w:val="007B13A5"/>
     <w:rsid w:val="007B1E00"/>
     <w:rsid w:val="007B3D7D"/>
     <w:rsid w:val="007B4A2B"/>
     <w:rsid w:val="007B4E0E"/>
     <w:rsid w:val="007B74E0"/>
     <w:rsid w:val="007B7FC1"/>
     <w:rsid w:val="007C008A"/>
     <w:rsid w:val="007C0862"/>
     <w:rsid w:val="007C13C4"/>
     <w:rsid w:val="007C1699"/>
     <w:rsid w:val="007C1E97"/>
     <w:rsid w:val="007C35EA"/>
     <w:rsid w:val="007C4159"/>
     <w:rsid w:val="007C4FF8"/>
     <w:rsid w:val="007C585A"/>
@@ -12828,129 +16386,135 @@
     <w:rsid w:val="007E1AE0"/>
     <w:rsid w:val="007E20F5"/>
     <w:rsid w:val="007E3C5F"/>
     <w:rsid w:val="007E4196"/>
     <w:rsid w:val="007E5340"/>
     <w:rsid w:val="007E5719"/>
     <w:rsid w:val="007E5A6E"/>
     <w:rsid w:val="007E70B6"/>
     <w:rsid w:val="007E7710"/>
     <w:rsid w:val="007F0209"/>
     <w:rsid w:val="007F0E61"/>
     <w:rsid w:val="007F22A2"/>
     <w:rsid w:val="007F2D4C"/>
     <w:rsid w:val="007F506D"/>
     <w:rsid w:val="007F76E8"/>
     <w:rsid w:val="0080039D"/>
     <w:rsid w:val="00800560"/>
     <w:rsid w:val="00800A31"/>
     <w:rsid w:val="00800C86"/>
     <w:rsid w:val="00801D8B"/>
     <w:rsid w:val="00802204"/>
     <w:rsid w:val="0080705C"/>
     <w:rsid w:val="00810182"/>
     <w:rsid w:val="0081106B"/>
     <w:rsid w:val="008140C1"/>
+    <w:rsid w:val="008166BC"/>
     <w:rsid w:val="00817141"/>
     <w:rsid w:val="0082152E"/>
     <w:rsid w:val="00821612"/>
     <w:rsid w:val="0082210F"/>
     <w:rsid w:val="0082211F"/>
     <w:rsid w:val="00823AA0"/>
     <w:rsid w:val="00823B9D"/>
     <w:rsid w:val="008240D6"/>
     <w:rsid w:val="008247B2"/>
     <w:rsid w:val="00825D79"/>
     <w:rsid w:val="00826D81"/>
     <w:rsid w:val="00830226"/>
     <w:rsid w:val="008316D0"/>
     <w:rsid w:val="00832812"/>
     <w:rsid w:val="00832B07"/>
     <w:rsid w:val="00834C0C"/>
     <w:rsid w:val="00835017"/>
     <w:rsid w:val="00835F18"/>
     <w:rsid w:val="00836FA3"/>
     <w:rsid w:val="00842530"/>
     <w:rsid w:val="00843A79"/>
     <w:rsid w:val="00843D4C"/>
     <w:rsid w:val="00844D75"/>
     <w:rsid w:val="00845B94"/>
     <w:rsid w:val="0084738B"/>
     <w:rsid w:val="00847CEF"/>
     <w:rsid w:val="00847F0A"/>
     <w:rsid w:val="008500EE"/>
     <w:rsid w:val="0085018C"/>
     <w:rsid w:val="00852ED6"/>
     <w:rsid w:val="00853060"/>
     <w:rsid w:val="00854029"/>
     <w:rsid w:val="008543A5"/>
     <w:rsid w:val="00854E80"/>
     <w:rsid w:val="00856D2E"/>
     <w:rsid w:val="00857893"/>
     <w:rsid w:val="00860EC3"/>
     <w:rsid w:val="008648B1"/>
     <w:rsid w:val="00864ADB"/>
     <w:rsid w:val="00865E6C"/>
     <w:rsid w:val="008665FB"/>
     <w:rsid w:val="0086669E"/>
     <w:rsid w:val="0086761C"/>
     <w:rsid w:val="0087050A"/>
     <w:rsid w:val="00870564"/>
+    <w:rsid w:val="0087171A"/>
     <w:rsid w:val="008721B9"/>
     <w:rsid w:val="00874721"/>
     <w:rsid w:val="0087594F"/>
     <w:rsid w:val="00875AF6"/>
     <w:rsid w:val="00875CB7"/>
     <w:rsid w:val="00875FCC"/>
     <w:rsid w:val="00876D05"/>
     <w:rsid w:val="00876DAF"/>
     <w:rsid w:val="00880C11"/>
     <w:rsid w:val="00881701"/>
     <w:rsid w:val="008820D0"/>
     <w:rsid w:val="00886710"/>
+    <w:rsid w:val="008870F4"/>
     <w:rsid w:val="00887DFE"/>
     <w:rsid w:val="0089069E"/>
     <w:rsid w:val="00890A2D"/>
     <w:rsid w:val="008946AC"/>
     <w:rsid w:val="008953D6"/>
     <w:rsid w:val="00895E11"/>
     <w:rsid w:val="008A0EA2"/>
+    <w:rsid w:val="008A27EB"/>
     <w:rsid w:val="008A58C0"/>
     <w:rsid w:val="008A635A"/>
     <w:rsid w:val="008A7ECA"/>
     <w:rsid w:val="008B0ABB"/>
     <w:rsid w:val="008B0C5E"/>
     <w:rsid w:val="008B1703"/>
     <w:rsid w:val="008B1A11"/>
     <w:rsid w:val="008B1AB4"/>
     <w:rsid w:val="008B2143"/>
     <w:rsid w:val="008B2AB9"/>
+    <w:rsid w:val="008B2F2A"/>
     <w:rsid w:val="008B47E3"/>
     <w:rsid w:val="008B59D6"/>
     <w:rsid w:val="008B6CCC"/>
     <w:rsid w:val="008B7733"/>
     <w:rsid w:val="008C1A48"/>
+    <w:rsid w:val="008C21E7"/>
     <w:rsid w:val="008C325A"/>
     <w:rsid w:val="008C638B"/>
     <w:rsid w:val="008C6539"/>
     <w:rsid w:val="008C6B2B"/>
     <w:rsid w:val="008C74E9"/>
     <w:rsid w:val="008D08C4"/>
     <w:rsid w:val="008D0A04"/>
     <w:rsid w:val="008D109F"/>
     <w:rsid w:val="008D1A5B"/>
     <w:rsid w:val="008D1B1D"/>
     <w:rsid w:val="008D3C67"/>
     <w:rsid w:val="008D4F9F"/>
     <w:rsid w:val="008D5270"/>
     <w:rsid w:val="008E047D"/>
     <w:rsid w:val="008E06BF"/>
     <w:rsid w:val="008E0FFC"/>
     <w:rsid w:val="008E1CE4"/>
     <w:rsid w:val="008E2DF0"/>
     <w:rsid w:val="008E2FEC"/>
     <w:rsid w:val="008E3D3E"/>
     <w:rsid w:val="008E3EA2"/>
     <w:rsid w:val="008E40BE"/>
     <w:rsid w:val="008E5708"/>
     <w:rsid w:val="008E69B4"/>
     <w:rsid w:val="008F0603"/>
@@ -12966,50 +16530,51 @@
     <w:rsid w:val="009041E8"/>
     <w:rsid w:val="00905AD8"/>
     <w:rsid w:val="009062A3"/>
     <w:rsid w:val="00910982"/>
     <w:rsid w:val="009112F0"/>
     <w:rsid w:val="0091487C"/>
     <w:rsid w:val="009175A5"/>
     <w:rsid w:val="00917A7F"/>
     <w:rsid w:val="00920020"/>
     <w:rsid w:val="0092050A"/>
     <w:rsid w:val="00922842"/>
     <w:rsid w:val="0092328F"/>
     <w:rsid w:val="00923730"/>
     <w:rsid w:val="00932871"/>
     <w:rsid w:val="009343BB"/>
     <w:rsid w:val="0093444C"/>
     <w:rsid w:val="009370D1"/>
     <w:rsid w:val="00937CBA"/>
     <w:rsid w:val="00940CF6"/>
     <w:rsid w:val="00940D88"/>
     <w:rsid w:val="00941D18"/>
     <w:rsid w:val="0094285C"/>
     <w:rsid w:val="00943578"/>
     <w:rsid w:val="0094397A"/>
     <w:rsid w:val="00943CD8"/>
+    <w:rsid w:val="00944085"/>
     <w:rsid w:val="009446E8"/>
     <w:rsid w:val="00944B1C"/>
     <w:rsid w:val="00945B16"/>
     <w:rsid w:val="009471DB"/>
     <w:rsid w:val="00947FE2"/>
     <w:rsid w:val="009526D2"/>
     <w:rsid w:val="00952723"/>
     <w:rsid w:val="00953845"/>
     <w:rsid w:val="0095710D"/>
     <w:rsid w:val="0095713F"/>
     <w:rsid w:val="00957245"/>
     <w:rsid w:val="00962161"/>
     <w:rsid w:val="00962BFD"/>
     <w:rsid w:val="00963D7F"/>
     <w:rsid w:val="00964593"/>
     <w:rsid w:val="00965616"/>
     <w:rsid w:val="0096744C"/>
     <w:rsid w:val="00967CA9"/>
     <w:rsid w:val="0097413A"/>
     <w:rsid w:val="009741B7"/>
     <w:rsid w:val="00974686"/>
     <w:rsid w:val="00974DF4"/>
     <w:rsid w:val="009756E8"/>
     <w:rsid w:val="00976543"/>
     <w:rsid w:val="00976584"/>
@@ -13028,150 +16593,155 @@
     <w:rsid w:val="00996745"/>
     <w:rsid w:val="00997883"/>
     <w:rsid w:val="009A3C3F"/>
     <w:rsid w:val="009A5395"/>
     <w:rsid w:val="009A58FF"/>
     <w:rsid w:val="009A7858"/>
     <w:rsid w:val="009B0783"/>
     <w:rsid w:val="009B28EF"/>
     <w:rsid w:val="009B3AD5"/>
     <w:rsid w:val="009B4F54"/>
     <w:rsid w:val="009B5F7A"/>
     <w:rsid w:val="009B7437"/>
     <w:rsid w:val="009B78C9"/>
     <w:rsid w:val="009C00CA"/>
     <w:rsid w:val="009C0218"/>
     <w:rsid w:val="009C0F4A"/>
     <w:rsid w:val="009C19DC"/>
     <w:rsid w:val="009C1FB1"/>
     <w:rsid w:val="009C286F"/>
     <w:rsid w:val="009C35F9"/>
     <w:rsid w:val="009C576B"/>
     <w:rsid w:val="009C5BCC"/>
     <w:rsid w:val="009C63B6"/>
     <w:rsid w:val="009C70B5"/>
     <w:rsid w:val="009D0B8A"/>
+    <w:rsid w:val="009D1036"/>
     <w:rsid w:val="009D1050"/>
     <w:rsid w:val="009D1743"/>
     <w:rsid w:val="009D1FFB"/>
     <w:rsid w:val="009D23AC"/>
     <w:rsid w:val="009D50F1"/>
     <w:rsid w:val="009D5826"/>
     <w:rsid w:val="009D77F9"/>
     <w:rsid w:val="009E0E8B"/>
     <w:rsid w:val="009E1567"/>
     <w:rsid w:val="009E2133"/>
     <w:rsid w:val="009E4F0E"/>
     <w:rsid w:val="009E511E"/>
     <w:rsid w:val="009E69AA"/>
     <w:rsid w:val="009E762F"/>
     <w:rsid w:val="009E7809"/>
     <w:rsid w:val="009F05C8"/>
     <w:rsid w:val="009F0FC7"/>
     <w:rsid w:val="009F1E40"/>
     <w:rsid w:val="009F273E"/>
     <w:rsid w:val="009F2DA4"/>
     <w:rsid w:val="009F3EBE"/>
     <w:rsid w:val="009F4272"/>
     <w:rsid w:val="009F6236"/>
     <w:rsid w:val="00A029FC"/>
     <w:rsid w:val="00A02B3A"/>
     <w:rsid w:val="00A03829"/>
     <w:rsid w:val="00A06824"/>
     <w:rsid w:val="00A068D9"/>
     <w:rsid w:val="00A06C6B"/>
     <w:rsid w:val="00A072FC"/>
     <w:rsid w:val="00A07E27"/>
+    <w:rsid w:val="00A105E7"/>
     <w:rsid w:val="00A1115C"/>
     <w:rsid w:val="00A12FD7"/>
     <w:rsid w:val="00A13A5A"/>
     <w:rsid w:val="00A14048"/>
     <w:rsid w:val="00A14348"/>
     <w:rsid w:val="00A1539B"/>
     <w:rsid w:val="00A16F10"/>
     <w:rsid w:val="00A17E39"/>
     <w:rsid w:val="00A20A05"/>
     <w:rsid w:val="00A2181B"/>
     <w:rsid w:val="00A23915"/>
     <w:rsid w:val="00A239AB"/>
     <w:rsid w:val="00A23F74"/>
     <w:rsid w:val="00A3234E"/>
     <w:rsid w:val="00A32551"/>
     <w:rsid w:val="00A349E1"/>
     <w:rsid w:val="00A34A4B"/>
     <w:rsid w:val="00A37344"/>
     <w:rsid w:val="00A37763"/>
     <w:rsid w:val="00A405AD"/>
     <w:rsid w:val="00A41D8B"/>
     <w:rsid w:val="00A42144"/>
     <w:rsid w:val="00A4341C"/>
     <w:rsid w:val="00A4395D"/>
     <w:rsid w:val="00A43E7C"/>
     <w:rsid w:val="00A44BE4"/>
     <w:rsid w:val="00A4651A"/>
     <w:rsid w:val="00A47023"/>
     <w:rsid w:val="00A5033F"/>
+    <w:rsid w:val="00A51B15"/>
+    <w:rsid w:val="00A51E81"/>
     <w:rsid w:val="00A52846"/>
     <w:rsid w:val="00A52DB1"/>
     <w:rsid w:val="00A5323C"/>
     <w:rsid w:val="00A55F5E"/>
     <w:rsid w:val="00A60DD7"/>
     <w:rsid w:val="00A62276"/>
     <w:rsid w:val="00A63ADF"/>
     <w:rsid w:val="00A63C4E"/>
     <w:rsid w:val="00A7270E"/>
     <w:rsid w:val="00A73AD0"/>
     <w:rsid w:val="00A75668"/>
     <w:rsid w:val="00A76AF1"/>
     <w:rsid w:val="00A76CDB"/>
     <w:rsid w:val="00A77224"/>
     <w:rsid w:val="00A77DEB"/>
     <w:rsid w:val="00A80FC5"/>
     <w:rsid w:val="00A811E8"/>
     <w:rsid w:val="00A8207B"/>
     <w:rsid w:val="00A8266B"/>
     <w:rsid w:val="00A8459A"/>
     <w:rsid w:val="00A851CE"/>
     <w:rsid w:val="00A90BCC"/>
     <w:rsid w:val="00A926AC"/>
     <w:rsid w:val="00A942A6"/>
     <w:rsid w:val="00A948D1"/>
     <w:rsid w:val="00A96446"/>
     <w:rsid w:val="00A96855"/>
     <w:rsid w:val="00A973E5"/>
     <w:rsid w:val="00A97E1C"/>
     <w:rsid w:val="00AA21BA"/>
     <w:rsid w:val="00AA3D69"/>
     <w:rsid w:val="00AA45F2"/>
     <w:rsid w:val="00AA492D"/>
     <w:rsid w:val="00AB15B9"/>
     <w:rsid w:val="00AB1FCD"/>
     <w:rsid w:val="00AB2F14"/>
     <w:rsid w:val="00AB30FE"/>
     <w:rsid w:val="00AB45F0"/>
     <w:rsid w:val="00AB5E16"/>
     <w:rsid w:val="00AB7E1B"/>
+    <w:rsid w:val="00AC12A0"/>
     <w:rsid w:val="00AC1A90"/>
     <w:rsid w:val="00AC1AE0"/>
     <w:rsid w:val="00AC2D5B"/>
     <w:rsid w:val="00AC5119"/>
     <w:rsid w:val="00AC6348"/>
     <w:rsid w:val="00AD2C73"/>
     <w:rsid w:val="00AD2D3D"/>
     <w:rsid w:val="00AD2D58"/>
     <w:rsid w:val="00AD3C71"/>
     <w:rsid w:val="00AD3D1C"/>
     <w:rsid w:val="00AD4AC3"/>
     <w:rsid w:val="00AD4F57"/>
     <w:rsid w:val="00AD51A0"/>
     <w:rsid w:val="00AD5E72"/>
     <w:rsid w:val="00AD7724"/>
     <w:rsid w:val="00AD7B01"/>
     <w:rsid w:val="00AD7C0E"/>
     <w:rsid w:val="00AE0B63"/>
     <w:rsid w:val="00AE1135"/>
     <w:rsid w:val="00AE122A"/>
     <w:rsid w:val="00AE1905"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE3465"/>
     <w:rsid w:val="00AE5824"/>
     <w:rsid w:val="00AE60C1"/>
@@ -13189,88 +16759,92 @@
     <w:rsid w:val="00AF5C75"/>
     <w:rsid w:val="00AF6DEC"/>
     <w:rsid w:val="00B025B1"/>
     <w:rsid w:val="00B04063"/>
     <w:rsid w:val="00B04923"/>
     <w:rsid w:val="00B068B7"/>
     <w:rsid w:val="00B07893"/>
     <w:rsid w:val="00B1200A"/>
     <w:rsid w:val="00B1261B"/>
     <w:rsid w:val="00B1289B"/>
     <w:rsid w:val="00B1453B"/>
     <w:rsid w:val="00B14573"/>
     <w:rsid w:val="00B15170"/>
     <w:rsid w:val="00B211E6"/>
     <w:rsid w:val="00B23E1E"/>
     <w:rsid w:val="00B2438F"/>
     <w:rsid w:val="00B2746F"/>
     <w:rsid w:val="00B311B9"/>
     <w:rsid w:val="00B321D9"/>
     <w:rsid w:val="00B327FC"/>
     <w:rsid w:val="00B32BBC"/>
     <w:rsid w:val="00B335A1"/>
     <w:rsid w:val="00B3371D"/>
     <w:rsid w:val="00B33CE7"/>
     <w:rsid w:val="00B34FBE"/>
+    <w:rsid w:val="00B37EDD"/>
     <w:rsid w:val="00B400B8"/>
     <w:rsid w:val="00B413E3"/>
     <w:rsid w:val="00B41572"/>
     <w:rsid w:val="00B4208E"/>
     <w:rsid w:val="00B4345C"/>
     <w:rsid w:val="00B44CB0"/>
     <w:rsid w:val="00B45748"/>
     <w:rsid w:val="00B45F0F"/>
     <w:rsid w:val="00B46471"/>
     <w:rsid w:val="00B50435"/>
     <w:rsid w:val="00B50989"/>
     <w:rsid w:val="00B532AE"/>
     <w:rsid w:val="00B53454"/>
     <w:rsid w:val="00B5354B"/>
     <w:rsid w:val="00B53F83"/>
     <w:rsid w:val="00B541B8"/>
     <w:rsid w:val="00B548B9"/>
     <w:rsid w:val="00B5512A"/>
     <w:rsid w:val="00B601B5"/>
     <w:rsid w:val="00B625D5"/>
     <w:rsid w:val="00B63161"/>
     <w:rsid w:val="00B641B9"/>
     <w:rsid w:val="00B64DC3"/>
+    <w:rsid w:val="00B65B1D"/>
+    <w:rsid w:val="00B6701B"/>
     <w:rsid w:val="00B67F3E"/>
     <w:rsid w:val="00B70FA3"/>
     <w:rsid w:val="00B717BB"/>
     <w:rsid w:val="00B71ECB"/>
     <w:rsid w:val="00B722E4"/>
     <w:rsid w:val="00B72E3C"/>
     <w:rsid w:val="00B73B87"/>
     <w:rsid w:val="00B759DF"/>
     <w:rsid w:val="00B75E81"/>
     <w:rsid w:val="00B7767B"/>
     <w:rsid w:val="00B81961"/>
     <w:rsid w:val="00B82D83"/>
     <w:rsid w:val="00B83229"/>
     <w:rsid w:val="00B8413B"/>
     <w:rsid w:val="00B84A90"/>
+    <w:rsid w:val="00B8561A"/>
     <w:rsid w:val="00B85782"/>
     <w:rsid w:val="00B8656A"/>
     <w:rsid w:val="00B8678F"/>
     <w:rsid w:val="00B900E6"/>
     <w:rsid w:val="00B9014A"/>
     <w:rsid w:val="00B90544"/>
     <w:rsid w:val="00B908AB"/>
     <w:rsid w:val="00B90D35"/>
     <w:rsid w:val="00B91CA6"/>
     <w:rsid w:val="00B944E8"/>
     <w:rsid w:val="00B9564E"/>
     <w:rsid w:val="00B96F72"/>
     <w:rsid w:val="00BA0D9D"/>
     <w:rsid w:val="00BA26A4"/>
     <w:rsid w:val="00BA3366"/>
     <w:rsid w:val="00BA4366"/>
     <w:rsid w:val="00BA536F"/>
     <w:rsid w:val="00BA74D5"/>
     <w:rsid w:val="00BB0489"/>
     <w:rsid w:val="00BB1464"/>
     <w:rsid w:val="00BB3000"/>
     <w:rsid w:val="00BB3233"/>
     <w:rsid w:val="00BB4269"/>
     <w:rsid w:val="00BB4342"/>
     <w:rsid w:val="00BB5199"/>
@@ -13337,50 +16911,51 @@
     <w:rsid w:val="00C46BDA"/>
     <w:rsid w:val="00C50930"/>
     <w:rsid w:val="00C533C2"/>
     <w:rsid w:val="00C5458F"/>
     <w:rsid w:val="00C55D47"/>
     <w:rsid w:val="00C611BE"/>
     <w:rsid w:val="00C61379"/>
     <w:rsid w:val="00C61B70"/>
     <w:rsid w:val="00C61D2E"/>
     <w:rsid w:val="00C62BCD"/>
     <w:rsid w:val="00C633DB"/>
     <w:rsid w:val="00C65CA6"/>
     <w:rsid w:val="00C700CD"/>
     <w:rsid w:val="00C76E8A"/>
     <w:rsid w:val="00C774AC"/>
     <w:rsid w:val="00C80E6A"/>
     <w:rsid w:val="00C81CD7"/>
     <w:rsid w:val="00C82415"/>
     <w:rsid w:val="00C82C62"/>
     <w:rsid w:val="00C856C2"/>
     <w:rsid w:val="00C91FA0"/>
     <w:rsid w:val="00C92212"/>
     <w:rsid w:val="00C932FD"/>
     <w:rsid w:val="00C9348A"/>
     <w:rsid w:val="00CA1BBF"/>
+    <w:rsid w:val="00CA2A58"/>
     <w:rsid w:val="00CA3A05"/>
     <w:rsid w:val="00CA4948"/>
     <w:rsid w:val="00CA6FD1"/>
     <w:rsid w:val="00CB223C"/>
     <w:rsid w:val="00CB33DB"/>
     <w:rsid w:val="00CB4A3A"/>
     <w:rsid w:val="00CB5631"/>
     <w:rsid w:val="00CB7598"/>
     <w:rsid w:val="00CB7F54"/>
     <w:rsid w:val="00CC07E5"/>
     <w:rsid w:val="00CC1781"/>
     <w:rsid w:val="00CC2075"/>
     <w:rsid w:val="00CC43BD"/>
     <w:rsid w:val="00CC4A17"/>
     <w:rsid w:val="00CC4E13"/>
     <w:rsid w:val="00CC608A"/>
     <w:rsid w:val="00CC7569"/>
     <w:rsid w:val="00CC771F"/>
     <w:rsid w:val="00CD05D3"/>
     <w:rsid w:val="00CD08C8"/>
     <w:rsid w:val="00CD41BF"/>
     <w:rsid w:val="00CD4D78"/>
     <w:rsid w:val="00CD4EB9"/>
     <w:rsid w:val="00CD6377"/>
     <w:rsid w:val="00CD674D"/>
@@ -13432,95 +17007,100 @@
     <w:rsid w:val="00D32C07"/>
     <w:rsid w:val="00D32E7F"/>
     <w:rsid w:val="00D333C8"/>
     <w:rsid w:val="00D34321"/>
     <w:rsid w:val="00D3450C"/>
     <w:rsid w:val="00D362BD"/>
     <w:rsid w:val="00D36F40"/>
     <w:rsid w:val="00D37FC0"/>
     <w:rsid w:val="00D40A84"/>
     <w:rsid w:val="00D445D7"/>
     <w:rsid w:val="00D44D53"/>
     <w:rsid w:val="00D459A8"/>
     <w:rsid w:val="00D45D67"/>
     <w:rsid w:val="00D474B1"/>
     <w:rsid w:val="00D505A8"/>
     <w:rsid w:val="00D53C43"/>
     <w:rsid w:val="00D544D2"/>
     <w:rsid w:val="00D55799"/>
     <w:rsid w:val="00D6007A"/>
     <w:rsid w:val="00D612A6"/>
     <w:rsid w:val="00D61A85"/>
     <w:rsid w:val="00D63AE6"/>
     <w:rsid w:val="00D63D11"/>
     <w:rsid w:val="00D63EAA"/>
     <w:rsid w:val="00D6492D"/>
+    <w:rsid w:val="00D707D1"/>
     <w:rsid w:val="00D71F32"/>
     <w:rsid w:val="00D739D4"/>
     <w:rsid w:val="00D747F3"/>
     <w:rsid w:val="00D767E7"/>
     <w:rsid w:val="00D76AAD"/>
     <w:rsid w:val="00D8025F"/>
     <w:rsid w:val="00D810FE"/>
     <w:rsid w:val="00D83EA3"/>
     <w:rsid w:val="00D842C0"/>
     <w:rsid w:val="00D84427"/>
+    <w:rsid w:val="00D84C94"/>
     <w:rsid w:val="00D85E9A"/>
     <w:rsid w:val="00D879C3"/>
     <w:rsid w:val="00D912DD"/>
     <w:rsid w:val="00D916B1"/>
     <w:rsid w:val="00D918EE"/>
     <w:rsid w:val="00D925B9"/>
     <w:rsid w:val="00D95C39"/>
     <w:rsid w:val="00D96FC4"/>
     <w:rsid w:val="00DA1B23"/>
     <w:rsid w:val="00DA3A94"/>
     <w:rsid w:val="00DA6084"/>
     <w:rsid w:val="00DA742E"/>
     <w:rsid w:val="00DA7545"/>
     <w:rsid w:val="00DB0551"/>
     <w:rsid w:val="00DB1793"/>
     <w:rsid w:val="00DB20DC"/>
     <w:rsid w:val="00DB218A"/>
     <w:rsid w:val="00DB2F64"/>
     <w:rsid w:val="00DB4848"/>
     <w:rsid w:val="00DB4B0F"/>
     <w:rsid w:val="00DB5358"/>
     <w:rsid w:val="00DB5796"/>
     <w:rsid w:val="00DB5A65"/>
     <w:rsid w:val="00DB680E"/>
     <w:rsid w:val="00DC0A28"/>
+    <w:rsid w:val="00DC100F"/>
     <w:rsid w:val="00DC11C8"/>
     <w:rsid w:val="00DC1C04"/>
     <w:rsid w:val="00DC1D2C"/>
     <w:rsid w:val="00DC4E0D"/>
     <w:rsid w:val="00DC56D7"/>
     <w:rsid w:val="00DC6E1D"/>
     <w:rsid w:val="00DD0E73"/>
     <w:rsid w:val="00DD3BEF"/>
     <w:rsid w:val="00DD3EA9"/>
+    <w:rsid w:val="00DD47CD"/>
     <w:rsid w:val="00DD5139"/>
+    <w:rsid w:val="00DD65FE"/>
     <w:rsid w:val="00DD7293"/>
     <w:rsid w:val="00DE0943"/>
     <w:rsid w:val="00DE639A"/>
     <w:rsid w:val="00DF2612"/>
     <w:rsid w:val="00DF37FC"/>
     <w:rsid w:val="00DF633A"/>
     <w:rsid w:val="00DF6EA6"/>
     <w:rsid w:val="00DF7D5C"/>
     <w:rsid w:val="00E06E33"/>
     <w:rsid w:val="00E0720F"/>
     <w:rsid w:val="00E118A7"/>
     <w:rsid w:val="00E11913"/>
     <w:rsid w:val="00E12032"/>
     <w:rsid w:val="00E12D3D"/>
     <w:rsid w:val="00E13445"/>
     <w:rsid w:val="00E15724"/>
     <w:rsid w:val="00E16BBE"/>
     <w:rsid w:val="00E16CED"/>
     <w:rsid w:val="00E17BD8"/>
     <w:rsid w:val="00E20E6D"/>
     <w:rsid w:val="00E20F34"/>
     <w:rsid w:val="00E2143F"/>
     <w:rsid w:val="00E21464"/>
     <w:rsid w:val="00E22086"/>
     <w:rsid w:val="00E26CE2"/>
@@ -13556,50 +17136,51 @@
     <w:rsid w:val="00E64E50"/>
     <w:rsid w:val="00E673A1"/>
     <w:rsid w:val="00E67A6D"/>
     <w:rsid w:val="00E67ED9"/>
     <w:rsid w:val="00E7296C"/>
     <w:rsid w:val="00E73F5D"/>
     <w:rsid w:val="00E744B0"/>
     <w:rsid w:val="00E74621"/>
     <w:rsid w:val="00E77F1A"/>
     <w:rsid w:val="00E80864"/>
     <w:rsid w:val="00E8339A"/>
     <w:rsid w:val="00E87B40"/>
     <w:rsid w:val="00E87B97"/>
     <w:rsid w:val="00E90468"/>
     <w:rsid w:val="00E9081B"/>
     <w:rsid w:val="00E91009"/>
     <w:rsid w:val="00E911FE"/>
     <w:rsid w:val="00E9173F"/>
     <w:rsid w:val="00E92F83"/>
     <w:rsid w:val="00E9486E"/>
     <w:rsid w:val="00E96536"/>
     <w:rsid w:val="00E975DD"/>
     <w:rsid w:val="00E979C9"/>
     <w:rsid w:val="00EA0C71"/>
     <w:rsid w:val="00EA19DD"/>
+    <w:rsid w:val="00EA2373"/>
     <w:rsid w:val="00EA2CC2"/>
     <w:rsid w:val="00EA434B"/>
     <w:rsid w:val="00EA4A8F"/>
     <w:rsid w:val="00EA4B36"/>
     <w:rsid w:val="00EA6158"/>
     <w:rsid w:val="00EB141F"/>
     <w:rsid w:val="00EB1E21"/>
     <w:rsid w:val="00EB2344"/>
     <w:rsid w:val="00EB240B"/>
     <w:rsid w:val="00EB6DC1"/>
     <w:rsid w:val="00EB71D1"/>
     <w:rsid w:val="00EB7EA6"/>
     <w:rsid w:val="00EC1515"/>
     <w:rsid w:val="00EC3037"/>
     <w:rsid w:val="00EC30D5"/>
     <w:rsid w:val="00EC4FA7"/>
     <w:rsid w:val="00EC5C6A"/>
     <w:rsid w:val="00EC5E2B"/>
     <w:rsid w:val="00EC6C1F"/>
     <w:rsid w:val="00EC7822"/>
     <w:rsid w:val="00EC7A72"/>
     <w:rsid w:val="00ED07E5"/>
     <w:rsid w:val="00ED14FC"/>
     <w:rsid w:val="00ED1CC4"/>
     <w:rsid w:val="00ED21BF"/>
@@ -13649,50 +17230,51 @@
     <w:rsid w:val="00F16FBA"/>
     <w:rsid w:val="00F20CCB"/>
     <w:rsid w:val="00F21084"/>
     <w:rsid w:val="00F21372"/>
     <w:rsid w:val="00F21CBB"/>
     <w:rsid w:val="00F23408"/>
     <w:rsid w:val="00F239B8"/>
     <w:rsid w:val="00F24512"/>
     <w:rsid w:val="00F30ABB"/>
     <w:rsid w:val="00F30D61"/>
     <w:rsid w:val="00F311DE"/>
     <w:rsid w:val="00F312AC"/>
     <w:rsid w:val="00F34E37"/>
     <w:rsid w:val="00F35498"/>
     <w:rsid w:val="00F37EEA"/>
     <w:rsid w:val="00F40E1B"/>
     <w:rsid w:val="00F40E8D"/>
     <w:rsid w:val="00F42205"/>
     <w:rsid w:val="00F444E6"/>
     <w:rsid w:val="00F474BB"/>
     <w:rsid w:val="00F50C59"/>
     <w:rsid w:val="00F5131B"/>
     <w:rsid w:val="00F53D5C"/>
     <w:rsid w:val="00F53FE5"/>
     <w:rsid w:val="00F541BA"/>
+    <w:rsid w:val="00F54B55"/>
     <w:rsid w:val="00F5521B"/>
     <w:rsid w:val="00F561DD"/>
     <w:rsid w:val="00F576B6"/>
     <w:rsid w:val="00F605D5"/>
     <w:rsid w:val="00F6159B"/>
     <w:rsid w:val="00F61613"/>
     <w:rsid w:val="00F626D6"/>
     <w:rsid w:val="00F632ED"/>
     <w:rsid w:val="00F63849"/>
     <w:rsid w:val="00F65B91"/>
     <w:rsid w:val="00F70950"/>
     <w:rsid w:val="00F70E2B"/>
     <w:rsid w:val="00F70FEE"/>
     <w:rsid w:val="00F7442A"/>
     <w:rsid w:val="00F74A11"/>
     <w:rsid w:val="00F74CA8"/>
     <w:rsid w:val="00F75267"/>
     <w:rsid w:val="00F75EFE"/>
     <w:rsid w:val="00F772C0"/>
     <w:rsid w:val="00F82CB0"/>
     <w:rsid w:val="00F8483C"/>
     <w:rsid w:val="00F84D57"/>
     <w:rsid w:val="00F9081E"/>
     <w:rsid w:val="00F9191D"/>
     <w:rsid w:val="00F94CA1"/>
@@ -14072,53 +17654,53 @@
     <w:rsid w:val="7C9D5E0E"/>
     <w:rsid w:val="7CAA4680"/>
     <w:rsid w:val="7CD008EE"/>
     <w:rsid w:val="7D062164"/>
     <w:rsid w:val="7D31CFFE"/>
     <w:rsid w:val="7DBE69C3"/>
     <w:rsid w:val="7F596D4D"/>
     <w:rsid w:val="7F8690FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="031E2430"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EFE842B8-1F25-4C93-86EB-6063C5BFBA6A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -15344,50 +18926,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="43989044">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="59795456">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="99037645">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="118912664">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -15540,50 +19135,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="575628299">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="598684318">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="628820471">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="647320027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -16058,50 +19666,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1184318532">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1243220749">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1249920217">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1254969794">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -16877,51 +20498,51 @@
     <w:div w:id="2086297911">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image270.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -17196,98 +20817,184 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...10 lines deleted...]
-    <xsd:import namespace="b0bea954-a813-48af-b81f-37fb60ec49e0"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007F6B68B3BE43F54FB4CB2633085AFE01" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5129ec5b2754bf2cddbc7f97b33b79bd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="1b15dacb-56a2-4f51-b2b3-05b5b144df81" xmlns:ns4="e8193653-736b-4bf4-8ea9-d88dbc3f5372" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b699d07a3ac13a5361143961d0a6ef2" ns3:_="" ns4:_="">
+    <xsd:import namespace="1b15dacb-56a2-4f51-b2b3-05b5b144df81"/>
+    <xsd:import namespace="e8193653-736b-4bf4-8ea9-d88dbc3f5372"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b0bea954-a813-48af-b81f-37fb60ec49e0" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1b15dacb-56a2-4f51-b2b3-05b5b144df81" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="14" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="19" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e8193653-736b-4bf4-8ea9-d88dbc3f5372" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharingHintHash" ma:index="17" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
@@ -17348,136 +21055,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="1b15dacb-56a2-4f51-b2b3-05b5b144df81" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FEA14E2-43F5-48CE-B17A-D80B3486CEDC}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E19524C-9C23-45E6-AB3C-CFBFD1F03378}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{008A976B-843B-4705-AECE-BF845DA69378}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="b0bea954-a813-48af-b81f-37fb60ec49e0"/>
+    <ds:schemaRef ds:uri="1b15dacb-56a2-4f51-b2b3-05b5b144df81"/>
+    <ds:schemaRef ds:uri="e8193653-736b-4bf4-8ea9-d88dbc3f5372"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD9BB1E2-6655-4FAD-B177-131024B63B8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1b15dacb-56a2-4f51-b2b3-05b5b144df81"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FEA14E2-43F5-48CE-B17A-D80B3486CEDC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{425A6587-6697-4F68-B82D-D9D400682EBC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93769379-767C-4049-87AE-636F85A458DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>21718</Characters>
+  <Pages>16</Pages>
+  <Words>4014</Words>
+  <Characters>22883</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>180</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>190</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NWJCC Performance Report</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cwm Taf Morgannwg University Health Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25478</CharactersWithSpaces>
+  <CharactersWithSpaces>26844</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NWJCC Performance Report</dc:title>
   <dc:subject/>
   <dc:creator>Ricky Thomas (CTM UHB - NCCU Corporate Services)</dc:creator>
   <cp:keywords>NWJCC Performance Report</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100F442EB5159358D4DBB96C076E92CA033</vt:lpwstr>
+    <vt:lpwstr>0x0101007F6B68B3BE43F54FB4CB2633085AFE01</vt:lpwstr>
   </property>
 </Properties>
 </file>